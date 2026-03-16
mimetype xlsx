--- v0 (2026-01-23)
+++ v1 (2026-03-16)
@@ -36,5163 +36,5163 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1193</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>Poder Executivo</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1193/plc_n._001.2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui e disciplina o "Programa de Recuperação Fiscal - REFIS" no Município de Pires do Rio, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1290</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Mesa Diretora - MESA</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1290/plc_2_altera_165.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar nº 165, de 04 de outubro de 2021 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1474</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1474/plc_n._3.25.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar nº 175, de 15 de março de 2023, que dispõe sobre a estrutura administrativa do Município de Pires do Rio, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1475</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1475/plc_n._4.25.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar nº 004, de 02 de agosto de 1991, que institui o Regime Jurídico dos Servidores Públicos de Pires do Rio, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1491</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1491/plc_5_plano_de_carreira.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Plano de Cargos, Carreira e Vencimentos dos Servidores da Câmara Municipal de Pires do Rio e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1568</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1568/plc_n._6.25.pdf</t>
+  </si>
+  <si>
+    <t>1586</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1586/plc_n._7.25.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a revisão geral da remuneração dos servidores públicos municipais de Pires do Rio e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1636</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1636/plc_8_revoga_lei_complementar.pdf</t>
+  </si>
+  <si>
+    <t>Revoga a Lei Complementar nº 171, de 18 de outubro de 2022, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1678</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1678/plc_n._9.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar nº 044, de 28 de dezembro de 2001, que institui o código de Posturas do Município de Pires do Rio, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1748</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1748/plc_n._10_mesa_diretora.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar n. 185, de 23 de setembro de 2025, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1749</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1749/plc_11.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar nº. 144, de 02 de outubro de 2017 (CTM) e dá outras providências.</t>
+  </si>
+  <si>
     <t>1174</t>
   </si>
   <si>
-    <t>2025</t>
-[...4 lines deleted...]
-  <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>Mesa Diretora - MESA</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1174/0108_-_plo_auxilio_alimentacao.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1174/0108_-_plo_auxilio_alimentacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de auxílio-alimentação no âmbito do Poder Legislativo de Pires do Rio/GO, e dá outras providências.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>Ana Cláudia Saêta</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1175/0111_-_plo_dia_internacional_da_mulher.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1175/0111_-_plo_dia_internacional_da_mulher.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Internacional da Mulher no calendário de eventos do Município de Pires do Rio e dá outras providências.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1176/0113_-_plo_regulamentacao_comercio.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1176/0113_-_plo_regulamentacao_comercio.pdf</t>
   </si>
   <si>
     <t>Estabelece diretrizes para o uso de logradouros públicos por atividades comerciais no município de Pires do Rio/GO.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>4</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1177/0114_-_plo_pit_dog.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1177/0114_-_plo_pit_dog.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os meios de valorização e proteção do pit dog como iguaria típica de Pires do Rio/GO e dá outras providências.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>Glêick Silva</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1178/0116_-_plo_semana_do_idoso.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1178/0116_-_plo_semana_do_idoso.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal do Idoso no calendário de eventos do Município de Pires do Rio e dá outras providências.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
-    <t>6</t>
-[...5 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1195/plo_n._6.2025.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1195/plo_n._6.2025.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social ao Centro Espírita Luz da Humanidade, e dá outras providências.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>7</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1191/plo_n._007.2025.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1191/plo_n._007.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a desenvolver ações e aporte de Contrapartida Municipal para implementar o Programa Minha Casa Minha Vida conforme disposto na Lei Federal nº11.977, de 07 de julho de 2009, e na Medida Provisória nº1. 162, de 14 de fevereiro de 2023, e nas disposições das_x000D_
 instruções normativas do Ministério das Cidades, e dá outras providências.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>8</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1194/0129_-_plo_dia_do_ferroviario.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1194/0129_-_plo_dia_do_ferroviario.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Ferroviário no calendário de eventos do Município de Pires do Rio e dá outras providências.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
-    <t>9</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1197/0130_-_plo_o_jovem_poeta.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1197/0130_-_plo_o_jovem_poeta.pdf</t>
   </si>
   <si>
     <t>Institui a ação cultural “O Jovem Poeta” no âmbito do Município de Pires do Rio e dá outras providências.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
-    <t>10</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1228/plo_n._010.2025.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1228/plo_n._010.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional de natureza especial no orçamento de 2025, na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
-    <t>11</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1229/plo_n._011.2025.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1229/plo_n._011.2025.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 1.257, de 12 de agosto de 1980, e dá outras providências.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1230/plo_n._012.2025.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1230/plo_n._012.2025.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção à ASSDEP – Associação Beneficente Deus Proverá de Pires do Rio-GO, e dá outras providências.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1241/0153_-_plo_talentos_da_terra.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1241/0153_-_plo_talentos_da_terra.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Talentos da Terra e dá outras providências.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1249/plo_n._014.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1249/plo_n._014.25.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a desafetar áreas institucionais e áreas verdes, no Bairro Residencial Novo Horizonte, e doar as áreas de terrenos de sua propriedade às famílias carentes do município, e dá outras providências.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1260/plo_15.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1260/plo_15.25.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal dos Trabalhadores Domésticos no âmbito do Município de Pires do Rio e dá outras providências.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1276/plo_16.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1276/plo_16.pdf</t>
   </si>
   <si>
     <t>Ratifica e Retifica a Lei Municipal n°1.487, de 10 de agosto de 1985, e autoriza o Poder Executivo Municipal a permutar área, no Bairro Industrial com a Paróquia Sagrado Coração de Jesus, e dá outras providências.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1277/plo_17_festa_do_milho.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1277/plo_17_festa_do_milho.pdf</t>
   </si>
   <si>
     <t>Institui a Festa do Milho no âmbito do Município de Pires do Rio e dá outras providências.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1278/plo_18_lgbtfobia.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1278/plo_18_lgbtfobia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as sanções administrativas a serem aplicadas às práticas de discriminação em razão de orientação sexual e identidade de gênero.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1281/plo_n._019.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1281/plo_n._019.25.pdf</t>
   </si>
   <si>
     <t>Confirma denominação de logradouro público - Rua José Antônio Leite, Bairro São Miguel.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1282/plo_n._020.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1282/plo_n._020.25.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadania piresina - Deputado Estadual Bruno Peixoto</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1283/plo_n._021.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1283/plo_n._021.25.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadania piresina - Deputado Estadual Issy Quinan</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1292/plo_n._022.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1292/plo_n._022.25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por prazo determinado de profissionais de saúde, para atender à necessidade temporária de excepcional interesse público, nos termos do inciso IX do art. 37 da CF/88 e dá outras providências.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1299/plo_n._023.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1299/plo_n._023.25.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação temporária de excepcional interesse público para o cargo de Agente de Combate às Endemias, e dá outras providências.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Amanda do Júlio Auto Peças</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1308/plo_n._24.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1308/plo_n._24.25.pdf</t>
   </si>
   <si>
     <t>Veda a circulação de caminhões pelas vias do perímetro urbano e dá outras providências.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1321/plo_n._025.2025.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1321/plo_n._025.2025.pdf</t>
   </si>
   <si>
     <t>Institui a Lei de Diretrizes Orçamentárias, que dispõe sobre as diretrizes gerais para a elaboração da Lei Orçamentária de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1324/plo_26.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1324/plo_26.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a organização das festividades culturais dos Congos, em louvor à Nossa Senhora do Rosário e São Benedito, no âmbito do Município de Pires do Rio.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Clebinho da Pega de Frango</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1327/projeto_de_lei_ordinaria_n._27_2025.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1327/projeto_de_lei_ordinaria_n._27_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do valor da corrida de mototáxi no Município de Pires do Rio e dá outras providências.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1344/plo_n._028.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1344/plo_n._028.25.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social ao Lions Clube de Pires do Rio, e dá outras providências.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1345/plo_n._029.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1345/plo_n._029.25.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social à Associação de Inclusão e Proteção Animal para a Interação Social Saudável - AIPAISS, e dá outras providências.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1352/plo_n._30.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1352/plo_n._30.25.pdf</t>
   </si>
   <si>
     <t>Institui Regime de Adiantamento e o Regime de Pagamento de Despesas de Pequeno Vulto (suprimento de fundos) no âmbito do Poder Executivo do Município de Pires do Rio, e dá outras providências.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1365/plo_31.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1365/plo_31.25.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal da Família no âmbito do Município de Pires do Rio e dá outras providências.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1366/plo_32.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1366/plo_32.25.pdf</t>
   </si>
   <si>
     <t>Dá nome às instalações do Serviço de Convivência e Fortalecimento de Vínculos do Município de Pires do Rio/GO.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1368/plo_33.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1368/plo_33.25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a valorização dos coletores de lixo no âmbito do Município de Pires do Rio/GO e dá outras providências.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1375/plo_n._034.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1375/plo_n._034.25.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação de Créditos Fiscais - REFIS 2025, destinado à regularização de débitos fiscais com o Município de Pires do Rio/GO, e dá outras providências.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1376/plo_n._035.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1376/plo_n._035.25.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social à Associação Esportivo Império Pires do Rio, e dá outras providências.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1377/plo_n._036.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1377/plo_n._036.25.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social à FIME - Formação Integral para Menores, e dá outras providências.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1378/plo_n._037.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1378/plo_n._037.25.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual em 2025 sobre os vencimentos dos servidores efetivos ativos e inativos, funcionários comissionados, e subsídio dos agentes políticos do Município de Pires do Rio/GO, na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1383/plo_38.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1383/plo_38.25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Municipal de Atendimento e Prevenção às Violências contra Crianças e Adolescentes.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1386/plo_n._039.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1386/plo_n._039.25.pdf</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1387/plo_n._040.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1387/plo_n._040.25.pdf</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1388/plo_41.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1388/plo_41.25.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal da Diversidade e de Proteção das Pessoas LGBTQIAP+.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1413/plo_42.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1413/plo_42.25.pdf</t>
   </si>
   <si>
     <t>Reconhece de utilidade pública a Associação dos Agricultores Familiares da Região Sombra da Serra (AAFASERRA), e dá outras providências.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Malu Protetora</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1440/plo_43.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1440/plo_43.25.pdf</t>
   </si>
   <si>
     <t>Proíbe o manuseio, a utilização, a queima e a soltura de fogos de estampidos e de artifícios, assim como de quaisquer artefatos pirotécnicos de efeito sonoro ruidoso no município de Pires do Rio, e dá outras providências.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1460/plo_44.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1460/plo_44.25.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo I da Lei nº 4.193, de 07 de dezembro de 2023, que 'Autoriza o Poder Executivo a promover leilão para alienar bens móveis de propriedade do município', e dá outras providências.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1461/plo_45.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1461/plo_45.25.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação temporária de excepcional interesse público para os cargos que especifica, para atender à necessidade temporária de excepcional interesse público, nos termos do inciso IX do art. 37 da CF/88 e dá outras providências.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1476/plo_n._46.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1476/plo_n._46.25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transformação do prédio público municipal localizado na Avenida Marta Rassi, Qd. 201, Lt. 681, nº 13, bairro Vila Nova, em uma Creche Pública Municipal, com o objetivo de possibilitar o recebimento de recursos federais para reforma, estruturação e funcionamento, e dá outras providências.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1477/plo_n._47.2025.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1477/plo_n._47.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar reformas e restaurações na Fonte Luminosa da Praça Gaudêncio Rincon Segóvia, tombada como patrimônio histórico Município, e dá outras providências.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1478/plo_n._48.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1478/plo_n._48.25.pdf</t>
   </si>
   <si>
     <t>Altera o quadro de lotes do art. 1º da Lei Ordinária Municipal nº 4.251, de 07 de maio de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1496/plo_n._49.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1496/plo_n._49.25.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social ao Asilo São Vicente de Paulo, e dá outras providências.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1497/plo_n._50.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1497/plo_n._50.25.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social à APROAAB -Associação Protetora de Animais Abandonados, e dá outras providências.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1498/plo_n._51.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1498/plo_n._51.25.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social à Associação de Proteção e Assistência à Infância - APAI, e dá outras providências.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1499/plo_n._52.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1499/plo_n._52.25.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social à Associação Fé em Ação, e dá outras providências.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1527/plo_n._53.2025.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1527/plo_n._53.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de bem imóvel pertencente ao Município de Pires do Rio/GO à Igreja Batista da Adoração, e dá outras providências.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1528/plo_n._54.2025.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1528/plo_n._54.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a organização das festividades culturais dos Congos, em louvor à Nossa Senhora do Rosário, São Benedito e Santa Ifigênia, no âmbito do Município de Pires do Rio/GO, e dá outras providências.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1533/plo_n._55.2025.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1533/plo_n._55.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Conselho Municipal dos Direitos da Criança e do Adolescente e do Fundo Municipal dos Direitos da Criança e do Adolescente no município de Pires do Rio - GO, e dá outras providências.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1535/plo_56_uniao_dos_vereadores_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1535/plo_56_uniao_dos_vereadores_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal de Pires do Rio/GO a filiar-se e contribuir mensalmente em favor da Associação de Câmaras Municipais e Vereadores de Goiás e dá outras providências.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1546/plo_n._57.2025.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1546/plo_n._57.2025.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município para o exercício de 2026, na forma que especifica.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1547/plo_n._58.2025.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1547/plo_n._58.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o período de 2026/2029, na forma que especifica.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1550/plo_n._59.2025.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1550/plo_n._59.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação temporária de excepcional interesse público para os cargos de Professor e Monitor de Creche e dá outras providências.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1559/plo_60_remocao_cabos_gleick_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1559/plo_60_remocao_cabos_gleick_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de remoção dos cabos e fiação aérea excedentes e sem uso, instalados por prestadoras de serviços que operem no Município de Pires do Rio.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1560/plo_61_cidades-irmas_gleick_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1560/plo_61_cidades-irmas_gleick_assinado.pdf</t>
   </si>
   <si>
     <t>Declara as cidades-irmãs de Pires do Rio e dá outras providências.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1567/plo_n._62.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1567/plo_n._62.25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da destinação de via pública no Município de Pires do Rio/GO e dá outras providências.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Subtenente Lucin</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1598/projeto_de_lei_063_-_reserva_de_vagas_para_recem_formados_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1598/projeto_de_lei_063_-_reserva_de_vagas_para_recem_formados_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reserva de 20% das vagas em processos seletivos da administração pública municipal para recém-formados sem experiência profissional e dá outras providencias.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Marquim Megasom</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1604/projeto_de_lei_n._64_-_altera_nome_da_creche_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1604/projeto_de_lei_n._64_-_altera_nome_da_creche_assinado.pdf</t>
   </si>
   <si>
     <t>Denomina Creche Laura Victhoria Ferreira Lopes, revoga dispositivo da Lei n. 4.273, de 16 de setembro de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1611/plo_n._65_-_declara_de_utilidade_publica_a_associacao_dos_pequenos_produtores_rurais_serra__aprosserra_e_da_outras_providencias_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1611/plo_n._65_-_declara_de_utilidade_publica_a_associacao_dos_pequenos_produtores_rurais_serra__aprosserra_e_da_outras_providencias_assinado.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação dos Pequenos Produtores Rurais Serra – APROSSERRA, e dá outras providências.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1623/plo_n._66_protecao_e_direitos_dos_animais_anaclaudia_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1623/plo_n._66_protecao_e_direitos_dos_animais_anaclaudia_assinado.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Defesa, Proteção e Direitos dos Animais no Município de Pires do Rio, cria a Procuradoria Especial Parlamentar de Defesa, Proteção e Direitos dos Animais como órgão de apoio às atividades legislativas e fiscalizatórias da Câmara Municipal de Pires do Rio, e dá outras providências.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1633/plo_67_crista_educativa.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1633/plo_67_crista_educativa.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social a Fundação Cristã Educativa, e dá outras providências.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1638/plo_68_festa_do_milho_ana_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1638/plo_68_festa_do_milho_ana_assinado.pdf</t>
   </si>
   <si>
     <t>Institui a Festa do Milho no âmbito do Município de Pires do Rio e dá outras providências</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1645/plo_69_bom_de_bola_ana_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1645/plo_69_bom_de_bola_ana_assinado.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Pires de Rio , o Programa "Bom de Bola , Bom na Escola ", e dá outras providências</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1651/plo_70_agentes_politicos.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1651/plo_70_agentes_politicos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o direito à concessão de férias, décimo terceiro subsídio e outras disposições aos agentes políticos e servidores públicos designados para o exercício de cargo de Secretário Municipal no âmbito do Município de Pires do Rio-GO, e dá outras providências.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1652/plo_71_animal.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1652/plo_71_animal.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Proteção e Bem-Estar Animal e dá outras providências.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1665/plo_72_antenas_ana_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1665/plo_72_antenas_ana_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Ordinária nº 3.973, de 28 de setembro de 2018, que dispõe sobre a instalação de estações transmissoras de radiocomunicação no Município de Pires do Rio, e dá outras providências.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1679/plo_n._73.2025.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1679/plo_n._73.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a celebrar convênio de cooperação técnico-educacional com o Centro de Ensino Superior de Maringá LTDA- UniCesumar e dá outras providências.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1681/plo_74_ana_voluntario_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1681/plo_74_ana_voluntario_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Serviço Voluntário no âmbito da Administração Direta e Indireta do Poder Executivo e Legislativo de Pires do Rio e dá outras providências.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1683/plo_75.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1683/plo_75.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação temporária e formação de cadastro de reserva de excepcional interesse público para cargos públicos no âmbito da Secretaria Municipal de Assistência Social e Cidadania do Município de Pires do Rio, e dá outras providências.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1688/plo_76_ana_consciencia_negra_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1688/plo_76_ana_consciencia_negra_assinado.pdf</t>
   </si>
   <si>
     <t>Institui a semana Municipal da Consciência Negra no calendário de eventos do Município de Pires do Rio e dá outra providências .</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1713/projeto_executivo_n._77-2025.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1713/projeto_executivo_n._77-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a celebrar convênio de cooperação técnico-educacional com o Instituto Brasileiro de Educação e Cultura LTDA, e dá outras providências.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1714/projeto_executivo_n.78-2025.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1714/projeto_executivo_n.78-2025.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social a Fundação Cultural e Educativa Pedro José de Souza e dá outras providências.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1715/projeto_executivo_n.79-2025.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1715/projeto_executivo_n.79-2025.pdf</t>
   </si>
   <si>
     <t>Concede subvenção Social a CDL de Pires do Rio e dá outras providências.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1716/poder_executivo_n._80-2025.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1716/poder_executivo_n._80-2025.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social à Associação de Pais e Amigos do Clube de Aventureiros Araras, e dá outras providências.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1717/projeto_executivo_n._81-2025.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1717/projeto_executivo_n._81-2025.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social à UEG, Unidade de Pires do Rio/GO e dá outras providências.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Leandro Cardoso</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1734/plo_n._82_-_celebra_pires_do_rio_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1734/plo_n._82_-_celebra_pires_do_rio_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o Dia  do Evangélico e o evento cultural Celebra Pires do Rio  e dá outras providencias.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1742/projeto_de_lei_n._83_-_estabelece_horarios_de_funcionamento_de_distribuidoras_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1742/projeto_de_lei_n._83_-_estabelece_horarios_de_funcionamento_de_distribuidoras_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre horários de funcionamento das distribuidoras de bebidas , e dá outras providências</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1745/projeto_de_lei_n._84_malu.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1745/projeto_de_lei_n._84_malu.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 4.261/2025 para proibir o comércio de fogos de artifício , e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1750/plo_85.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1750/plo_85.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 2.845, de 26 de março de 2003, e suas alterações posteriores, e dá outras providências.</t>
   </si>
   <si>
-    <t>1193</t>
-[...100 lines deleted...]
-  <si>
     <t>1287</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1287/pdl_1_jose_sandro.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1287/pdl_1_jose_sandro.pdf</t>
   </si>
   <si>
     <t>Concede o Título Honorífico de Cidadania Piresina ao Sr. José Sandro Barbosa.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1363/pdl_2.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1363/pdl_2.25.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadania piresina - José Martins Fagundes</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>Ana Cláudia Saêta, Clebinho da Pega de Frango, Glêick Silva, Jacizão, Leandro Cardoso, Leandro Poloniato, Marquim Megasom, Subtenente Lucin, Tona O Homem da Saúde, Wanderley do Mototáxi</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1401/pdl_3.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1401/pdl_3.25.pdf</t>
   </si>
   <si>
     <t>Susta os efeitos do Memorando nº 099, de 9 de março de 2025, e de quaisquer outros atos administrativos dele decorrentes, expedidos pela Secretaria Municipal de Gestão, Planejamento e Finanças e por demais órgãos do Poder Executivo do Município de Pires do Rio/GO, e dá outras providências.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>Jacizão</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1409/pdl_4.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1409/pdl_4.25.pdf</t>
   </si>
   <si>
     <t>Susta os efeitos do Decreto nº 9.337, de 1º de janeiro de 2025, expedido pelo prefeito de Pires do Rio/GO pelo qual nomeou o Secretário Municipal de Educação, e dá outras providências.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>Ana Cláudia Saêta, Jacizão, Marquim Megasom</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1433/pdl_5.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1433/pdl_5.25.pdf</t>
   </si>
   <si>
     <t>Susta os efeitos do Decreto nº 9.658, de 27 de maio de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1447/pdl_6.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1447/pdl_6.25.pdf</t>
   </si>
   <si>
     <t>Concede o Título Honorífico de Cidadania Piresina à Sra. Marilene Martins de Oliveira.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1629/decreto_legislativo_n._07_cidadania_piresina_jamil_calife_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1629/decreto_legislativo_n._07_cidadania_piresina_jamil_calife_assinado.pdf</t>
   </si>
   <si>
     <t>Concede o Título Honorífico de Cidadania Piresina ao Sr. Deputado Estadual Jamil Sebba Calife.</t>
   </si>
   <si>
+    <t>1179</t>
+  </si>
+  <si>
+    <t>PRES</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1179/0105_-_pr_papel_timbrado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o formato de representação do papel timbrado para os documentos oficiais da Câmara Municipal de Pires do Rio/GO.</t>
+  </si>
+  <si>
+    <t>1267</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1267/projeto_de_resolucao_n._002.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Resolução nº 05/2024 (Regimento Interno da Câmara) e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1329</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1329/pres_3.25.pdf</t>
+  </si>
+  <si>
+    <t>Institui os Programas Câmara Jovem e Vereador Mirim no âmbito da Câmara Municipal de Pires do Rio.</t>
+  </si>
+  <si>
+    <t>1381</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1381/pres_4.25.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação e regulamentação da Ouvidoria Parlamentar da Câmara Municipal de Pires do Rio e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1382</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1382/pres_5.25.pdf</t>
+  </si>
+  <si>
+    <t>Institui e regulamenta o banco de horas no âmbito da Câmara Municipal de Pires do Rio/GO e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1390</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1390/pres_6.25.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação da Frente Parlamentar por Direitos e Cidadania LGBTQIAP+.</t>
+  </si>
+  <si>
+    <t>1531</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1531/pr_7_procuradoria_da_mulher_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação da Procuradoria Especial da Mulher no âmbito da Câmara Municipal de Pires do Rio.</t>
+  </si>
+  <si>
+    <t>1552</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1552/pr_8_setembro_amarelo_gleick_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Institui, no âmbito da Câmara Municipal de Pires do Rio, Campanha de Prevenção ao Suicídio e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1699</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1699/projeto_de_resolucao_-_alteracao_regimento_horario_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Resolução  n° 5/2024 (Regimento Interno da Câmara Municipal de Pires do Rio/GO)  e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1738</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1738/projeto_de_resolucao_n._10-_procuradoria_causa_animal_ana_claudia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Procuradoria Especial de Defesa, Proteção e Direitos dos animais no âmbito da Câmara Municipal de Pires do Rio.</t>
+  </si>
+  <si>
+    <t>1530</t>
+  </si>
+  <si>
+    <t>EM</t>
+  </si>
+  <si>
+    <t>Emenda</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1530/emenda_-_processo_seletivo_-_leandro_cardoso_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1534</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1534/emenda_supressiva_-_processo_seletivo_-jacizao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1637</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1637/emenda_-_lei_procuradores_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1653</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1653/emenda_n._04_plo_n._62.pdf</t>
+  </si>
+  <si>
+    <t>1740</t>
+  </si>
+  <si>
+    <t>COM - Comissão de Saúde, Educação, Cultura, Assistência Social, Esporte, Meio Ambiente, Trânsito e Serviço</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1740/emenda_-_logradouros_publicos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1758</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Emenda ao PLC 009</t>
+  </si>
+  <si>
+    <t>1759</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1759/emenda_7.pdf</t>
+  </si>
+  <si>
+    <t>1198</t>
+  </si>
+  <si>
+    <t>MAPLA</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1198/mocao_de_aplauso-_country_clube_-_vereadora_amanda_.pdf</t>
+  </si>
+  <si>
+    <t>Requer o registro de moção de aplauso em favor do Country Clube de Pires do Rio, em virtude de seus 58 anos de funcionamento.</t>
+  </si>
+  <si>
+    <t>1227</t>
+  </si>
+  <si>
+    <t>Adriana do Salão</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1227/requerimento_-_mocao_de_aplauso_-_piresprev.pdf</t>
+  </si>
+  <si>
+    <t>Requer o registro de moção de aplauso_x000D_
+em favor da Senhora Alice Cândido_x000D_
+Carvalho Barbosa, em virtude de sua_x000D_
+atuação à frente do PIRESPREV.</t>
+  </si>
+  <si>
+    <t>1271</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1271/mocao_de_aplauso_n._003.pdf</t>
+  </si>
+  <si>
+    <t>Requer o registro de moção de aplauso em favor do senhor José Sandro Barbosa, em virtude de sua atuação à frente da Secretaria de Cultura e Turismo.</t>
+  </si>
+  <si>
+    <t>1279</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1279/mocao_de_aplauso_n._004_-_ana_claudia_-_dr._tiago.pdf</t>
+  </si>
+  <si>
+    <t>Requer o registro de Moção de Aplauso em favor do Dr. Tiago Martins, em virtude da sua atuação humanitária como clínico geral em Pires do Rio.</t>
+  </si>
+  <si>
+    <t>1312</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1312/mocao_de_aplauso_n._005.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer o registro de Moção de Aplauso em favor do Dr. Anthony Eric de Carvalho Matias, em razão de sua valorosa atuação como médico.</t>
+  </si>
+  <si>
+    <t>1353</t>
+  </si>
+  <si>
+    <t>Amanda do Júlio Auto Peças, Leandro Cardoso, Adriana do Salão, Ana Cláudia Saêta, Clebinho da Pega de Frango, Glêick Silva, Jacizão, Leandro Poloniato, Malu Protetora, Marquim Megasom, Subtenente Lucin, Wanderley do Mototáxi</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1353/mapla_6.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer o registro de Moção de Aplauso em _x000D_
+favor do senhor Adão Júlio de Souza, em _x000D_
+reconhecimento à sua atuação à frente da _x000D_
+Secretaria Municipal de Infraestrutura.</t>
+  </si>
+  <si>
+    <t>1407</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1407/mapla_7.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer o registro de moção de aplauso em favor de Rodrigo Ferreira Caixeta, Jerry Willian Júnior de Oliveira Marques, Jael Teixeira Pontes, Hugo Divino Martins de Miranda, Matheus Araújo Miranda Coutinho e Pedro Henrique Lacerda Parente Dantas.</t>
+  </si>
+  <si>
+    <t>1441</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1441/mapla_8.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer o registro de Moção de Aplauso em favor do senhor Matheus Alves do Vale.</t>
+  </si>
+  <si>
+    <t>1609</t>
+  </si>
+  <si>
+    <t>Ana Cláudia Saêta, Adriana do Salão, Amanda do Júlio Auto Peças, Leandro Poloniato, Subtenente Lucin, Wanderley do Mototáxi</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1609/mocao_de_aplauso_n._09_-_capitao_morais_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer o registro de moção de aplauso em favor do Capitão José Morais da Silva.</t>
+  </si>
+  <si>
+    <t>1646</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1646/mocao_de_aplauso_n._10_gleick_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer o registro de moção de aplauso em favor das crianças Vitorya Mendes Fernandes e Cecília Oliveira de Andréa.</t>
+  </si>
+  <si>
+    <t>1689</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1689/mapla_11_gleick_congadas_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer o registro de Moção de Aplauso em favor do Secretário Municipal de Cultura , de sua equipe da Secretaria Municipal de Cultura e Turismo da Irmandade Nossa Senhora do Rosário .</t>
+  </si>
+  <si>
+    <t>1743</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1743/mapla_12_cristiane_gleick_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer o registro de Moção de Aplauso a favor da senhora Cristiane Maria  Ribeiro .</t>
+  </si>
+  <si>
+    <t>1744</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1744/mapla_13_estudio_danca_gleick_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer o registro de Moção de aplauso em favor do Estúdio de Dança Dantas Oliveira.</t>
+  </si>
+  <si>
+    <t>1647</t>
+  </si>
+  <si>
+    <t>MOPES</t>
+  </si>
+  <si>
+    <t>Moção de Pesar</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1647/mapes_1_ana_palmelo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer registro de Moção de Pesar.</t>
+  </si>
+  <si>
+    <t>1284</t>
+  </si>
+  <si>
+    <t>MOREP</t>
+  </si>
+  <si>
+    <t>Moção de Repúdio</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1284/morep_1_agressao.pdf</t>
+  </si>
+  <si>
+    <t>Requer registro de Moção de Repúdio aos atos de violência cometidos contra a vida do jovem José Matheus Mariano.</t>
+  </si>
+  <si>
+    <t>1481</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1481/mocao_repudio_n.02_jaci_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer o registro de Moção de Repúdio à postura adotada pelo Chefe do Poder Executivo Municipal em evento oficial.</t>
+  </si>
+  <si>
+    <t>1624</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1624/mocao_de_repudio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer o registro de Moção de Repúdio à postura adotada pela Chefe do Poder Legislativo Municipal.</t>
+  </si>
+  <si>
+    <t>1168</t>
+  </si>
+  <si>
+    <t>PPROV</t>
+  </si>
+  <si>
+    <t>Pedido de Providências</t>
+  </si>
+  <si>
+    <t>Marquim Megasom, Adriana do Salão, Amanda do Júlio Auto Peças, Ana Cláudia Saêta, Glêick Silva, Jacizão, Leandro Cardoso, Leandro Poloniato, Malu Protetora, Subtenente Lucin</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1168/0110_-_pp_rocagem_goinfra.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício à GOINFRA, com o fim de que seja adotada a providência que menciona.</t>
+  </si>
+  <si>
+    <t>1169</t>
+  </si>
+  <si>
+    <t>Leandro Cardoso, Adriana do Salão, Amanda do Júlio Auto Peças, Ana Cláudia Saêta, Glêick Silva, Jacizão, Leandro Poloniato, Malu Protetora, Marquim Megasom, Subtenente Lucin</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1169/pedido_de_providencia_-_leandro_cardoso_-_rocagem.pdf</t>
+  </si>
+  <si>
+    <t>1171</t>
+  </si>
+  <si>
+    <t>Leandro Poloniato, Adriana do Salão, Amanda do Júlio Auto Peças, Ana Cláudia Saêta, Glêick Silva, Jacizão, Leandro Cardoso, Malu Protetora, Marquim Megasom, Subtenente Lucin</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1171/pedido_de_providencia_-_leandro_poloniato-_faixa_elevada.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que seja adotada a providência que menciona.</t>
+  </si>
+  <si>
+    <t>1172</t>
+  </si>
+  <si>
+    <t>Subtenente Lucin, Adriana do Salão, Amanda do Júlio Auto Peças, Ana Cláudia Saêta, Glêick Silva, Jacizão, Leandro Cardoso, Leandro Poloniato, Malu Protetora</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1172/pedido_de_providencia_-_lucin_-_faixa_elevada.pdf</t>
+  </si>
+  <si>
+    <t>1182</t>
+  </si>
+  <si>
+    <t>Malu Protetora, Adriana do Salão, Amanda do Júlio Auto Peças, Ana Cláudia Saêta, Clebinho da Pega de Frango, Glêick Silva, Jacizão, Leandro Cardoso, Leandro Poloniato, Marquim Megasom, Subtenente Lucin, Tona O Homem da Saúde, Wanderley do Mototáxi</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1182/pedido_de_providencia_-_tapa_buraco_-_goinfra.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício à GOINFRA, com o fim de que seja realizada operação tapa-buraco na rodovia GO 309, entre Pires do Rio e Caldas Novas.</t>
+  </si>
+  <si>
+    <t>1183</t>
+  </si>
+  <si>
+    <t>Ana Cláudia Saêta, Adriana do Salão, Amanda do Júlio Auto Peças, Clebinho da Pega de Frango, Glêick Silva, Jacizão, Leandro Cardoso, Leandro Poloniato, Malu Protetora, Marquim Megasom, Subtenente Lucin, Tona O Homem da Saúde</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1183/pedido_de_providencia_06_-_solicitar_asfaltamento_rua_ferroviarios_e_clarice_meireles.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de seja adotada a providência que menciona.</t>
+  </si>
+  <si>
+    <t>1186</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1186/pedido_de_providencia_07_-_solicitar_tapa_buraco.pdf</t>
+  </si>
+  <si>
+    <t>1199</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1199/pedido_de_providencias_n._008.2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Senhor Prefeito, com o fim de que promova a manutenção de todas as faixas de pedestres situadas em frente aos estabelecimentos de ensino de Pires do Rio.</t>
+  </si>
+  <si>
+    <t>1201</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1201/pedido_de_providencias_-_troca_de_lampadas_-_subtenente_lucin.pdf</t>
+  </si>
+  <si>
+    <t>Indica a expedição de ofício ao Poder Executivo, solicitando-lhe que promova a troca de reatores/lâmpadas na Avenida Joel de Andrade, c/ Rua Henrique de Freitas.</t>
+  </si>
+  <si>
+    <t>1202</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1202/pedido_de_providencias_-_troca_de_lampadas_-_praca_das_mangueiras-_subtenente_lucin.pdf</t>
+  </si>
+  <si>
+    <t>Indica a expedição de ofício ao Poder Executivo, solicitando-lhe que promova a troca de lâmpadas na pracinha das mangueiras.</t>
+  </si>
+  <si>
+    <t>1203</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1203/0132_-_providencias_boiadeiro.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício à Goinfra, com o fim de que seja realizada operação “tapa-buracos” na GO-020.</t>
+  </si>
+  <si>
+    <t>1204</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1204/0133_-_providencias_rua_22_santana.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que promova operação “tapa-buracos” no Bairro Santana.</t>
+  </si>
+  <si>
+    <t>1206</t>
+  </si>
+  <si>
+    <t>Leandro Poloniato, Amanda do Júlio Auto Peças, Malu Protetora</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1206/providencia_calcada_1.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que providencie a construção de passeio em via que menciona.</t>
+  </si>
+  <si>
+    <t>1207</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1207/pedido_de_providencia_-_leandro_poloniato-_tapa_buraco.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que providencie a realização de serviço de tapa buraco em vias que menciona.</t>
+  </si>
+  <si>
+    <t>1208</t>
+  </si>
+  <si>
+    <t>Amanda do Júlio Auto Peças, Malu Protetora</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1208/0141_-_providencias_egidio_bougainville.pdf</t>
+  </si>
+  <si>
+    <t>Solicita o encaminhamento de ofício ao Poder Executivo, para que implemente melhorias na Avenida Egídio Francisco Rodrigues.</t>
+  </si>
+  <si>
+    <t>1209</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1209/0142_-_providencias_quadra_nadim_saud.pdf</t>
+  </si>
+  <si>
+    <t>Solicita o encaminhamento de ofício ao Poder Executivo, com o fim de que promova operação de limpeza e roçagem no Bairro Nadim Saud.</t>
+  </si>
+  <si>
+    <t>1211</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1211/pedido_de_providencia_-_leandro_poloniato-_tapa_buraco_jm.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que providencie a realização de serviço de tapa buraco em via que menciona.</t>
+  </si>
+  <si>
+    <t>1212</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1212/pedido_de_providencia_-_leandro_poloniato-_iluminacao_publica.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que providencie a instalação de iluminação pública em via que menciona (ponte Rua JM-18 e Rua Hilbernon Ferreira Costa).</t>
+  </si>
+  <si>
+    <t>1213</t>
+  </si>
+  <si>
+    <t>Glêick Silva, Amanda do Júlio Auto Peças, Malu Protetora</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1213/0144_-_providencias_escolas_gleick.pdf</t>
+  </si>
+  <si>
+    <t>Solicita o encaminhamento de ofício ao Poder Executivo, para que promova manutenções nas escolas da Rede Municipal de Ensino.</t>
+  </si>
+  <si>
+    <t>1214</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1214/pedido_de_providencia_-_gleick_silva_-_faixa_elevada.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que seja construída faixa elevada nas proximidades da Caixa Econômica Federal e do Banco do Brasil.</t>
+  </si>
+  <si>
+    <t>1233</t>
+  </si>
+  <si>
+    <t>Leandro Poloniato</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1233/pedido_de_providencia_-_leandro_poloniato-_redutor_de_velocidade.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que providencie a realização de estudos na avenida Corumbá, setor Horizonte, para melhor controle do tráfego de veículos naquela via.</t>
+  </si>
+  <si>
+    <t>1234</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1234/pedido_de_providencia_-_leandro_poloniato-_tapa-buraco_-_jardim_goias.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que providencie a realização de operação tapa-buraco no bairro Jardim Goiás.</t>
+  </si>
+  <si>
+    <t>1235</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1235/pedido_de_providencia_-_leandro_poloniato-_tapa-buraco_-_rua_vitor_arruda.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que providencie a realização de operação tapa-buraco na Rua Vítor Arruda.</t>
+  </si>
+  <si>
+    <t>1236</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1236/pedido_de_providencia_24_-_leandro_poloniato_-_instalacao_de_iluminacao_publica_-_rua_5_-_jd_goias.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que providencie a instalação de iluminação pública na Rua 05, do bairro Jardim Goiás, bem como a roçagem de loteamento na aludida via.</t>
+  </si>
+  <si>
+    <t>1237</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1237/0151_-_providencias_sala_do_empreendedor.pdf</t>
+  </si>
+  <si>
+    <t>Solicita o encaminhamento de ofício ao Poder Executivo, para que instale ar-condicionado na Sala do Empreendedor.</t>
+  </si>
+  <si>
+    <t>1238</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1238/0152_-_providencias_muda_qm_lucin.pdf</t>
+  </si>
+  <si>
+    <t>Solicita o encaminhamento de ofício ao Poder Executivo, para que desloque de lugar um quebra-molas já existente.</t>
+  </si>
+  <si>
+    <t>1239</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1239/pedido_de_providencias_n._027_-_patrolamento_zona_rual_-_subtenente_lucin_1.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que promova o patrolamento de estrada que liga o Setor Industrial à Pedreira, no Corumbá.</t>
+  </si>
+  <si>
+    <t>1240</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1240/pedido_de_providencias_n._028_-_reforma_de_calcada_-_subtenente_lucin_2.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que promova a reforma de calçada localizada no passeio do Centro Poliesportivo e Parque Agropecuário, na Avenida Micheli Santinoni.</t>
+  </si>
+  <si>
+    <t>1242</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1242/pedido_de_providencia_29_-_gleick_silva_-_simbolos_municipais.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que seja promova a inserção, em seu sítio eletrônico, de informações atinentes aos símbolos do município.</t>
+  </si>
+  <si>
+    <t>1243</t>
+  </si>
+  <si>
+    <t>Glêick Silva, Ana Cláudia Saêta, Leandro Cardoso</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1243/pedido_de_providencia_30_-_gleick_silva_-_rotatoria_de_santo_antonio.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que seja promova a centralização da rotatória que ostenta a imagem de Santo Antônio.</t>
+  </si>
+  <si>
+    <t>1244</t>
+  </si>
+  <si>
+    <t>Glêick Silva, Ana Cláudia Saêta, Subtenente Lucin</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1244/pedido_de_providencia_31_-_gleick_silva_-_fios_nas_ruas_e_avenidas..pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que adote as necessárias providência no sentido de solucionar a questão dos fios caídos nas ruas e avenidas de Pires do Rio.</t>
+  </si>
+  <si>
+    <t>1247</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1247/pedido_de_providencia_32_-_leandro_poloniato-_rocagem_1.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que providencie a realização de podas de árvores e roçagem no Parque Santana.</t>
+  </si>
+  <si>
+    <t>1248</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1248/0155_-_providencias_maria_guiotti_1.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que promova operação “tapa-buracos” na Av. Maria Guiotti.</t>
+  </si>
+  <si>
+    <t>1250</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1250/0156_-_providencias_monteirao.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que promova serviços de limpeza na calçada do Estádio Edson Monteiro de Godoy (“Monteirão”).</t>
+  </si>
+  <si>
+    <t>1253</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1253/pprov_35_gleick_silva.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que promova instalação de lixeiras nos passeios públicos.</t>
+  </si>
+  <si>
+    <t>1254</t>
+  </si>
+  <si>
+    <t>Amanda do Júlio Auto Peças, Clebinho da Pega de Frango, Glêick Silva, Jacizão, Leandro Cardoso, Leandro Poloniato, Marquim Megasom, Subtenente Lucin, Wanderley do Mototáxi</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1254/pedido_de_providencia_36_-_amanda_-_rodoviaria.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Estado de Goiás, solicitando-lhe a tomada de providências no sentido de revitalizar o Terminal Rodoviário de Pires do Rio.</t>
+  </si>
+  <si>
+    <t>1255</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1255/pprov_37_ana_claudia.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que promova limpeza urbana e instalação de caçamba no local que indica.</t>
+  </si>
+  <si>
+    <t>1262</t>
+  </si>
+  <si>
+    <t>Glêick Silva, Ana Cláudia Saêta, Leandro Poloniato, Subtenente Lucin, Wanderley do Mototáxi</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1262/pprov_38.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que transforme as vias que indica em mão única.</t>
+  </si>
+  <si>
+    <t>1264</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1264/pprov_39.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com a finalidade de avaliar a possibilidade de contratação de funcionários para o SAMU de Pires do Rio, bem como a regularização da frota de veículos do órgão.</t>
+  </si>
+  <si>
+    <t>1266</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1266/pprov_40.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com o fim de que seja construída faixa elevada na Rua São João Batista, do Bairro Aristeu José Ferreira.</t>
+  </si>
+  <si>
+    <t>1268</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1268/pprov_41.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que providencie a realização operação tapa-buraco no Bairro São Francisco.</t>
+  </si>
+  <si>
+    <t>1269</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1269/pprov_42.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com a finalidade de que sejam tomadas as providências necessárias para o recolhimento do lixo hospitalar acumulado no Hospital Municipal.</t>
+  </si>
+  <si>
+    <t>1270</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1270/pprov_43.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com o fim de que sejam adotadas as medidas necessárias à manutenção da Academia da Pista de Caminhada localizada nas proximidades do Setor Industrial.</t>
+  </si>
+  <si>
+    <t>1285</t>
+  </si>
+  <si>
+    <t>Leandro Poloniato, Ana Cláudia Saêta</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1285/pedido_de_providencia_44-_leandro_poloniato-_rocagem_2.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que providencie a realização de serviços de roçagem no setor Residencial Flora.</t>
+  </si>
+  <si>
+    <t>1291</t>
+  </si>
+  <si>
+    <t>Subtenente Lucin, Adriana do Salão, Amanda do Júlio Auto Peças, Ana Cláudia Saêta, Clebinho da Pega de Frango, Glêick Silva, Jacizão, Leandro Cardoso, Leandro Poloniato, Malu Protetora, Marquim Megasom, Tona O Homem da Saúde, Wanderley do Mototáxi</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1291/pedido_de_providencias_n._045_-_subtenente_lucin.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício à GOINFRA, com o fim de que promova a instalação de postes de iluminação nas rotatórias do Anel Viário de Pires do Rio.</t>
+  </si>
+  <si>
+    <t>1295</t>
+  </si>
+  <si>
+    <t>Glêick Silva, Ana Cláudia Saêta</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1295/pprov_n._46.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com o fim de que promova patrolamento no Bairro Sonho Verde.</t>
+  </si>
+  <si>
+    <t>1303</t>
+  </si>
+  <si>
+    <t>Leandro Poloniato, Leandro Cardoso, Wanderley do Mototáxi</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1303/pprov_n._47.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que seja adotada a providência de edificar uma faixa elevada na Rua Rui Barbosa.</t>
+  </si>
+  <si>
+    <t>1304</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1304/pprov_n._48.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que seja adotada a providência de edificar uma faixa elevada na Avenida Maria Priscila de Lima.</t>
+  </si>
+  <si>
+    <t>1306</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1306/pprov_n._49.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício à Goinfra, com o fim de que promova estudo dos pontos vulneráveis do anel viário.</t>
+  </si>
+  <si>
+    <t>1307</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1307/pprov_n._50.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com o fim de que construa praça no Setor Alto da Baronesa.</t>
+  </si>
+  <si>
+    <t>1311</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1311/pprov_n._51.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com o fim de que construa faixa elevada na Rua 6 do Setor Industrial.</t>
+  </si>
+  <si>
+    <t>1314</t>
+  </si>
+  <si>
+    <t>Malu Protetora, Ana Cláudia Saêta, Leandro Poloniato</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1314/pprov_52.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que providencie a realização de serviços de roçagem no setor Osvaldo Gonçalves.</t>
+  </si>
+  <si>
+    <t>1316</t>
+  </si>
+  <si>
+    <t>Subtenente Lucin, Ana Cláudia Saêta</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1316/pprov_53.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com o fim de que promova limpeza e manutenção no Velório Municipal.</t>
+  </si>
+  <si>
+    <t>1317</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1317/pprov_54.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com o fim de que promova limpeza na Casa do Maneco.</t>
+  </si>
+  <si>
+    <t>1319</t>
+  </si>
+  <si>
+    <t>Glêick Silva, Ana Cláudia Saêta, Leandro Poloniato</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1319/pprov_55.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, para que reforme a Cia. Militar de Bombeiros de Pires do Rio.</t>
+  </si>
+  <si>
+    <t>1320</t>
+  </si>
+  <si>
+    <t>Glêick Silva, Amanda do Júlio Auto Peças, Ana Cláudia Saêta, Clebinho da Pega de Frango, Leandro Cardoso, Leandro Poloniato, Malu Protetora</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1320/pprov_56.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício à Goinfra, com o fim de sanar as erosões às margens da GO-309.</t>
+  </si>
+  <si>
+    <t>1322</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1322/pprov_57.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com o fim de que promova recapeamento no Bairro Dr. Wilson, no local que indica.</t>
+  </si>
+  <si>
+    <t>1323</t>
+  </si>
+  <si>
+    <t>Glêick Silva, Adriana do Salão, Ana Cláudia Saêta</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1323/pprov_58.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com o fim de que promova patrolamento na Rua Clarice Meirelles.</t>
+  </si>
+  <si>
+    <t>1335</t>
+  </si>
+  <si>
+    <t>Subtenente Lucin, Ana Cláudia Saêta, Leandro Poloniato, Malu Protetora</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1335/pprov_59.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com o fim de que providencie a realização de operação tapa-buraco e reposição de lâmpadas queimadas no Setor Aristeu Ferreira.</t>
+  </si>
+  <si>
+    <t>1336</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1336/pprov_60.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com o fim de que providencie a realização de limpeza interna e reparos na estrutura do Estádio Edson Monteiro de Godoy (“Monteirão”).</t>
+  </si>
+  <si>
+    <t>1337</t>
+  </si>
+  <si>
+    <t>Subtenente Lucin, Ana Cláudia Saêta, Leandro Poloniato</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1337/pprov_61.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com o fim de que providencie a realização de operação tapa-buraco no Bairro Mosaico.</t>
+  </si>
+  <si>
+    <t>1338</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1338/pprov_65.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com o fim de que providencie a roçagem e a construção de calçada na Escola Sebastião Leite.</t>
+  </si>
+  <si>
+    <t>1339</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1339/pprov_63.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com o fim de que providencie a manutenção, reparação e uso adequado da Quadra do Bairro Sinhô Nogueira.</t>
+  </si>
+  <si>
+    <t>1340</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1340/pprov_64.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com o fim de que providencie a instalação de iluminação pública no Bairro Jardim Maratá.</t>
+  </si>
+  <si>
+    <t>1348</t>
+  </si>
+  <si>
+    <t>Leandro Poloniato, Ana Cláudia Saêta, Malu Protetora, Subtenente Lucin</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1348/pprov_65.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que seja adotada a providência de edificar uma faixa elevada na Rua Miguel Abrão.</t>
+  </si>
+  <si>
+    <t>1364</t>
+  </si>
+  <si>
+    <t>Amanda do Júlio Auto Peças, Ana Cláudia Saêta</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1364/pprov_66.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com o fim de que providencie a realização de roçagem na área do antigo Burrinho e adjacências.</t>
+  </si>
+  <si>
+    <t>1367</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1367/pprov_67.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com o fim de que instale academia ao ar livre no Bairro Santa Cecília.</t>
+  </si>
+  <si>
+    <t>1397</t>
+  </si>
+  <si>
+    <t>Subtenente Lucin, Malu Protetora</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1397/pprov_68.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com o fim de que disponibilize um profissional de Educação Física para atuar nas academias ao ar livre.</t>
+  </si>
+  <si>
+    <t>1398</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1398/pprov_69.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com o fim de que instale quebra-molas nas proximidades da concessionária Chevrolet.</t>
+  </si>
+  <si>
+    <t>1399</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1399/pprov_70.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício à Goinfra, com o fim de que corrija o desnível na Avenida Cristófaro de Paula Rezende – “Boiadeiro”.</t>
+  </si>
+  <si>
+    <t>1402</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1402/pprov_71.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com o fim de que providencie a roçagem no Bairro Jardim Maratá.</t>
+  </si>
+  <si>
+    <t>1403</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1403/pprov_72.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com o fim de que providencie a roçagem e limpeza na Vila Grambery.</t>
+  </si>
+  <si>
+    <t>1422</t>
+  </si>
+  <si>
+    <t>Leandro Poloniato, Ana Cláudia Saêta, Subtenente Lucin</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1422/pprov_73.25.pdf</t>
+  </si>
+  <si>
+    <t>1427</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1427/pprov_74.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que transforme a via que indica em mão única.</t>
+  </si>
+  <si>
+    <t>1437</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1437/pprov_75.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o envio de ofício ao Poder Executivo para tomada de providências quanto à iluminação pública em via que menciona.</t>
+  </si>
+  <si>
+    <t>1438</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1438/pprov_76.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o envio de ofício ao Poder Executivo para adoção de medidas quanto à erosão localizada na Rua 24, quadra 43, lote 01, no Parque Santana.</t>
+  </si>
+  <si>
+    <t>1439</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1439/pprov_77.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o envio de ofício ao Poder Executivo para adoção de medidas quanto à necessidade de controle de poeira na região que menciona.</t>
+  </si>
+  <si>
+    <t>1479</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1479/pedido_de_providencia_n._78_ana_claudia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, a fim de que sejam tomadas as providências necessárias em relação à infestação de pombos na quadra da Escola Joaquim Câmara Filho.</t>
+  </si>
+  <si>
+    <t>1495</t>
+  </si>
+  <si>
+    <t>Solicita-se encaminhamento de ofício ao Poder Executivo, com o fim de que instale quebra-molas na Rua Porto Alegre, no cruzamento com a Rua Couto Magalhães.</t>
+  </si>
+  <si>
+    <t>1513</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1513/pprov_80_ruas_gleick_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita reencaminhamento de ofício ao Poder Executivo, com o fim de que transforme as vias que indica em mão única.</t>
+  </si>
+  <si>
+    <t>1514</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1514/pprov_81_rua_gleick_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita reencaminhamento de ofício ao Poder Executivo, com o fim de que transforme a via que indica em mão única.</t>
+  </si>
+  <si>
+    <t>1515</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1515/pprov_82_erosao_lucin_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita encaminhamento de ofício ao Poder Executivo, com o fim de que diligencie junto à erosão no Bairro São Francisco.</t>
+  </si>
+  <si>
+    <t>1517</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1517/pprov_83_quebra-molas_ana_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita encaminhamento de ofício ao Poder Executivo, com o fim de que construa faixa elevada na Rua Getulino Artiaga.</t>
+  </si>
+  <si>
+    <t>1536</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1536/prov._84-25_iluminacao_lucin.pdf</t>
+  </si>
+  <si>
+    <t>Solicita encaminhamento de ofício ao Poder Executivo, com o fim de que conserte a iluminação urbana no Alto da Baronesa.</t>
+  </si>
+  <si>
+    <t>1549</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1549/pprov_n._85_bougainville_malu.pdf</t>
+  </si>
+  <si>
+    <t>Solicita encaminhamento de ofício ao Poder Executivo, com o fim de que diligencie junto às ruas do Bairro Bougainville.</t>
+  </si>
+  <si>
+    <t>1569</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1569/pprov_86_canteiro_central_lucin_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita encaminhamento de ofício ao Poder Executivo, com o fim de revitalizar o canteiro central entre as vias que indica.</t>
+  </si>
+  <si>
+    <t>1570</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1570/pprov_87_grade_escoamento_lucin_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita encaminhamento de ofício ao Poder Executivo, com o fim de adequar as grades de escoamento do local que indica.</t>
+  </si>
+  <si>
+    <t>1571</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1571/pprov_88_faixa_elevada_lucin_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita encaminhamento de ofício ao Poder Executivo com o fim de que construa faixa elevada na Rua Joaquim Antônio Teixeira.</t>
+  </si>
+  <si>
+    <t>1612</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1612/pprov_n._89_-_subtenente_lucin_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita o envio de ofício ao Poder Executivo para tomada de providências quanto à iluminação pública em via que menciona.</t>
+  </si>
+  <si>
+    <t>1613</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1613/pprov_n._90_-_subtenente_lucin_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita o envio de ofício ao Poder Executivo para limpeza e manutenção de boca de lobo em via que menciona.</t>
+  </si>
+  <si>
+    <t>1625</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1625/pedido_de_providencia_n._91_gleick_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício à GOINFRA, com o fim de que promova a instalação de um redutor de velocidade nas proximidades do curtume Corumbá Couros.</t>
+  </si>
+  <si>
+    <t>1632</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1632/pprov_92_equatorial_lucin_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita envio de ofício à Equatorial Energia para tomada de providências quanto  a iluminação pública em via que menciona.</t>
+  </si>
+  <si>
+    <t>1648</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1648/providencia_gleick_-93_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo ,com o fim de que providencie o recapeamento e realinhamento na Rua Rosalina Fernandes.</t>
+  </si>
+  <si>
+    <t>1649</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1649/providencia_gleick_-94_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo , com o fim de que providencie a manutenção na Viela próxima à Rua Miguel Abrão.</t>
+  </si>
+  <si>
+    <t>1661</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1661/pedido_de_providencia_n._95_lucin_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com o fim de que providencie correção de ondulações e deformações na pavimentação asfáltica da Rua Pedro Mazon.</t>
+  </si>
+  <si>
+    <t>1662</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1662/pedido_de_providencia_n._96_lucin_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, a fim de que providencie substituição de lâmpada queimada na Avenida Lino Sampaio.</t>
+  </si>
+  <si>
+    <t>1663</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1663/pedido_de_providencia_n._97_lucin_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, para adoção de medidas quanto à cratera localizada na Rua JM 15, Jardim Maratá.</t>
+  </si>
+  <si>
+    <t>1690</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>Glêick Silva, Amanda do Júlio Auto Peças, Ana Cláudia Saêta, Clebinho da Pega de Frango, Leandro Cardoso, Leandro Poloniato, Malu Protetora, Marquim Megasom, Subtenente Lucin, Tona O Homem da Saúde, Wanderley do Mototáxi</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1690/pprov_98_gleick_mercado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo ,com o fim de que providencie a limpeza da Praça do Mercado Municipal.</t>
+  </si>
+  <si>
+    <t>1691</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1691/pprov_99_gleick_ponte_laranjal_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com o fim de que providencie a manutenção da ponte do Córrego Laranjal, bem como a instalação de um "guarda -rei".</t>
+  </si>
+  <si>
+    <t>1692</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1692/pprov_100_gleick_accioli_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se o encaminhamento de ofício ao Poder Executivo, com o fim de que providencie a realização de operação "tapa buraco" na Avenida Marta Rassi.</t>
+  </si>
+  <si>
+    <t>1746</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1746/pprov_101_asfalto_lucin_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita encaminhamento de ofício ao Poder Executivo com o fim de que realize ação tapa-buracos no local que indica.</t>
+  </si>
+  <si>
+    <t>1747</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1747/pprov_102_iluminacao_gleick_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita encaminhamento do ofício ao Poder Executivo com o fim de que melhore a iluminação externa do Centro de Saúde.</t>
+  </si>
+  <si>
     <t>1170</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Glêick Silva, Adriana do Salão, Amanda do Júlio Auto Peças, Ana Cláudia Saêta, Jacizão, Leandro Cardoso, Leandro Poloniato, Malu Protetora, Marquim Megasom, Subtenente Lucin, Tona O Homem da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1170/indicacao_n._001.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1170/indicacao_n._001.25.pdf</t>
   </si>
   <si>
     <t>Indica o encaminhamento de ofício ao senhor Prefeito, solicitando a reativação e funcionamento dos órgãos que menciona.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
-    <t>Malu Protetora, Adriana do Salão, Amanda do Júlio Auto Peças, Ana Cláudia Saêta, Clebinho da Pega de Frango, Glêick Silva, Jacizão, Leandro Cardoso, Leandro Poloniato, Marquim Megasom, Subtenente Lucin, Tona O Homem da Saúde, Wanderley do Mototáxi</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1185/indicacao_-_encaminhamento_de_lei_-_cadastro_de_animais.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1185/indicacao_-_encaminhamento_de_lei_-_cadastro_de_animais.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito o encaminhamento de legislação que garanta o cadastro, a identificação, a castração e a adoção responsável de animais domésticos em Pires do Rio.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>Marquim Megasom, Adriana do Salão, Amanda do Júlio Auto Peças, Ana Cláudia Saêta, Clebinho da Pega de Frango, Jacizão, Leandro Cardoso, Leandro Poloniato, Subtenente Lucin, Tona O Homem da Saúde, Wanderley do Mototáxi</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1189/0123_-_indicacao_auxilio_executivo.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1189/0123_-_indicacao_auxilio_executivo.pdf</t>
   </si>
   <si>
     <t>Indica a expedição de ofício ao Chefe do Poder Executivo, sugerindo a regulamentação do direito ao auxílio-alimentação aos servidores públicos municipais, conforme previsão expressa no Regime Jurídico dos Servidores Municipais.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1192/0131_-_indicacao_transito_smt.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1192/0131_-_indicacao_transito_smt.pdf</t>
   </si>
   <si>
     <t>Indica o encaminhamento de ofício ao senhor Prefeito, sugerindo ações no tocante ao trânsito municipal.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1200/indicacao_-_cinema_nos_bairros_-_vereadora_amanda_.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1200/indicacao_-_cinema_nos_bairros_-_vereadora_amanda_.pdf</t>
   </si>
   <si>
     <t>Indica a expedição de ofício ao Poder Executivo, sugerindo-lhe a realização do evento "Cinema nos Bairros", nesta municipalidade.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1231/indicacao_-_ecoterapia.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1231/indicacao_-_ecoterapia.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito a_x000D_
 implantação e regulamentação de_x000D_
 programa de ecoterapia no_x000D_
 município de Pires do Rio.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1232/indicacao_-_ppp_-_ana_claudia_-_passeio_estadio.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1232/indicacao_-_ppp_-_ana_claudia_-_passeio_estadio.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito a_x000D_
 possibilidade de que firme parceria_x000D_
 público-privada para a construção e_x000D_
 revitalização de calçadas no estádio_x000D_
 “Monteirão”.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1246/indicacao_-_ana_claudia_-_passeio_centro_poliesportivo.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1246/indicacao_-_ana_claudia_-_passeio_centro_poliesportivo.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, como medida de interesse público, a reforma do passeio do Centro Poliesportivo.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>Glêick Silva, Ana Cláudia Saêta</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1263/ind_9.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1263/ind_9.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo o encaminhamento dos Projetos de Lei que concedem subvenções sociais.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1357/ind_10.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1357/ind_10.25.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Segurança Pública do Estado de Goiás a instalação de Delegacia especializada da Mulher em Pires do Rio.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>Ana Cláudia Saêta, Adriana do Salão, Glêick Silva, Leandro Poloniato, Subtenente Lucin</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1385/ind_11.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1385/ind_11.25.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a elaboração de estudo de viabilidade para o asfaltamento das vias do Bairro Industrial.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1412/ind_12.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1412/ind_12.25.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo o encaminhamento da matéria legislativa que indica.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>Ana Cláudia Saêta, Amanda do Júlio Auto Peças, Subtenente Lucin, Wanderley do Mototáxi</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1420/ind_13.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1420/ind_13.25.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, como medida de política pública o encaminhamento de lei que torne obrigatório o fornecimento de uniformes aos estudantes da rede pública municipal de ensino.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>Glêick Silva, Amanda do Júlio Auto Peças, Ana Cláudia Saêta</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1423/ind_14.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1423/ind_14.25.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo o encaminhamento do Projeto de Lei que concede subvenção social à entidade que menciona.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>Glêick Silva, Amanda do Júlio Auto Peças, Ana Cláudia Saêta, Leandro Poloniato, Subtenente Lucin, Wanderley do Mototáxi</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1424/ind_15.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1424/ind_15.25.pdf</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>Marquim Megasom, Subtenente Lucin</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1428/ind_16.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1428/ind_16.25.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo a regularização nas documentações das subvenções referentes as emendas impositivas da Sessão Legislativa de 2024.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>Marquim Megasom, Adriana do Salão, Ana Cláudia Saêta, Glêick Silva, Leandro Cardoso, Subtenente Lucin</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1432/ind_17.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1432/ind_17.25.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, como medida de política pública a regularização do uso dos logradouros públicos.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1445/ind_18.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1445/ind_18.25.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que não retire os comerciantes dos espaços públicos e que envie projeto de lei para regulamentar o uso desses locais.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/</t>
-[...1 lines deleted...]
-  <si>
     <t>IND 19/2025</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1518/ind_20_guarnicao_policial_lucin_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1518/ind_20_guarnicao_policial_lucin_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Segurança Pública do Estado de Goiás e ao Comando da Polícia Militar de Goiás que providenciem guarnição policial da Patrulha Maria da Penha.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_-_subtenente_lucin_-_guarda_municipal_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_-_subtenente_lucin_-_guarda_municipal_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, como medida de interesse público, a criação da Guarda Municipal.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1545/ind_22_caminhoes_amanda_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1545/ind_22_caminhoes_amanda_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo e à Goinfra a implementação das políticas públicas que indica.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1565/ind_23_regulamentacao_malu_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1565/ind_23_regulamentacao_malu_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que regulamente a Lei Municipal nº 4.261.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1581/indicacao_n._24_malu_-_proibicao_do_uso_de_fogos_de_artificio_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1581/indicacao_n._24_malu_-_proibicao_do_uso_de_fogos_de_artificio_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, como medida de interesse público, a regulamentação da Lei n. 4.261 de 04 de julho de 2025.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1618/ind._n._25_indica_o_projeto_que_estabelece_controle_populacional_de_caes_e_gatos_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1618/ind._n._25_indica_o_projeto_que_estabelece_controle_populacional_de_caes_e_gatos_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a elaboração e envio de Projeto de Lei que estabeleça diretrizes para a proteção, identificação e controle populacional de cães e gatos em Pires do Rio – GO, inspirado na Lei Estadual nº 21.970/2016, de Minas Gerais.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1630/ind_26_restaurante_popular_gleick_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1630/ind_26_restaurante_popular_gleick_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que implante Restaurante Popular em Pires do Rio.</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1631/ind_27_museu_municipal_gleick_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1631/ind_27_museu_municipal_gleick_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que promova a instalação de um Museu Municipal.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_-_28_-_jacizao_-_seguranca_estadios_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_-_28_-_jacizao_-_seguranca_estadios_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, como medida de interesse público, a disponibilização de segurança  nos estádios de Pires do Rio.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>Marquim Megasom, Clebinho da Pega de Frango, Jacizão, Malu Protetora, Tona O Homem da Saúde, Wanderley do Mototáxi</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1686/indicacao_marquim_29_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1686/indicacao_marquim_29_assinado.pdf</t>
   </si>
   <si>
     <t>Indica o Senhor Prefeito Municipal que determine à Secretaria Municipal de Saúde a criação de programa de acompanhamento multiprofissional a pacientes submetidos a cirurgia bariátrica de rede pública municipal de saúde .</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>Jacizão, Ana Cláudia Saêta, Leandro Poloniato, Marquim Megasom, Subtenente Lucin, Tona O Homem da Saúde, Wanderley do Mototáxi</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1687/ind_n._30_-_jacizao_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1687/ind_n._30_-_jacizao_assinado.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal o envio de projeto de lei que institua o Programa Municipal "Bolsa Mães Atípicas', no âmbito do Município de Pires do Rio - Goiás .</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1693/ind_31_malu_processo_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1693/ind_31_malu_processo_assinado.pdf</t>
   </si>
   <si>
     <t>Indica o Senhor Prefeito , como medida de interesse público e revisão do Processo Administrativo n°143/2021, protocolo sob n/ 37.605/2021 no ãmbito do Poder Executivo de Pires do Rio.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1703/ind_n._32.2025_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1703/ind_n._32.2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito , a criação de uma horta comunitária no Município de Pires do Rio .</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1704/ind_33_ana_feirinha_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1704/ind_33_ana_feirinha_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, como medida de interesse público, o cumprimento da Lei n°4228, de 28 de Outubro de 2024.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>Ana Cláudia Saêta, Clebinho da Pega de Frango, Glêick Silva, Leandro Poloniato, Malu Protetora, Marquim Megasom, Subtenente Lucin, Wanderley do Mototáxi, Amanda do Júlio Auto Peças</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1741/ind_35_duodecimo_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1741/ind_35_duodecimo_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a destinação dos recursos devolvidos do Duodécimo.</t>
   </si>
   <si>
+    <t>1173</t>
+  </si>
+  <si>
+    <t>RINFO</t>
+  </si>
+  <si>
+    <t>Requerimento de Informação</t>
+  </si>
+  <si>
+    <t>Ana Cláudia Saêta, Adriana do Salão, Amanda do Júlio Auto Peças, Glêick Silva, Jacizão, Leandro Cardoso, Leandro Poloniato, Malu Protetora, Marquim Megasom, Subtenente Lucin, Tona O Homem da Saúde</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1173/requerimento_de_informacoes_-_ana_claudia_duodecimo.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento das informações que menciona.</t>
+  </si>
+  <si>
+    <t>1184</t>
+  </si>
+  <si>
+    <t>Marquim Megasom, Adriana do Salão, Amanda do Júlio Auto Peças, Ana Cláudia Saêta, Clebinho da Pega de Frango, Glêick Silva, Jacizão, Leandro Cardoso, Leandro Poloniato, Subtenente Lucin, Tona O Homem da Saúde, Wanderley do Mototáxi</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1184/0121_-_requerimento_de_informacoes_diarias.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de informações quanto ao pagamento de diárias.</t>
+  </si>
+  <si>
+    <t>1188</t>
+  </si>
+  <si>
+    <t>Marquim Megasom, Adriana do Salão, Amanda do Júlio Auto Peças, Clebinho da Pega de Frango, Glêick Silva, Jacizão, Leandro Cardoso, Leandro Poloniato, Subtenente Lucin, Wanderley do Mototáxi</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1188/0122_-_requerimento_de_informacoes_carnaval.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de informações quanto ao Carnaval Pires Folia.</t>
+  </si>
+  <si>
+    <t>1205</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_informacao_04_2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de informações quanto à inconstitucionalidade de texto contido na Lei Complementar nº 004, de 02 de agosto de 1991.</t>
+  </si>
+  <si>
+    <t>1210</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de informações quanto ao pagamento dos vencimentos dos Agentes de Combate às Endemias (ACE).</t>
+  </si>
+  <si>
+    <t>1245</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1245/requerimento_de_informacoes_6_-_esclarecimento_sec._educacao.pdf</t>
+  </si>
+  <si>
+    <t>1251</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1251/0157_-_requerimento_de_informacoes_bebidas.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de informações quanto ao Carnaval 1º Pires Folia.</t>
+  </si>
+  <si>
+    <t>1252</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1252/0158_-_requerimento_de_informacoes_arrecadacao.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de informações quanto à arrecadação de receitas e rendas próprias no âmbito municipal.</t>
+  </si>
+  <si>
+    <t>1256</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1256/requerimento_de_informacoes_-_amanda_-_asprofergo.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de informações quanto à área da antiga Asprofergo.</t>
+  </si>
+  <si>
+    <t>1265</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1265/rinfo_10.pdf</t>
+  </si>
+  <si>
+    <t>Requer da Equatorial Energia o encaminhamento das informações que menciona.</t>
+  </si>
+  <si>
+    <t>1286</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1286/rinfo_n._11.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento das informações atinentes à contratação da Clínica JRio.</t>
+  </si>
+  <si>
+    <t>1288</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1288/requerimento_de_informacoes_-_12_-_consultas_oftalmologicas.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento das informações atinentes a contratação para fornecimento de consultas oftalmológicas.</t>
+  </si>
+  <si>
+    <t>1289</t>
+  </si>
+  <si>
+    <t>Ana Cláudia Saêta, Marquim Megasom</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1289/rinfo_13_licitacoes.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de informações quanto a substituição de servidor efetivo no Departamento de Licitações.</t>
+  </si>
+  <si>
+    <t>1309</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1309/rinfo_n._14.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de cópia do Processo Administrativo n. 37.605/2021.</t>
+  </si>
+  <si>
+    <t>1325</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1325/rinfo_n._15.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de informações sobre áreas públicas municipais.</t>
+  </si>
+  <si>
+    <t>1341</t>
+  </si>
+  <si>
+    <t>Jacizão, Marquim Megasom, Ana Cláudia Saêta</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1341/rinfo_16.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo informações a respeito dos motoristas do Município estarem exercendo atividade de Motorista de Ambulância.</t>
+  </si>
+  <si>
+    <t>1342</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1342/rinfo_17.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de informações quanto ao transporte escolar.</t>
+  </si>
+  <si>
+    <t>1354</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1354/rinfo_18.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento e informações quanto à situação dos imóveis pendentes de regularização fundiária.</t>
+  </si>
+  <si>
+    <t>1355</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1355/rinfo_19.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento e informações quanto à lista de espera das creches do Município.</t>
+  </si>
+  <si>
+    <t>1356</t>
+  </si>
+  <si>
+    <t>Ana Cláudia Saêta, Subtenente Lucin</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1356/rinfo_20.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento cópia de procedimento administrativo – ambulantes da Praça Central.</t>
+  </si>
+  <si>
+    <t>1360</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1360/rinfo_21.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de cópia integral do procedimento administrativo que culminou no Termo de Cooperação firmado entre o Município e a empresa Órion Produções e Eventos LTDA.</t>
+  </si>
+  <si>
+    <t>1370</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1370/rinfo_22.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de informações quanto às licitações.</t>
+  </si>
+  <si>
+    <t>1371</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1371/rinfo_23.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de informações quanto às altas médicas.</t>
+  </si>
+  <si>
+    <t>1372</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1372/rinfo_24.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de informações quanto ao Hospital Municipal.</t>
+  </si>
+  <si>
+    <t>1384</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1384/rinfo_25.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de informações quanto à mudança do CEAMA.</t>
+  </si>
+  <si>
+    <t>1389</t>
+  </si>
+  <si>
+    <t>Ana Cláudia Saêta, Jacizão</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1389/rinfo_26.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de informações quanto a contratação e lotação das assistentes sociais no Município.</t>
+  </si>
+  <si>
+    <t>1396</t>
+  </si>
+  <si>
+    <t>Subtenente Lucin, Ana Cláudia Saêta, Marquim Megasom, Wanderley do Mototáxi</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1396/rinfo_27.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo informações a respeito da destinação das toneladas de alimentos arrecadados no Carnaval.</t>
+  </si>
+  <si>
+    <t>1400</t>
+  </si>
+  <si>
+    <t>Jacizão, Ana Cláudia Saêta, Marquim Megasom, Subtenente Lucin, Wanderley do Mototáxi</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1400/rinfo_28.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de informações quanto à Saúde Municipal.</t>
+  </si>
+  <si>
+    <t>1405</t>
+  </si>
+  <si>
+    <t>Ana Cláudia Saêta, Adriana do Salão, Glêick Silva, Leandro Poloniato, Marquim Megasom, Wanderley do Mototáxi</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1405/rinfo_29.25.pdf</t>
+  </si>
+  <si>
+    <t>1417</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1417/rinfo_30.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo informações a respeito do Requerimento nº 11/2025, realizado no dia 09 de abril de 2025.</t>
+  </si>
+  <si>
+    <t>1418</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1418/rinfo_31.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo informações a respeito do Requerimento nº 12/2025, realizado no dia 09 de abril de 2025.</t>
+  </si>
+  <si>
+    <t>1419</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1419/rinfo_32.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo informações a respeito do Requerimento nº 13/2025, realizado no dia 09 de abril de 2025.</t>
+  </si>
+  <si>
+    <t>1421</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1421/rinfo_33.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de informações quanto à realização do exame que indica.</t>
+  </si>
+  <si>
+    <t>1430</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1430/rinfo_34.25.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo informações a respeito dos beneficiados com o Programa Bolsa Atleta.</t>
+  </si>
+  <si>
+    <t>1480</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1480/requerimento_de_informacao_n.35_ana_claudia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de informações quanto aos medicamentos licitados nos anos de 2024 e 2025.</t>
+  </si>
+  <si>
+    <t>1548</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1548/rinfo_36_diretoras_ana_claudia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de informações quanto à anulação do processo eleitoral dos Diretores das unidades escolares da rede pública municipal.</t>
+  </si>
+  <si>
+    <t>1566</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1566/requerimento_de_informacoes_-_37_-_processos_licitatorios_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento das informações atinentes a contratações realizadas.</t>
+  </si>
+  <si>
+    <t>1621</t>
+  </si>
+  <si>
+    <t>Wanderley do Mototáxi</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1621/requerimento_de_informacao_n.38_wanderley_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de informações quanto a reforma em andamento no Hospital Municipal.</t>
+  </si>
+  <si>
+    <t>1635</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1635/requerimento_de_informacoes_-_39_-_pss_educacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de informações sobre o Processo Seletivo Simplificado da Secretaria Municipal de Educação.</t>
+  </si>
+  <si>
+    <t>1639</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1639/requerimento_de_informacao_040_-_ana_claudia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de informações e documentos quanto _x000D_
+á existência de orçamentos para pavimentação asfáltica.</t>
+  </si>
+  <si>
+    <t>1664</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1664/rinfo_41_comissionados_ana_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento de informações referentes aos cargos comissionados existentes.</t>
+  </si>
+  <si>
+    <t>1666</t>
+  </si>
+  <si>
+    <t>Retirado de pauta pelo autor.</t>
+  </si>
+  <si>
+    <t>1668</t>
+  </si>
+  <si>
+    <t>1727</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1727/requerimento_de_informacoes_-_44_-_estudantes_da_zona_rural_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o encaminhamento das informações atinentes aos transporte escolar de estudantes da zona rural de Pires do Rio.</t>
+  </si>
+  <si>
     <t>1196</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1196/requerimento_-_convocacao_-_secretaria_1.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1196/requerimento_-_convocacao_-_secretaria_1.pdf</t>
   </si>
   <si>
     <t>Requerimento de Convocação de Secretárias para esclarecimentos.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1226/image_001.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1226/image_001.pdf</t>
   </si>
   <si>
     <t>Requer a retirada dos projetos de Lei Ordinária n. 3 e n. 4, ambos de 2025.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1275/req_3_votos_de_pesar.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1275/req_3_votos_de_pesar.pdf</t>
   </si>
   <si>
     <t>Requer envio de Votos de Pesar por falecimento, nos termos regimentais.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>Requer a retirada dos projetos de Lei Ordinária n. 18, n. 20 e n. 21, todos de 2025.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1359/req_5.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1359/req_5.25.pdf</t>
   </si>
   <si>
     <t>Requer o envio de convocação ao Diretor Municipal de Turismo, para que preste esclarecimentos da forma que indica.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1362/req_6.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1362/req_6.25.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Plenária Solene nos termos que indica.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1406/req_7.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1406/req_7.25.pdf</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1408/req_8.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1408/req_8.25.pdf</t>
   </si>
   <si>
     <t>Requer a retirada de Projeto de Lei de sua autoria.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1426/req_9.25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1426/req_9.25.pdf</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1482/requerimento_n.10_marquim.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1482/requerimento_n.10_marquim.pdf</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1483/requerimento_11_retirada_de_materia_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1483/requerimento_11_retirada_de_materia_assinado.pdf</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1544/req_12_retira_materia_amanda_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1544/req_12_retira_materia_amanda_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a retirada de Projeto de Lei Ordinária, de sua autoria.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1551/req_13_retira_uvg_mesa_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1551/req_13_retira_uvg_mesa_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a retirada de Projeto de Lei Ordinária de autoria da Mesa Diretora.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1587/requerimento_n._14-2025_sessao_solene_lucin_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1587/requerimento_n._14-2025_sessao_solene_lucin_assinado.pdf</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>Ana Cláudia Saêta, Subtenente Lucin, Wanderley do Mototáxi</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1606/requerimento_n._15_sessao_solene_-_professores_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1606/requerimento_n._15_sessao_solene_-_professores_assinado.pdf</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1607/requerimento_n._16_sessao_solene_-_mulheres_destaques_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1607/requerimento_n._16_sessao_solene_-_mulheres_destaques_assinado.pdf</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>Glêick Silva, Subtenente Lucin</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1622/requerimento_n._17_sessao_solene_-_idosos_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1622/requerimento_n._17_sessao_solene_-_idosos_assinado.pdf</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1650/req_18_altera_solenidade_ana_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1650/req_18_altera_solenidade_ana_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a alteração na data de Sessão Plenária Solene já aprovada._x000D_
 _x000D_
 _x000D_
 _x000D_
 .</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1682/req_19_retira_marquim_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1682/req_19_retira_marquim_assinado.pdf</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1702/requerimento_de_arquivamento_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1702/requerimento_de_arquivamento_assinado.pdf</t>
   </si>
   <si>
     <t>Requer da Câmara Municipal de Pires do Rio , o arquivamento da  Denúncia n°01,de 30 de outubro de 2025, de autoria do Vereador Requerente Marcos Pires da Silva (Marquim Megasom).</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>RETIRADO DE PAUTA</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1737/requerimento_-_22_-_retirada_projeto_-_ana_claudia_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1737/requerimento_-_22_-_retirada_projeto_-_ana_claudia_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a retirada do Projeto de Lei Ordinária, de sua autoria .</t>
   </si>
   <si>
-    <t>1179</t>
-[...137 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1619/recurso_-_vereador_leandro_cardoso.pdf</t>
+    <t>1215</t>
+  </si>
+  <si>
+    <t>PCCL</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Constituição</t>
+  </si>
+  <si>
+    <t>CCL - Comissão de Constituição, Legislação e Redação Final</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1215/comissao_de_constituicao_-_plo_002_-_dia_da_mulher_-_documento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CCL</t>
+  </si>
+  <si>
+    <t>1217</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1217/comissao_de_constituicao_-_plo_005_-_semana_do_idoso_-_documento_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CCL.</t>
+  </si>
+  <si>
+    <t>1219</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1219/parecer_comissao_justicao_-_subvencao_-_centro_espirita_luz_da_humanidade__-_documento_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>1222</t>
+  </si>
+  <si>
+    <t>1257</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1257/comissao_de_constituicao_-_plo_014_-_habitacional_-_ageahb.pdf</t>
+  </si>
+  <si>
+    <t>Voto do relator ao Projeto de Lei Ordinária n. 014/2025.</t>
+  </si>
+  <si>
+    <t>1258</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1258/comissao_de_constituicao_-_plo_011-_revoga_lei_de_doacao_1.pdf</t>
+  </si>
+  <si>
+    <t>Voto do relator ao Projeto de Lei Ordinária n. 011/2025.</t>
+  </si>
+  <si>
+    <t>1259</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1259/comissao_de_constituicao_-_plo_09_-_o_jovem_poeta_1.pdf</t>
+  </si>
+  <si>
+    <t>Voto do relator ao Projeto de Lei Ordinária n. 09/2025.</t>
+  </si>
+  <si>
+    <t>1273</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1273/comissao_de_constituicao_-_plo_010-_credito_especial.pdf</t>
+  </si>
+  <si>
+    <t>Voto do relator ao Projeto de Lei Ordinária n. 010/2025.</t>
+  </si>
+  <si>
+    <t>1296</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1296/comissao_de_constituicao_-_plo_16_-_lei_paroquia_1.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao PLO 016.</t>
+  </si>
+  <si>
+    <t>1297</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1297/comissao_de_constituicao_-_plc_2-_lei_165_1.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao PLC 02/25.</t>
+  </si>
+  <si>
+    <t>1300</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1300/comissao_de_constituicao_-_plo_15-_trabalhadores_domesticos.pdf</t>
+  </si>
+  <si>
+    <t>Voto do relator ao PLO 015/25.</t>
+  </si>
+  <si>
+    <t>1331</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1331/comissao_de_legislacao_022-25_-_documento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a contratação por prazo determinado de profissionais de saúde, para atender à necessidade temporária de excepcional interesse público, nos termos do inciso IX do art. 37 da FC/88 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1333</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1333/comissao_de_legislacao_023-25_-_documento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1379</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1379/comissao_de_constituicao_-_plo_031-_dia_da_familia_-_documento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1380</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1380/comissao_de_constituicao_-_pdl_01_-_titulo_sandro_barbosa_-_documento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1391</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1391/comissao_de_constituicao_-_plo_37_-_revisao_geral_anual_-_documento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Concede revisão geral anual em 2025 sobre os vencimentos dos servidores efetivos ativos e inativos, funcionários comissionados, e subsídios dos Agentes Políticos do Município de Pires do Rio, na forma que especifica e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1394</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1394/comissao_de_constituicao_-_plo_34_-_refis_-_documento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1416</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1416/comissao_de_constituicao_-_plo_030_-_substitutivo_001_-_suprimento_-_pequenos_vulto_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Regime de Adiantamento e Regimente de Pagamento de Despesas de Pequeno Vulto (suprimento de fundos) no âmbito do Poder Executivo do Município de Pires do Rio/GO, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1431</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1431/parecer_comissao_de_legislacao_constituicao_redacao_final__plo_42.pdf</t>
+  </si>
+  <si>
+    <t>1436</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1436/comissao_de_constituicao_-_plo_008_-_dia_do_ferroviario_-_documento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1446</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1446/parecer_ccl_plo_027-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Atualiza o valor da corrida de mototáxi, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1449</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1449/parecer_comissao_ccl_plo_008-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1451</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1451/comissao_de_constituicao_-_pr_4-2025_-_ouvidoria_parlamentar_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1456</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1456/comissao_de_constituicao_-_pr5-2025_-_banco_de_horas_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1473</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1473/comissao_de_constituicao_-_pdl_04_-_secretario_de_educacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1484</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1484/parecer_comissao_justicao_-_subvencao_-_fime_040_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1485</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1485/parecer_comissao_justicao_-_subvencao_-_imperio_039_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1486</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1486/parecer_comissao_justicao_-_subvencao_-_lions_028_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1487</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1487/comissao_justica_lei_complementar_004_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1494</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1494/comissao_de_constituicao_-_pdl_05_-_procurador.pdf</t>
+  </si>
+  <si>
+    <t>1505</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1505/comissao_de_legislacao_045-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1511</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1511/comissao_de_legislacao_projeto_049-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1512</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1512/comissao_de_legislacao_projeto_050-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1523</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1523/parecer_comissao_justicao_-_subvencao_-_apai_051_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1524</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1524/parecer_comissao_justicao_-_subvencao_-_fe_em_acao052_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1532</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1532/parecer_comissao_justica_-_leilao_-_inclusao_ambulancia_044_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1537</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1537/parecer_emenda_-_plenario_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1538</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1538/parecer_comissao_de_constituicao_-_plc_5-_lei_165_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1543</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1543/comissao_de_constituicao_-_plo_046-_criacao_creche_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1553</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1553/comissao_de_legislacao_012-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Concede subvenção social à ASSDEP – Associação Beneficente Deus Proverá de Pires do Rio – GO e dá outras providências</t>
+  </si>
+  <si>
+    <t>1556</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1556/comissao_de_constituicao_-_plo_048-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1557</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1557/parecer_procuradoriadamulher_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1563</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1563/comissao_de_constituicao_-_plo_054-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1572</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1572/comissao_de_constituicao_-_plo_19_-_nome_de_rua_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1573</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1573/comissao_de_constituicao_-_plo_33_-_coletores_de_lixo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1574</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1574/comissao_de_constituicao_-_plo_053-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1575</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1575/comissao_de_constituicao_plo_38_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1592</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1592/comissao_de_constituicao_-_059_-_pss_-_educacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1593</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1593/comissao_de_constituicao_-_pl_6_-_procurador_geral_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1594</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1594/parecer_constituicao_legislacao_pr008.pdf</t>
+  </si>
+  <si>
+    <t>1603</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1603/comissao_de_constituicao_-_055_-_conselho_crianca_e_adolescente_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1605</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1605/comissao_de_constituicao_-_plc_07_-_revisao_geral_servidores_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1608</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1608/comissao_de_constituicao_-_062_-_logradouro_-_boulevard_-_calcadao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1640</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1640/parecer_comissao_de_constituicao_-_plo_067-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1642</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1642/parecer_emenda_plc_06-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1643</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1643/comissao_de_constituicao_-_plo_064-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1644</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1644/comissao_de_constituicao_resolucao_03-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1654</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1654/comissao_de_constituicao_-_plo_061-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1657</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1657/comissao_de_constituicao_-_decreto_02-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1658</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1658/comissao_de_constituicao_-_plo_060-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1667</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1667/comissao_de_constituicao_recurso_n_03-25_assinado.pdf</t>
   </si>
   <si>
     <t>Recurso à Representação n. 03/2025.</t>
   </si>
   <si>
-    <t>1198</t>
-[...1659 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1759/emenda_7.pdf</t>
+    <t>1670</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1670/comissao_de_constituicao_-_plo_068-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1671</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1671/comissao_de_constituicao_-_plo_069-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Institui, no âmbito do Município de Pires de Rio , o Programa "Bom de Bola , Bom na Escola ", e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1672</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1672/comissao_de_constituicao_-_plo_071-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1673</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1673/comissao_de_constituicao_-_plo_070-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1694</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1694/comissao_de_constituicao_-_pcl_008_-_revoga_a_lei_complementar_171_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1695</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1695/comissao_de_constituicao_-_pcl_009_-_logradouros_publicos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1698</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1698/comissao_de_constituicao_-_plo_063-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1700</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1700/comissao_de_constituicao_-_plo_073-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1701</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1701/comissao_de_constituicao_-_plo_076-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Institui a semana Municipal da Consciência Negra no calendário de eventos do Município de Pires do Rio e dá outra providências.</t>
+  </si>
+  <si>
+    <t>1707</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1707/comissao_de_constituicao_-_plo_075-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1739</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1739/parecer_comissao_justica_-_subvencao_-_ueg_81_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1220</t>
+  </si>
+  <si>
+    <t>PCOF</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Orçamentos</t>
+  </si>
+  <si>
+    <t>COF - Comissão de Orçamentos, Finanças e Contas Públicas</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_062025_luz_da_humanidade_-_novo.pdf</t>
+  </si>
+  <si>
+    <t>Parecer COF.</t>
+  </si>
+  <si>
+    <t>1274</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1274/projeto_102025_credito_adic_especial_cultura_1.pdf</t>
+  </si>
+  <si>
+    <t>voto do relator ao Projeto de Lei Ordinária n. 010/2025.</t>
+  </si>
+  <si>
+    <t>1298</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1298/projeto_lc_022025_lei_165_2.pdf</t>
+  </si>
+  <si>
+    <t>Voto do Relator ao PLC 002/25.</t>
+  </si>
+  <si>
+    <t>1343</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1343/parecer_comissao_de_orcamento_14-25_-_documento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1346</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1346/comissao_de_orcamento...22-25_-_documento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1347</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1347/comissao_de_orcamento...23-25_-_documento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1410</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1410/parecer_com_finan_refis_0342025_-_documento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa de Recuperação de Créditos Fiscais – REFIS 2025, destinado à regularização de débitos fiscais com o município de Pires do Rio/GO e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1463</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1463/parecer_comissao_financas_plo._30-2025_suprimento_fundos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>‘‘Institui o Regime de Adiantamento e o Regime de Pagamento de Despesas de Pequeno Vulto (suprimentos de fundos) no âmbito do Poder Executivo de Pires do Rio/GO, e dá outras providências.’’</t>
+  </si>
+  <si>
+    <t>1488</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1488/projeto_282025_lions_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1489</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1489/projeto_392025_imperio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1490</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1490/projeto_402025_fime_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1503</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1503/projeto_lei_complementar__042025_gratificacao_monitoras_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1507</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1507/comissao_de_financas_projeto_49-2025_asilo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Concede subvenção social ao ASILO SÃO VICENTE DE PAULA, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1508</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1508/comissao_de_financas_projeto_50-2025_aproaab_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Concede subvenção social à APROAAB Associação protetora de Animais Abandonados, e dá outras providências</t>
+  </si>
+  <si>
+    <t>1510</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1510/comissao_de_financas_projeto_45-2025_processo_seletivo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a contratação temporária de excepcional interesse público para os cargos que especifica, para atender à necessidade temporária de excepcional interesse público, nos termos do inciso IX do art. 37 da CF/88 e dá outras providências</t>
+  </si>
+  <si>
+    <t>1525</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1525/parecer_comissao_de_orcamentos_e_financas_plo_512025_apai_assinado.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE SUBVENÇÃO SOCIAL A ASSOCIAÇÃO DE PROTEÇÃO E ASSISTENCIA A INFANCIA- APAI, E DÁ OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>1526</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1526/parecer_comissao_de_orcamentos_e_financas_plo_522025_fe_em_acao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Concede Subvenção Social á Associação Fé em Ação, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>1529</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1529/parecer_comissao_de_orcamentos_e_financas_plc_052025_plano_de_carreira_camara_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1558</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1558/parecer_20-2025_financas_e_orcamento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE SUBVENCAO À ASSDEP- ASSICIAÇÃO BENEFICENTE DEUS PROVERÁ DE PIRES DO RIO/GO.</t>
+  </si>
+  <si>
+    <t>1561</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1561/projeto_44-2025_leilao_ambulancia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a promover leilão para alienar bens móveis de propriedade do município e dá outras providências</t>
+  </si>
+  <si>
+    <t>1599</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1599/parecer__orcamento_e_financas_projeto_59-2025_monitor_e_professor_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a contratação temporária de excepcional interesse público para os cargos de professor e Monitor de Creche e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1641</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1641/parecer_cof_projeto_672025_fund_crista_educativa_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1674</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1674/projeto_702025_cof_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o direito à concessão de férias, décimo terceiro subsídio e outras disposições aos agentes políticos e servidores públicos designados para o exercício de cargo de Secretário Municipal no âmbito do Município de Pires do Rio/GO e dá outras providências...”</t>
+  </si>
+  <si>
+    <t>1705</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1705/projeto_752025_assitencia_social_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1725</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1725/parecer_ppa_582025_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1726</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1726/parecer_loa_572025_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1731</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1731/projeto_782025_pedro_jose_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1732</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1732/projeto_802025_araras_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1733</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1733/projeto_792025_cdl_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1216</t>
+  </si>
+  <si>
+    <t>PCOM</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão Mista</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1216/comissao_mista-_plo_002_-_dia_da_mulher.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Comissão Mista.</t>
+  </si>
+  <si>
+    <t>1218</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1218/comissao_mista-_plo_005_-_semana_do_idoso.pdf</t>
+  </si>
+  <si>
+    <t>Parecer COM</t>
+  </si>
+  <si>
+    <t>1221</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1221/comissao_mista-_plo_006_-_centro_espirita_luz_da_humanidade_-_subvencao_-_documento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Parecer COM.</t>
+  </si>
+  <si>
+    <t>1294</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1294/comissao_mista_-_plo_014_-_habitacional_-_ageahb_1.pdf</t>
+  </si>
+  <si>
+    <t>PARECER COMISSÃO DE SAÚDE, EDUCAÇÃO, CULTURA, ASSISTÊNCIA SOCIAL, ESPORTE, MEIO AMBIENTE, TRÂNSITO E SERVIÇO PÚBLICO, PLO 014/25.</t>
+  </si>
+  <si>
+    <t>1305</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1305/comissao_mista-_plo_009_-_jovem_poeta.pdf</t>
+  </si>
+  <si>
+    <t>Voto do relator ao PLO 9/25.</t>
+  </si>
+  <si>
+    <t>1330</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1330/comissao_de_saude..._015-25_-_documento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1332</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1332/comissao_de_saude..._022-25_-_documento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1334</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1334/comissao_de_saude.._023-25_-_documento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1450</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1450/comissao_mista-_plo_008_-_dia_do_ferroviario_-_documento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1453</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1453/comissao_mista-projeto_027_mototaxi_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1454</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1454/comissao_mista-_plo_031_-_parecer_dia_da_familia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1455</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1455/comissao_mista-_plo_042_-_agricultores_-_utilidade_publica_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1492</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1492/comissao_-_mista_-_plc_-_monitores_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1509</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1509/comissao_de_saude..._045-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1554</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1554/comissao_mista_-_046_-_creche_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1555</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1555/comissao_mista_-_044_-_leilao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1562</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1562/comissao_mista_-_048_lotes_-_novo_horizonte_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1564</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1564/comissao_mista_-_054_festividade_congos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1578</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1578/comissao_mista_-_07_-_resolucao_-_procuradoria_da_mulher_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1579</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1579/comissao_mista_-_019_-logradouro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1580</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1580/comissao_mista_-_033_-_valorizacao_coletores_de_lixo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1595</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1595/comissao_mista_-_059_-_pss_-_educacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1596</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1596/comissao_mista_-_006_-_pgm_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1597</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1597/comissao_mista_-_08_-_resolucao_-_prevencao_ao_suicidio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1610</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1610/comissao_mista_-_055_-_conselho_crianca_e_adolescente_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1626</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1626/comissao_mista_-_062_-_calcadao_-_boulevard_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1659</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1659/comissao_mista_decreto_02-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Concede título de cidadania piresina - José Martins Fagundes.</t>
+  </si>
+  <si>
+    <t>1660</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1660/comissao_mista_plo_060-25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1684</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1684/comissao_mista_-_038_-_programa_de_prevencao_as_violencias_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1685</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1685/comissao_mista_-_068_-_lotes_-_festa_do_milho_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1708</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1708/pl_063_-_pss_reserva_de_vagas_recem-formados_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1709</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1709/pl_073_-_convenio_unicesumar_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1710</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1710/pl_076_-_consciencia_negra_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1711</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1711/plc_009_-_logradouros_publicos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1712</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1712/pl_075_-_pss_assistencia_social_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1393</t>
+  </si>
+  <si>
+    <t>PCOR</t>
+  </si>
+  <si>
+    <t>Parecer de Comissões Reunidas</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1393/comissao_de_constituicao_-_plo_32_-_estacao_da_familia_-_documento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1452</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1452/comissao_reunidas_projeto_013_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1457</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1457/comissao_reunidas_resolucao_06_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1459</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1459/comissao_reunidas_-_plo_43-_fogos_de_artificio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1471</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1471/comissao_reunidas_projeto_029_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1516</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1516/comissao_de_constituicao_-_plo_47_-_fonte_luminosa_praca_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1675</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1675/comissoes_reunidas_-_71_-_bem_estar_animal_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1722</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1722/comissao_de_constituicao_-_plo_077-25_-_convenio_instituto_brasileiro_de_educacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1723</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1723/parecer_comissao_justica_-_subvencao_-_fundacao_pedro_jose_de_souza_78_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1724</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1724/parecer_comissao_justica_-_subvencao_-_araras_80_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1736</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1736/parecer_comissoes_reunidas_-_subvencao_-_cdl_79_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1756</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1756/comissoes_reunidas_plc_010-25_assinado.pdf</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>ALO</t>
   </si>
   <si>
     <t>Autógrafo de Lei Ordinária</t>
   </si>
   <si>
     <t>Presidência - PRES</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1223/autografo_-_dia_internacional_da_mulher.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1223/autografo_-_dia_internacional_da_mulher.pdf</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1224/autografo_-_semana_do_idoso.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1224/autografo_-_semana_do_idoso.pdf</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1225/autografo_-_subvencao_-_centro_espirita.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1225/autografo_-_subvencao_-_centro_espirita.pdf</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1272/autografo_4-25_1.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1272/autografo_4-25_1.pdf</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1293/autografo_5-25_1.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1293/autografo_5-25_1.pdf</t>
   </si>
   <si>
     <t>Autógrafo de Lei Ordinária n. 5/2025.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>Autógrafo de Lei Ordinária n. 6. _x000D_
 “Ratifica e Retifica a Lei Municipal nº1.487, de 10 de agosto de 1985, e autoriza o Poder Executivo Municipal a permutar área, no Bairro Industrial com a Paróquia Sagrado Coração de Jesus, e dá outras providências.”</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1318/autografo_07.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1318/autografo_07.pdf</t>
   </si>
   <si>
     <t>Autógrafo de Lei 7/2025 - Institui a ação cultural “O Jovem Poeta” no âmbito do Município de Pires do Rio e dá outras providências.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1349/autografo_08_-_domestico.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1349/autografo_08_-_domestico.pdf</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1350/autografo_09_-_enfermagem.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1350/autografo_09_-_enfermagem.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a contratação por prazo determinado de profissionais de saúde, para atender à necessidade temporária de excepcional interesse público, nos termos do inciso IX do art. 37 da CF/88 e dá outras providências”.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1351/autografo_10_-_endemia.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1351/autografo_10_-_endemia.pdf</t>
   </si>
   <si>
     <t>“Autoriza a contratação temporária de excepcional interesse público para o cargo de Agente de Combate às Endemias e dá outras providências.”</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1374/autografo_casinhas_-_projeto_14_2.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1374/autografo_casinhas_-_projeto_14_2.pdf</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1411/autografo_12-25_reajuste_1.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1411/autografo_12-25_reajuste_1.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual em 2025 sobre os vencimentos dos servidores efetivos ativos e inativos, funcionários comissionados, e subsídios dos Agentes Políticos do Município de Pires do Rio/GO, na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1415/autografo_13.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1415/autografo_13.pdf</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1434/autografo_n._14__projeto_de_lei_ordinaria_n._34_-_refis.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1434/autografo_n._14__projeto_de_lei_ordinaria_n._34_-_refis.pdf</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1435/autografo_n._15.2025_-_ldo_.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1435/autografo_n._15.2025_-_ldo_.pdf</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1448/autografo_ferroviario.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1448/autografo_ferroviario.pdf</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1464/autografo_17-25_1.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1464/autografo_17-25_1.pdf</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1465/autografo_18_-_utilidade_publica.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1465/autografo_18_-_utilidade_publica.pdf</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1466/autografo_19-25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1466/autografo_19-25.pdf</t>
   </si>
   <si>
     <t>Institui o Regime de Adiantamento e o Regime de Pagamento de Despesas de Pequeno Vulto (suprimento de fundos) no âmbito do Poder Executivo do Município de Pires do Rio, e dá outras providências.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1467/autografo_n_20_lei_ordinaria_mototaxi_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1467/autografo_n_20_lei_ordinaria_mototaxi_assinado.pdf</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1468/autografo_21-25.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1468/autografo_21-25.pdf</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1469/alo_22_dia_da_familia.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1469/alo_22_dia_da_familia.pdf</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1470/alo_23_proibe_fogos.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1470/alo_23_proibe_fogos.pdf</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1500/autografo_24_-_fime_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1500/autografo_24_-_fime_assinado.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social a FIME – Formação Integral para Menores, e dá outras providências.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1501/autografo_25_-_imperio_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1501/autografo_25_-_imperio_assinado.pdf</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1502/autografo_26_-_lions_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1502/autografo_26_-_lions_assinado.pdf</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1520/autografo_27_-_praca_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1520/autografo_27_-_praca_assinado.pdf</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1521/autografo_28_-_asilo_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1521/autografo_28_-_asilo_assinado.pdf</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1539/autografo_30_-_subvencao_apai_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1539/autografo_30_-_subvencao_apai_assinado.pdf</t>
   </si>
   <si>
     <t>“Concede Subvenção Social à Associação de Proteção e Assistência à Infância - APAI, e dá outras providências.”</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1541/autografo_31_-_subvencao_fe_em_acao_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1541/autografo_31_-_subvencao_fe_em_acao_assinado.pdf</t>
   </si>
   <si>
     <t>“Concede Subvenção Social à Associação Fé em Ação, e dá outras providências.”</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1542/autografo_32_-_pss_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1542/autografo_32_-_pss_assinado.pdf</t>
   </si>
   <si>
     <t>“Autoriza a contratação temporária de excepcional interesse público para os cargos que especifica, para atender à necessidade temporária de excepcional interesse público, nos termos do inciso IX do art. 37 da CF/88 e dá outras providências.”</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1577/autografo_33_-_altera_o_quadro_de_lotes_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1577/autografo_33_-_altera_o_quadro_de_lotes_assinado.pdf</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1582/autografo_34_-_creche_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1582/autografo_34_-_creche_assinado.pdf</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1583/autografo_35_-_subvencao_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1583/autografo_35_-_subvencao_assinado.pdf</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1584/autografo_36_-_congadas_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1584/autografo_36_-_congadas_assinado.pdf</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1585/autografo_37_-_leilao_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1585/autografo_37_-_leilao_assinado.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo I da Lei nº 4.193, de 07 de dezembro de 2023, que ‘Autoriza o Poder Executivo a promover leilão para alienar bens móveis de propriedade do município’, e dá outras providências.</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1590/autografo_38_-_nome_rua_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1590/autografo_38_-_nome_rua_assinado.pdf</t>
   </si>
   <si>
     <t>Altera o nome da Rua 04, no bairro São Miguel, para Rua José Antônio Leite, e dá outras providências.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1591/autografo_39_-_coletor_de_lixo_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1591/autografo_39_-_coletor_de_lixo_assinado.pdf</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1602/autografo_40_-_pss_-_professores_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1602/autografo_40_-_pss_-_professores_assinado.pdf</t>
   </si>
   <si>
     <t>“Autoriza a contratação temporária de excepcional interesse público para os cargos de Professor e Monitor de Creche e dá outras providências.”</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1628/autografo_de_lei_41_-_conselho_da_crianca_e_do_adolescente_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1628/autografo_de_lei_41_-_conselho_da_crianca_e_do_adolescente_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o Conselho Municipal dos Direitos da Criança e do Adolescente e do Fundo Municipal dos Direitos da Criança e do Adolescente do município de Pires do Rio - GO, e dá outras providências.”</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>Plenário - PLENARIO</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1655/autografo_42_-_subvencao_fundacao_crista_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1655/autografo_42_-_subvencao_fundacao_crista_assinado.pdf</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1669/autografo_43_-_cabos_e_fiacao_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1669/autografo_43_-_cabos_e_fiacao_assinado.pdf</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1680/autografo_de_lei__44_-_bem_estar_animal_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1680/autografo_de_lei__44_-_bem_estar_animal_assinado.pdf</t>
   </si>
   <si>
     <t>“Institui da Política Municipal de Proteção e Bem-Estar animal e dá outras providências.”</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1696/autografo_45_-_festa_do_milho_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1696/autografo_45_-_festa_do_milho_assinado.pdf</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1697/autografo_46_-_violencia_crianca_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1697/autografo_46_-_violencia_crianca_assinado.pdf</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1718/autografo_47_-_reserva_de_vagas_recem_formados_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1718/autografo_47_-_reserva_de_vagas_recem_formados_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a reserva de 20% das vagas em processos seletivos da administração pública municipal para recém-formados, sem experiência, profissional e dá outras providencias.”</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1719/autografo_48_-_pss_assistencia_social_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1719/autografo_48_-_pss_assistencia_social_assinado.pdf</t>
   </si>
   <si>
     <t>“Autoriza a contratação temporária e formação de cadastro de reserva de excepcional interesse público para cargos públicos no âmbito da Secretaria Municipal de Assistência Social e Cidadania do Município de Pires do Rio, e dá outras providências.”</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1720/autografo_49_-_convenio_unicesumar_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1720/autografo_49_-_convenio_unicesumar_assinado.pdf</t>
   </si>
   <si>
     <t>“Autoriza o poder executivo municipal a celebrar convênio de cooperação técnico-educacional com o Centro de Ensino Superior de Maringá LTDA – UniCesumar e dá outras providências.”</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1721/autografo_50_-_semana_da_consciencia_negra_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1721/autografo_50_-_semana_da_consciencia_negra_assinado.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal da Consciência Negra no calendário de eventos do Município de Pires do Rio e dá outras providências.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>“Dispõe sobre o Plano Plurianual para o período_x000D_
  2026/2029, na forma que especifica”.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>“Estima a Receita e fixa a Despesa do Município de Pires do Rio para o Exercício de 2026, na forma que especifica</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1751/autografo_53_-_subvencao_araras_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1751/autografo_53_-_subvencao_araras_assinado.pdf</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1752/autografo_54_-_subvencao_cdl_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1752/autografo_54_-_subvencao_cdl_assinado.pdf</t>
   </si>
   <si>
     <t>“Concede Subvenção Social a Câmara de Dirigentes Lojistas de Pires do Rio – CDL, e dá outras providências.”</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1754/autografo_55_-_subvencao_pedro_jose_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1754/autografo_55_-_subvencao_pedro_jose_assinado.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social a Fundação Cultural e Educativa Pedro José de Souza, e dá outras providências.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1755/autografo_56_-_convenio_instituto_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1755/autografo_56_-_convenio_instituto_assinado.pdf</t>
   </si>
   <si>
     <t>“Autoriza o poder executivo municipal a celebrar convênio de cooperação técnico-educacional com o Instituto Brasileiro de Educação e Cultura LTDA, e dá outras providências.”</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>ALC</t>
   </si>
   <si>
     <t>Autógrafo de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1326/autografo_lc_01.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1326/autografo_lc_01.pdf</t>
   </si>
   <si>
     <t>Autógrafo de Lei Complementar n. 01/2025.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1504/alc_2-2025.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1504/alc_2-2025.pdf</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1540/autografo_n._03_plc_5_plano_de_carreira.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1540/autografo_n._03_plc_5_plano_de_carreira.pdf</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1627/autografo_de_lei_complementar_04_-_revisao_geral_anual_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1627/autografo_de_lei_complementar_04_-_revisao_geral_anual_assinado.pdf</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1656/autografo_lei_complementar_5_-_procurador_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1656/autografo_lei_complementar_5_-_procurador_assinado.pdf</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1757/autografo_de_lei_complementar_n._6_-_cargos_em_carater_transitorio_assinado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1757/autografo_de_lei_complementar_n._6_-_cargos_em_carater_transitorio_assinado.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei Complementar n. 185, de 23 de setembro de 2025, e dá outras providências”.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1760/autografo_de_lei_complementar_n._7_-_logradouros_publicos_assinado.pdf</t>
-[...1070 lines deleted...]
-    <t>Requer registro de Moção de Pesar.</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1760/autografo_de_lei_complementar_n._7_-_logradouros_publicos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>1676</t>
+  </si>
+  <si>
+    <t>DEN</t>
+  </si>
+  <si>
+    <t>Denúncia</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1676/denuncia_por_infracao_politico-administrativa_-_hugo_do_laticinio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Denúncia por Infração Político-Administrativa.</t>
+  </si>
+  <si>
+    <t>1588</t>
+  </si>
+  <si>
+    <t>REC</t>
+  </si>
+  <si>
+    <t>Recurso</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1588/recurso_-_vereadora_leandro_cardoso.pdf</t>
+  </si>
+  <si>
+    <t>Recurso à Representação n. 01/2025.</t>
+  </si>
+  <si>
+    <t>1589</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1589/recurso_-_vereadora_malu_protetora.pdf</t>
+  </si>
+  <si>
+    <t>Recurso à Representação n. 02/2025.</t>
+  </si>
+  <si>
+    <t>1619</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1619/recurso_-_vereador_leandro_cardoso.pdf</t>
+  </si>
+  <si>
+    <t>1181</t>
+  </si>
+  <si>
+    <t>MPE</t>
+  </si>
+  <si>
+    <t>Mensagem do Poder Executivo</t>
+  </si>
+  <si>
+    <t>Mensagem do Chefe do Poder Executivo.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -5496,67 +5496,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1174/0108_-_plo_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1175/0111_-_plo_dia_internacional_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1176/0113_-_plo_regulamentacao_comercio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1177/0114_-_plo_pit_dog.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1178/0116_-_plo_semana_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1195/plo_n._6.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1191/plo_n._007.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1194/0129_-_plo_dia_do_ferroviario.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1197/0130_-_plo_o_jovem_poeta.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1228/plo_n._010.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1229/plo_n._011.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1230/plo_n._012.2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1241/0153_-_plo_talentos_da_terra.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1249/plo_n._014.25.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1260/plo_15.25.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1276/plo_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1277/plo_17_festa_do_milho.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1278/plo_18_lgbtfobia.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1281/plo_n._019.25.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1282/plo_n._020.25.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1283/plo_n._021.25.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1292/plo_n._022.25.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1299/plo_n._023.25.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1308/plo_n._24.25.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1321/plo_n._025.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1324/plo_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1327/projeto_de_lei_ordinaria_n._27_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1344/plo_n._028.25.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1345/plo_n._029.25.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1352/plo_n._30.25.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1365/plo_31.25.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1366/plo_32.25.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1368/plo_33.25.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1375/plo_n._034.25.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1376/plo_n._035.25.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1377/plo_n._036.25.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1378/plo_n._037.25.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1383/plo_38.25.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1386/plo_n._039.25.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1387/plo_n._040.25.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1388/plo_41.25.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1413/plo_42.25.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1440/plo_43.25.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1460/plo_44.25.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1461/plo_45.25.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1476/plo_n._46.25.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1477/plo_n._47.2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1478/plo_n._48.25.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1496/plo_n._49.25.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1497/plo_n._50.25.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1498/plo_n._51.25.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1499/plo_n._52.25.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1527/plo_n._53.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1528/plo_n._54.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1533/plo_n._55.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1535/plo_56_uniao_dos_vereadores_assinado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1546/plo_n._57.2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1547/plo_n._58.2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1550/plo_n._59.2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1559/plo_60_remocao_cabos_gleick_assinado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1560/plo_61_cidades-irmas_gleick_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1567/plo_n._62.25.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1598/projeto_de_lei_063_-_reserva_de_vagas_para_recem_formados_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1604/projeto_de_lei_n._64_-_altera_nome_da_creche_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1611/plo_n._65_-_declara_de_utilidade_publica_a_associacao_dos_pequenos_produtores_rurais_serra__aprosserra_e_da_outras_providencias_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1623/plo_n._66_protecao_e_direitos_dos_animais_anaclaudia_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1633/plo_67_crista_educativa.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1638/plo_68_festa_do_milho_ana_assinado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1645/plo_69_bom_de_bola_ana_assinado.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1651/plo_70_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1652/plo_71_animal.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1665/plo_72_antenas_ana_assinado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1679/plo_n._73.2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1681/plo_74_ana_voluntario_assinado.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1683/plo_75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1688/plo_76_ana_consciencia_negra_assinado.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1713/projeto_executivo_n._77-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1714/projeto_executivo_n.78-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1715/projeto_executivo_n.79-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1716/poder_executivo_n._80-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1717/projeto_executivo_n._81-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1734/plo_n._82_-_celebra_pires_do_rio_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1742/projeto_de_lei_n._83_-_estabelece_horarios_de_funcionamento_de_distribuidoras_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1745/projeto_de_lei_n._84_malu.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1750/plo_85.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1193/plc_n._001.2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1290/plc_2_altera_165.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1474/plc_n._3.25.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1475/plc_n._4.25.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1491/plc_5_plano_de_carreira.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1568/plc_n._6.25.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1586/plc_n._7.25.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1636/plc_8_revoga_lei_complementar.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1678/plc_n._9.2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1748/plc_n._10_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1749/plc_11.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1287/pdl_1_jose_sandro.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1363/pdl_2.25.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1401/pdl_3.25.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1409/pdl_4.25.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1433/pdl_5.25.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1447/pdl_6.25.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1629/decreto_legislativo_n._07_cidadania_piresina_jamil_calife_assinado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1170/indicacao_n._001.25.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1185/indicacao_-_encaminhamento_de_lei_-_cadastro_de_animais.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1189/0123_-_indicacao_auxilio_executivo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1192/0131_-_indicacao_transito_smt.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1200/indicacao_-_cinema_nos_bairros_-_vereadora_amanda_.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1231/indicacao_-_ecoterapia.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1232/indicacao_-_ppp_-_ana_claudia_-_passeio_estadio.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1246/indicacao_-_ana_claudia_-_passeio_centro_poliesportivo.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1263/ind_9.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1357/ind_10.25.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1385/ind_11.25.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1412/ind_12.25.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1420/ind_13.25.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1423/ind_14.25.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1424/ind_15.25.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1428/ind_16.25.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1432/ind_17.25.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1445/ind_18.25.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1518/ind_20_guarnicao_policial_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_-_subtenente_lucin_-_guarda_municipal_assinado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1545/ind_22_caminhoes_amanda_assinado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1565/ind_23_regulamentacao_malu_assinado.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1581/indicacao_n._24_malu_-_proibicao_do_uso_de_fogos_de_artificio_assinado.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1618/ind._n._25_indica_o_projeto_que_estabelece_controle_populacional_de_caes_e_gatos_assinado.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1630/ind_26_restaurante_popular_gleick_assinado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1631/ind_27_museu_municipal_gleick_assinado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_-_28_-_jacizao_-_seguranca_estadios_assinado.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1686/indicacao_marquim_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1687/ind_n._30_-_jacizao_assinado.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1693/ind_31_malu_processo_assinado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1703/ind_n._32.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1704/ind_33_ana_feirinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1741/ind_35_duodecimo_assinado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1196/requerimento_-_convocacao_-_secretaria_1.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1226/image_001.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1275/req_3_votos_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1359/req_5.25.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1362/req_6.25.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1406/req_7.25.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1408/req_8.25.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1426/req_9.25.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1482/requerimento_n.10_marquim.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1483/requerimento_11_retirada_de_materia_assinado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1544/req_12_retira_materia_amanda_assinado.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1551/req_13_retira_uvg_mesa_assinado.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1587/requerimento_n._14-2025_sessao_solene_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1606/requerimento_n._15_sessao_solene_-_professores_assinado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1607/requerimento_n._16_sessao_solene_-_mulheres_destaques_assinado.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1622/requerimento_n._17_sessao_solene_-_idosos_assinado.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1650/req_18_altera_solenidade_ana_assinado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1682/req_19_retira_marquim_assinado.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1702/requerimento_de_arquivamento_assinado.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1737/requerimento_-_22_-_retirada_projeto_-_ana_claudia_assinado.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1179/0105_-_pr_papel_timbrado.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1267/projeto_de_resolucao_n._002.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1329/pres_3.25.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1381/pres_4.25.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1382/pres_5.25.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1390/pres_6.25.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1531/pr_7_procuradoria_da_mulher_assinado.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1552/pr_8_setembro_amarelo_gleick_assinado.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1699/projeto_de_resolucao_-_alteracao_regimento_horario_assinado.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1738/projeto_de_resolucao_n._10-_procuradoria_causa_animal_ana_claudia_assinado.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1676/denuncia_por_infracao_politico-administrativa_-_hugo_do_laticinio_assinado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1588/recurso_-_vereadora_leandro_cardoso.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1589/recurso_-_vereadora_malu_protetora.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1619/recurso_-_vereador_leandro_cardoso.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1198/mocao_de_aplauso-_country_clube_-_vereadora_amanda_.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1227/requerimento_-_mocao_de_aplauso_-_piresprev.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1271/mocao_de_aplauso_n._003.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1279/mocao_de_aplauso_n._004_-_ana_claudia_-_dr._tiago.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1312/mocao_de_aplauso_n._005.25.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1353/mapla_6.25.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1407/mapla_7.25.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1441/mapla_8.25.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1609/mocao_de_aplauso_n._09_-_capitao_morais_assinado.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1646/mocao_de_aplauso_n._10_gleick_assinado.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1689/mapla_11_gleick_congadas_assinado.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1743/mapla_12_cristiane_gleick_assinado.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1744/mapla_13_estudio_danca_gleick_assinado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1173/requerimento_de_informacoes_-_ana_claudia_duodecimo.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1184/0121_-_requerimento_de_informacoes_diarias.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1188/0122_-_requerimento_de_informacoes_carnaval.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_informacao_04_2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1245/requerimento_de_informacoes_6_-_esclarecimento_sec._educacao.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1251/0157_-_requerimento_de_informacoes_bebidas.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1252/0158_-_requerimento_de_informacoes_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1256/requerimento_de_informacoes_-_amanda_-_asprofergo.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1265/rinfo_10.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1286/rinfo_n._11.25.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1288/requerimento_de_informacoes_-_12_-_consultas_oftalmologicas.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1289/rinfo_13_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1309/rinfo_n._14.25.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1325/rinfo_n._15.25.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1341/rinfo_16.25.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1342/rinfo_17.25.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1354/rinfo_18.25.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1355/rinfo_19.25.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1356/rinfo_20.25.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1360/rinfo_21.25.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1370/rinfo_22.25.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1371/rinfo_23.25.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1372/rinfo_24.25.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1384/rinfo_25.25.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1389/rinfo_26.25.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1396/rinfo_27.25.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1400/rinfo_28.25.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1405/rinfo_29.25.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1417/rinfo_30.25.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1418/rinfo_31.25.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1419/rinfo_32.25.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1421/rinfo_33.25.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1430/rinfo_34.25.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1480/requerimento_de_informacao_n.35_ana_claudia_assinado.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1548/rinfo_36_diretoras_ana_claudia_assinado.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1566/requerimento_de_informacoes_-_37_-_processos_licitatorios_assinado.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1621/requerimento_de_informacao_n.38_wanderley_assinado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1635/requerimento_de_informacoes_-_39_-_pss_educacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1639/requerimento_de_informacao_040_-_ana_claudia_assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1664/rinfo_41_comissionados_ana_assinado.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1727/requerimento_de_informacoes_-_44_-_estudantes_da_zona_rural_assinado.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1168/0110_-_pp_rocagem_goinfra.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1169/pedido_de_providencia_-_leandro_cardoso_-_rocagem.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1171/pedido_de_providencia_-_leandro_poloniato-_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1172/pedido_de_providencia_-_lucin_-_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1182/pedido_de_providencia_-_tapa_buraco_-_goinfra.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1183/pedido_de_providencia_06_-_solicitar_asfaltamento_rua_ferroviarios_e_clarice_meireles.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1186/pedido_de_providencia_07_-_solicitar_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1199/pedido_de_providencias_n._008.2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1201/pedido_de_providencias_-_troca_de_lampadas_-_subtenente_lucin.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1202/pedido_de_providencias_-_troca_de_lampadas_-_praca_das_mangueiras-_subtenente_lucin.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1203/0132_-_providencias_boiadeiro.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1204/0133_-_providencias_rua_22_santana.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1206/providencia_calcada_1.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1207/pedido_de_providencia_-_leandro_poloniato-_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1208/0141_-_providencias_egidio_bougainville.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1209/0142_-_providencias_quadra_nadim_saud.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1211/pedido_de_providencia_-_leandro_poloniato-_tapa_buraco_jm.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1212/pedido_de_providencia_-_leandro_poloniato-_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1213/0144_-_providencias_escolas_gleick.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1214/pedido_de_providencia_-_gleick_silva_-_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1233/pedido_de_providencia_-_leandro_poloniato-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1234/pedido_de_providencia_-_leandro_poloniato-_tapa-buraco_-_jardim_goias.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1235/pedido_de_providencia_-_leandro_poloniato-_tapa-buraco_-_rua_vitor_arruda.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1236/pedido_de_providencia_24_-_leandro_poloniato_-_instalacao_de_iluminacao_publica_-_rua_5_-_jd_goias.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1237/0151_-_providencias_sala_do_empreendedor.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1238/0152_-_providencias_muda_qm_lucin.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1239/pedido_de_providencias_n._027_-_patrolamento_zona_rual_-_subtenente_lucin_1.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1240/pedido_de_providencias_n._028_-_reforma_de_calcada_-_subtenente_lucin_2.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1242/pedido_de_providencia_29_-_gleick_silva_-_simbolos_municipais.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1243/pedido_de_providencia_30_-_gleick_silva_-_rotatoria_de_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1244/pedido_de_providencia_31_-_gleick_silva_-_fios_nas_ruas_e_avenidas..pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1247/pedido_de_providencia_32_-_leandro_poloniato-_rocagem_1.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1248/0155_-_providencias_maria_guiotti_1.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1250/0156_-_providencias_monteirao.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1253/pprov_35_gleick_silva.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1254/pedido_de_providencia_36_-_amanda_-_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1255/pprov_37_ana_claudia.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1262/pprov_38.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1264/pprov_39.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1266/pprov_40.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1268/pprov_41.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1269/pprov_42.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1270/pprov_43.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1285/pedido_de_providencia_44-_leandro_poloniato-_rocagem_2.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1291/pedido_de_providencias_n._045_-_subtenente_lucin.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1295/pprov_n._46.25.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1303/pprov_n._47.25.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1304/pprov_n._48.25.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1306/pprov_n._49.25.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1307/pprov_n._50.25.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1311/pprov_n._51.25.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1314/pprov_52.25.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1316/pprov_53.25.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1317/pprov_54.25.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1319/pprov_55.25.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1320/pprov_56.25.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1322/pprov_57.25.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1323/pprov_58.25.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1335/pprov_59.25.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1336/pprov_60.25.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1337/pprov_61.25.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1338/pprov_65.25.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1339/pprov_63.25.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1340/pprov_64.25.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1348/pprov_65.25.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1364/pprov_66.25.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1367/pprov_67.25.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1397/pprov_68.25.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1398/pprov_69.25.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1399/pprov_70.25.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1402/pprov_71.25.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1403/pprov_72.25.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1422/pprov_73.25.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1427/pprov_74.25.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1437/pprov_75.25.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1438/pprov_76.25.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1439/pprov_77.25.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1479/pedido_de_providencia_n._78_ana_claudia_assinado.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1513/pprov_80_ruas_gleick_assinado.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1514/pprov_81_rua_gleick_assinado.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1515/pprov_82_erosao_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1517/pprov_83_quebra-molas_ana_assinado.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1536/prov._84-25_iluminacao_lucin.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1549/pprov_n._85_bougainville_malu.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1569/pprov_86_canteiro_central_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1570/pprov_87_grade_escoamento_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1571/pprov_88_faixa_elevada_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1612/pprov_n._89_-_subtenente_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1613/pprov_n._90_-_subtenente_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1625/pedido_de_providencia_n._91_gleick_assinado.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1632/pprov_92_equatorial_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1648/providencia_gleick_-93_assinado.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1649/providencia_gleick_-94_assinado.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1661/pedido_de_providencia_n._95_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1662/pedido_de_providencia_n._96_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1663/pedido_de_providencia_n._97_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1690/pprov_98_gleick_mercado_assinado.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1691/pprov_99_gleick_ponte_laranjal_assinado.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1692/pprov_100_gleick_accioli_assinado.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1746/pprov_101_asfalto_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1747/pprov_102_iluminacao_gleick_assinado.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1530/emenda_-_processo_seletivo_-_leandro_cardoso_assinado.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1534/emenda_supressiva_-_processo_seletivo_-jacizao_assinado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1637/emenda_-_lei_procuradores_assinado.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1653/emenda_n._04_plo_n._62.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1740/emenda_-_logradouros_publicos_assinado.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1759/emenda_7.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1223/autografo_-_dia_internacional_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1224/autografo_-_semana_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1225/autografo_-_subvencao_-_centro_espirita.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1272/autografo_4-25_1.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1293/autografo_5-25_1.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1318/autografo_07.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1349/autografo_08_-_domestico.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1350/autografo_09_-_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1351/autografo_10_-_endemia.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1374/autografo_casinhas_-_projeto_14_2.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1411/autografo_12-25_reajuste_1.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1415/autografo_13.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1434/autografo_n._14__projeto_de_lei_ordinaria_n._34_-_refis.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1435/autografo_n._15.2025_-_ldo_.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1448/autografo_ferroviario.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1464/autografo_17-25_1.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1465/autografo_18_-_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1466/autografo_19-25.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1467/autografo_n_20_lei_ordinaria_mototaxi_assinado.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1468/autografo_21-25.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1469/alo_22_dia_da_familia.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1470/alo_23_proibe_fogos.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1500/autografo_24_-_fime_assinado.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1501/autografo_25_-_imperio_assinado.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1502/autografo_26_-_lions_assinado.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1520/autografo_27_-_praca_assinado.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1521/autografo_28_-_asilo_assinado.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1539/autografo_30_-_subvencao_apai_assinado.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1541/autografo_31_-_subvencao_fe_em_acao_assinado.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1542/autografo_32_-_pss_assinado.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1577/autografo_33_-_altera_o_quadro_de_lotes_assinado.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1582/autografo_34_-_creche_assinado.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1583/autografo_35_-_subvencao_assinado.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1584/autografo_36_-_congadas_assinado.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1585/autografo_37_-_leilao_assinado.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1590/autografo_38_-_nome_rua_assinado.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1591/autografo_39_-_coletor_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1602/autografo_40_-_pss_-_professores_assinado.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1628/autografo_de_lei_41_-_conselho_da_crianca_e_do_adolescente_assinado.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1655/autografo_42_-_subvencao_fundacao_crista_assinado.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1669/autografo_43_-_cabos_e_fiacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1680/autografo_de_lei__44_-_bem_estar_animal_assinado.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1696/autografo_45_-_festa_do_milho_assinado.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1697/autografo_46_-_violencia_crianca_assinado.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1718/autografo_47_-_reserva_de_vagas_recem_formados_assinado.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1719/autografo_48_-_pss_assistencia_social_assinado.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1720/autografo_49_-_convenio_unicesumar_assinado.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1721/autografo_50_-_semana_da_consciencia_negra_assinado.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1751/autografo_53_-_subvencao_araras_assinado.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1752/autografo_54_-_subvencao_cdl_assinado.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1754/autografo_55_-_subvencao_pedro_jose_assinado.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1755/autografo_56_-_convenio_instituto_assinado.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1326/autografo_lc_01.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1504/alc_2-2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1540/autografo_n._03_plc_5_plano_de_carreira.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1627/autografo_de_lei_complementar_04_-_revisao_geral_anual_assinado.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1656/autografo_lei_complementar_5_-_procurador_assinado.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1757/autografo_de_lei_complementar_n._6_-_cargos_em_carater_transitorio_assinado.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1760/autografo_de_lei_complementar_n._7_-_logradouros_publicos_assinado.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1215/comissao_de_constituicao_-_plo_002_-_dia_da_mulher_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1217/comissao_de_constituicao_-_plo_005_-_semana_do_idoso_-_documento_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1219/parecer_comissao_justicao_-_subvencao_-_centro_espirita_luz_da_humanidade__-_documento_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1257/comissao_de_constituicao_-_plo_014_-_habitacional_-_ageahb.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1258/comissao_de_constituicao_-_plo_011-_revoga_lei_de_doacao_1.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1259/comissao_de_constituicao_-_plo_09_-_o_jovem_poeta_1.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1273/comissao_de_constituicao_-_plo_010-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1296/comissao_de_constituicao_-_plo_16_-_lei_paroquia_1.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1297/comissao_de_constituicao_-_plc_2-_lei_165_1.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1300/comissao_de_constituicao_-_plo_15-_trabalhadores_domesticos.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1331/comissao_de_legislacao_022-25_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1333/comissao_de_legislacao_023-25_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1379/comissao_de_constituicao_-_plo_031-_dia_da_familia_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1380/comissao_de_constituicao_-_pdl_01_-_titulo_sandro_barbosa_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1391/comissao_de_constituicao_-_plo_37_-_revisao_geral_anual_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1394/comissao_de_constituicao_-_plo_34_-_refis_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1416/comissao_de_constituicao_-_plo_030_-_substitutivo_001_-_suprimento_-_pequenos_vulto_assinado.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1431/parecer_comissao_de_legislacao_constituicao_redacao_final__plo_42.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1436/comissao_de_constituicao_-_plo_008_-_dia_do_ferroviario_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1446/parecer_ccl_plo_027-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1449/parecer_comissao_ccl_plo_008-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1451/comissao_de_constituicao_-_pr_4-2025_-_ouvidoria_parlamentar_assinado.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1456/comissao_de_constituicao_-_pr5-2025_-_banco_de_horas_assinado.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1473/comissao_de_constituicao_-_pdl_04_-_secretario_de_educacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1484/parecer_comissao_justicao_-_subvencao_-_fime_040_assinado.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1485/parecer_comissao_justicao_-_subvencao_-_imperio_039_assinado.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1486/parecer_comissao_justicao_-_subvencao_-_lions_028_assinado.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1487/comissao_justica_lei_complementar_004_assinado.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1494/comissao_de_constituicao_-_pdl_05_-_procurador.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1505/comissao_de_legislacao_045-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1511/comissao_de_legislacao_projeto_049-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1512/comissao_de_legislacao_projeto_050-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1523/parecer_comissao_justicao_-_subvencao_-_apai_051_assinado.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1524/parecer_comissao_justicao_-_subvencao_-_fe_em_acao052_assinado.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1532/parecer_comissao_justica_-_leilao_-_inclusao_ambulancia_044_assinado.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1537/parecer_emenda_-_plenario_assinado.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1538/parecer_comissao_de_constituicao_-_plc_5-_lei_165_assinado.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1543/comissao_de_constituicao_-_plo_046-_criacao_creche_assinado.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1553/comissao_de_legislacao_012-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1556/comissao_de_constituicao_-_plo_048-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1557/parecer_procuradoriadamulher_assinado.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1563/comissao_de_constituicao_-_plo_054-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1572/comissao_de_constituicao_-_plo_19_-_nome_de_rua_assinado.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1573/comissao_de_constituicao_-_plo_33_-_coletores_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1574/comissao_de_constituicao_-_plo_053-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1575/comissao_de_constituicao_plo_38_assinado.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1592/comissao_de_constituicao_-_059_-_pss_-_educacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1593/comissao_de_constituicao_-_pl_6_-_procurador_geral_assinado.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1594/parecer_constituicao_legislacao_pr008.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1603/comissao_de_constituicao_-_055_-_conselho_crianca_e_adolescente_assinado.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1605/comissao_de_constituicao_-_plc_07_-_revisao_geral_servidores_assinado.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1608/comissao_de_constituicao_-_062_-_logradouro_-_boulevard_-_calcadao_assinado.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1640/parecer_comissao_de_constituicao_-_plo_067-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1642/parecer_emenda_plc_06-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1643/comissao_de_constituicao_-_plo_064-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1644/comissao_de_constituicao_resolucao_03-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1654/comissao_de_constituicao_-_plo_061-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1657/comissao_de_constituicao_-_decreto_02-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1658/comissao_de_constituicao_-_plo_060-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1667/comissao_de_constituicao_recurso_n_03-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1670/comissao_de_constituicao_-_plo_068-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1671/comissao_de_constituicao_-_plo_069-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1672/comissao_de_constituicao_-_plo_071-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1673/comissao_de_constituicao_-_plo_070-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1694/comissao_de_constituicao_-_pcl_008_-_revoga_a_lei_complementar_171_assinado.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1695/comissao_de_constituicao_-_pcl_009_-_logradouros_publicos_assinado.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1698/comissao_de_constituicao_-_plo_063-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1700/comissao_de_constituicao_-_plo_073-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1701/comissao_de_constituicao_-_plo_076-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1707/comissao_de_constituicao_-_plo_075-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1739/parecer_comissao_justica_-_subvencao_-_ueg_81_assinado.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_062025_luz_da_humanidade_-_novo.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1274/projeto_102025_credito_adic_especial_cultura_1.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1298/projeto_lc_022025_lei_165_2.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1343/parecer_comissao_de_orcamento_14-25_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1346/comissao_de_orcamento...22-25_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1347/comissao_de_orcamento...23-25_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1410/parecer_com_finan_refis_0342025_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1463/parecer_comissao_financas_plo._30-2025_suprimento_fundos_assinado.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1488/projeto_282025_lions_assinado.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1489/projeto_392025_imperio_assinado.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1490/projeto_402025_fime_assinado.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1503/projeto_lei_complementar__042025_gratificacao_monitoras_assinado.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1507/comissao_de_financas_projeto_49-2025_asilo_assinado.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1508/comissao_de_financas_projeto_50-2025_aproaab_assinado.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1510/comissao_de_financas_projeto_45-2025_processo_seletivo_assinado.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1525/parecer_comissao_de_orcamentos_e_financas_plo_512025_apai_assinado.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1526/parecer_comissao_de_orcamentos_e_financas_plo_522025_fe_em_acao_assinado.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1529/parecer_comissao_de_orcamentos_e_financas_plc_052025_plano_de_carreira_camara_assinado.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1558/parecer_20-2025_financas_e_orcamento_assinado.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1561/projeto_44-2025_leilao_ambulancia_assinado.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1599/parecer__orcamento_e_financas_projeto_59-2025_monitor_e_professor_assinado.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1641/parecer_cof_projeto_672025_fund_crista_educativa_assinado.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1674/projeto_702025_cof_assinado.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1705/projeto_752025_assitencia_social_assinado.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1725/parecer_ppa_582025_assinado.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1726/parecer_loa_572025_assinado.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1731/projeto_782025_pedro_jose_assinado.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1732/projeto_802025_araras_assinado.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1733/projeto_792025_cdl_assinado.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1216/comissao_mista-_plo_002_-_dia_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1218/comissao_mista-_plo_005_-_semana_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1221/comissao_mista-_plo_006_-_centro_espirita_luz_da_humanidade_-_subvencao_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1294/comissao_mista_-_plo_014_-_habitacional_-_ageahb_1.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1305/comissao_mista-_plo_009_-_jovem_poeta.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1330/comissao_de_saude..._015-25_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1332/comissao_de_saude..._022-25_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1334/comissao_de_saude.._023-25_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1450/comissao_mista-_plo_008_-_dia_do_ferroviario_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1453/comissao_mista-projeto_027_mototaxi_assinado.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1454/comissao_mista-_plo_031_-_parecer_dia_da_familia_assinado.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1455/comissao_mista-_plo_042_-_agricultores_-_utilidade_publica_assinado.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1492/comissao_-_mista_-_plc_-_monitores_assinado.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1509/comissao_de_saude..._045-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1554/comissao_mista_-_046_-_creche_assinado.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1555/comissao_mista_-_044_-_leilao_assinado.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1562/comissao_mista_-_048_lotes_-_novo_horizonte_assinado.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1564/comissao_mista_-_054_festividade_congos_assinado.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1578/comissao_mista_-_07_-_resolucao_-_procuradoria_da_mulher_assinado.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1579/comissao_mista_-_019_-logradouro_assinado.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1580/comissao_mista_-_033_-_valorizacao_coletores_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1595/comissao_mista_-_059_-_pss_-_educacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1596/comissao_mista_-_006_-_pgm_assinado.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1597/comissao_mista_-_08_-_resolucao_-_prevencao_ao_suicidio_assinado.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1610/comissao_mista_-_055_-_conselho_crianca_e_adolescente_assinado.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1626/comissao_mista_-_062_-_calcadao_-_boulevard_assinado.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1659/comissao_mista_decreto_02-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1660/comissao_mista_plo_060-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1684/comissao_mista_-_038_-_programa_de_prevencao_as_violencias_assinado.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1685/comissao_mista_-_068_-_lotes_-_festa_do_milho_assinado.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1708/pl_063_-_pss_reserva_de_vagas_recem-formados_assinado.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1709/pl_073_-_convenio_unicesumar_assinado.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1710/pl_076_-_consciencia_negra_assinado.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1711/plc_009_-_logradouros_publicos_assinado.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1712/pl_075_-_pss_assistencia_social_assinado.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1284/morep_1_agressao.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1481/mocao_repudio_n.02_jaci_assinado.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1624/mocao_de_repudio_assinado.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1393/comissao_de_constituicao_-_plo_32_-_estacao_da_familia_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1452/comissao_reunidas_projeto_013_assinado.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1457/comissao_reunidas_resolucao_06_assinado.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1459/comissao_reunidas_-_plo_43-_fogos_de_artificio_assinado.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1471/comissao_reunidas_projeto_029_assinado.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1516/comissao_de_constituicao_-_plo_47_-_fonte_luminosa_praca_assinado.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1675/comissoes_reunidas_-_71_-_bem_estar_animal_assinado.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1722/comissao_de_constituicao_-_plo_077-25_-_convenio_instituto_brasileiro_de_educacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1723/parecer_comissao_justica_-_subvencao_-_fundacao_pedro_jose_de_souza_78_assinado.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1724/parecer_comissao_justica_-_subvencao_-_araras_80_assinado.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1736/parecer_comissoes_reunidas_-_subvencao_-_cdl_79_assinado.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1756/comissoes_reunidas_plc_010-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1647/mapes_1_ana_palmelo_assinado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1193/plc_n._001.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1290/plc_2_altera_165.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1474/plc_n._3.25.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1475/plc_n._4.25.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1491/plc_5_plano_de_carreira.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1568/plc_n._6.25.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1586/plc_n._7.25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1636/plc_8_revoga_lei_complementar.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1678/plc_n._9.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1748/plc_n._10_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1749/plc_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1174/0108_-_plo_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1175/0111_-_plo_dia_internacional_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1176/0113_-_plo_regulamentacao_comercio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1177/0114_-_plo_pit_dog.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1178/0116_-_plo_semana_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1195/plo_n._6.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1191/plo_n._007.2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1194/0129_-_plo_dia_do_ferroviario.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1197/0130_-_plo_o_jovem_poeta.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1228/plo_n._010.2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1229/plo_n._011.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1230/plo_n._012.2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1241/0153_-_plo_talentos_da_terra.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1249/plo_n._014.25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1260/plo_15.25.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1276/plo_16.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1277/plo_17_festa_do_milho.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1278/plo_18_lgbtfobia.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1281/plo_n._019.25.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1282/plo_n._020.25.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1283/plo_n._021.25.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1292/plo_n._022.25.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1299/plo_n._023.25.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1308/plo_n._24.25.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1321/plo_n._025.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1324/plo_26.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1327/projeto_de_lei_ordinaria_n._27_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1344/plo_n._028.25.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1345/plo_n._029.25.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1352/plo_n._30.25.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1365/plo_31.25.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1366/plo_32.25.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1368/plo_33.25.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1375/plo_n._034.25.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1376/plo_n._035.25.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1377/plo_n._036.25.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1378/plo_n._037.25.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1383/plo_38.25.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1386/plo_n._039.25.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1387/plo_n._040.25.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1388/plo_41.25.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1413/plo_42.25.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1440/plo_43.25.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1460/plo_44.25.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1461/plo_45.25.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1476/plo_n._46.25.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1477/plo_n._47.2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1478/plo_n._48.25.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1496/plo_n._49.25.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1497/plo_n._50.25.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1498/plo_n._51.25.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1499/plo_n._52.25.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1527/plo_n._53.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1528/plo_n._54.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1533/plo_n._55.2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1535/plo_56_uniao_dos_vereadores_assinado.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1546/plo_n._57.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1547/plo_n._58.2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1550/plo_n._59.2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1559/plo_60_remocao_cabos_gleick_assinado.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1560/plo_61_cidades-irmas_gleick_assinado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1567/plo_n._62.25.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1598/projeto_de_lei_063_-_reserva_de_vagas_para_recem_formados_assinado.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1604/projeto_de_lei_n._64_-_altera_nome_da_creche_assinado.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1611/plo_n._65_-_declara_de_utilidade_publica_a_associacao_dos_pequenos_produtores_rurais_serra__aprosserra_e_da_outras_providencias_assinado.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1623/plo_n._66_protecao_e_direitos_dos_animais_anaclaudia_assinado.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1633/plo_67_crista_educativa.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1638/plo_68_festa_do_milho_ana_assinado.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1645/plo_69_bom_de_bola_ana_assinado.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1651/plo_70_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1652/plo_71_animal.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1665/plo_72_antenas_ana_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1679/plo_n._73.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1681/plo_74_ana_voluntario_assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1683/plo_75.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1688/plo_76_ana_consciencia_negra_assinado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1713/projeto_executivo_n._77-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1714/projeto_executivo_n.78-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1715/projeto_executivo_n.79-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1716/poder_executivo_n._80-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1717/projeto_executivo_n._81-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1734/plo_n._82_-_celebra_pires_do_rio_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1742/projeto_de_lei_n._83_-_estabelece_horarios_de_funcionamento_de_distribuidoras_assinado.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1745/projeto_de_lei_n._84_malu.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1750/plo_85.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1287/pdl_1_jose_sandro.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1363/pdl_2.25.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1401/pdl_3.25.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1409/pdl_4.25.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1433/pdl_5.25.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1447/pdl_6.25.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1629/decreto_legislativo_n._07_cidadania_piresina_jamil_calife_assinado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1179/0105_-_pr_papel_timbrado.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1267/projeto_de_resolucao_n._002.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1329/pres_3.25.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1381/pres_4.25.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1382/pres_5.25.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1390/pres_6.25.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1531/pr_7_procuradoria_da_mulher_assinado.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1552/pr_8_setembro_amarelo_gleick_assinado.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1699/projeto_de_resolucao_-_alteracao_regimento_horario_assinado.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1738/projeto_de_resolucao_n._10-_procuradoria_causa_animal_ana_claudia_assinado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1530/emenda_-_processo_seletivo_-_leandro_cardoso_assinado.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1534/emenda_supressiva_-_processo_seletivo_-jacizao_assinado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1637/emenda_-_lei_procuradores_assinado.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1653/emenda_n._04_plo_n._62.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1740/emenda_-_logradouros_publicos_assinado.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1759/emenda_7.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1198/mocao_de_aplauso-_country_clube_-_vereadora_amanda_.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1227/requerimento_-_mocao_de_aplauso_-_piresprev.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1271/mocao_de_aplauso_n._003.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1279/mocao_de_aplauso_n._004_-_ana_claudia_-_dr._tiago.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1312/mocao_de_aplauso_n._005.25.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1353/mapla_6.25.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1407/mapla_7.25.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1441/mapla_8.25.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1609/mocao_de_aplauso_n._09_-_capitao_morais_assinado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1646/mocao_de_aplauso_n._10_gleick_assinado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1689/mapla_11_gleick_congadas_assinado.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1743/mapla_12_cristiane_gleick_assinado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1744/mapla_13_estudio_danca_gleick_assinado.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1647/mapes_1_ana_palmelo_assinado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1284/morep_1_agressao.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1481/mocao_repudio_n.02_jaci_assinado.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1624/mocao_de_repudio_assinado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1168/0110_-_pp_rocagem_goinfra.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1169/pedido_de_providencia_-_leandro_cardoso_-_rocagem.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1171/pedido_de_providencia_-_leandro_poloniato-_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1172/pedido_de_providencia_-_lucin_-_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1182/pedido_de_providencia_-_tapa_buraco_-_goinfra.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1183/pedido_de_providencia_06_-_solicitar_asfaltamento_rua_ferroviarios_e_clarice_meireles.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1186/pedido_de_providencia_07_-_solicitar_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1199/pedido_de_providencias_n._008.2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1201/pedido_de_providencias_-_troca_de_lampadas_-_subtenente_lucin.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1202/pedido_de_providencias_-_troca_de_lampadas_-_praca_das_mangueiras-_subtenente_lucin.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1203/0132_-_providencias_boiadeiro.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1204/0133_-_providencias_rua_22_santana.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1206/providencia_calcada_1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1207/pedido_de_providencia_-_leandro_poloniato-_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1208/0141_-_providencias_egidio_bougainville.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1209/0142_-_providencias_quadra_nadim_saud.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1211/pedido_de_providencia_-_leandro_poloniato-_tapa_buraco_jm.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1212/pedido_de_providencia_-_leandro_poloniato-_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1213/0144_-_providencias_escolas_gleick.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1214/pedido_de_providencia_-_gleick_silva_-_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1233/pedido_de_providencia_-_leandro_poloniato-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1234/pedido_de_providencia_-_leandro_poloniato-_tapa-buraco_-_jardim_goias.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1235/pedido_de_providencia_-_leandro_poloniato-_tapa-buraco_-_rua_vitor_arruda.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1236/pedido_de_providencia_24_-_leandro_poloniato_-_instalacao_de_iluminacao_publica_-_rua_5_-_jd_goias.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1237/0151_-_providencias_sala_do_empreendedor.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1238/0152_-_providencias_muda_qm_lucin.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1239/pedido_de_providencias_n._027_-_patrolamento_zona_rual_-_subtenente_lucin_1.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1240/pedido_de_providencias_n._028_-_reforma_de_calcada_-_subtenente_lucin_2.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1242/pedido_de_providencia_29_-_gleick_silva_-_simbolos_municipais.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1243/pedido_de_providencia_30_-_gleick_silva_-_rotatoria_de_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1244/pedido_de_providencia_31_-_gleick_silva_-_fios_nas_ruas_e_avenidas..pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1247/pedido_de_providencia_32_-_leandro_poloniato-_rocagem_1.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1248/0155_-_providencias_maria_guiotti_1.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1250/0156_-_providencias_monteirao.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1253/pprov_35_gleick_silva.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1254/pedido_de_providencia_36_-_amanda_-_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1255/pprov_37_ana_claudia.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1262/pprov_38.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1264/pprov_39.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1266/pprov_40.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1268/pprov_41.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1269/pprov_42.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1270/pprov_43.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1285/pedido_de_providencia_44-_leandro_poloniato-_rocagem_2.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1291/pedido_de_providencias_n._045_-_subtenente_lucin.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1295/pprov_n._46.25.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1303/pprov_n._47.25.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1304/pprov_n._48.25.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1306/pprov_n._49.25.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1307/pprov_n._50.25.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1311/pprov_n._51.25.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1314/pprov_52.25.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1316/pprov_53.25.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1317/pprov_54.25.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1319/pprov_55.25.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1320/pprov_56.25.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1322/pprov_57.25.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1323/pprov_58.25.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1335/pprov_59.25.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1336/pprov_60.25.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1337/pprov_61.25.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1338/pprov_65.25.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1339/pprov_63.25.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1340/pprov_64.25.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1348/pprov_65.25.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1364/pprov_66.25.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1367/pprov_67.25.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1397/pprov_68.25.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1398/pprov_69.25.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1399/pprov_70.25.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1402/pprov_71.25.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1403/pprov_72.25.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1422/pprov_73.25.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1427/pprov_74.25.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1437/pprov_75.25.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1438/pprov_76.25.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1439/pprov_77.25.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1479/pedido_de_providencia_n._78_ana_claudia_assinado.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1513/pprov_80_ruas_gleick_assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1514/pprov_81_rua_gleick_assinado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1515/pprov_82_erosao_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1517/pprov_83_quebra-molas_ana_assinado.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1536/prov._84-25_iluminacao_lucin.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1549/pprov_n._85_bougainville_malu.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1569/pprov_86_canteiro_central_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1570/pprov_87_grade_escoamento_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1571/pprov_88_faixa_elevada_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1612/pprov_n._89_-_subtenente_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1613/pprov_n._90_-_subtenente_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1625/pedido_de_providencia_n._91_gleick_assinado.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1632/pprov_92_equatorial_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1648/providencia_gleick_-93_assinado.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1649/providencia_gleick_-94_assinado.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1661/pedido_de_providencia_n._95_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1662/pedido_de_providencia_n._96_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1663/pedido_de_providencia_n._97_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1690/pprov_98_gleick_mercado_assinado.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1691/pprov_99_gleick_ponte_laranjal_assinado.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1692/pprov_100_gleick_accioli_assinado.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1746/pprov_101_asfalto_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1747/pprov_102_iluminacao_gleick_assinado.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1170/indicacao_n._001.25.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1185/indicacao_-_encaminhamento_de_lei_-_cadastro_de_animais.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1189/0123_-_indicacao_auxilio_executivo.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1192/0131_-_indicacao_transito_smt.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1200/indicacao_-_cinema_nos_bairros_-_vereadora_amanda_.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1231/indicacao_-_ecoterapia.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1232/indicacao_-_ppp_-_ana_claudia_-_passeio_estadio.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1246/indicacao_-_ana_claudia_-_passeio_centro_poliesportivo.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1263/ind_9.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1357/ind_10.25.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1385/ind_11.25.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1412/ind_12.25.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1420/ind_13.25.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1423/ind_14.25.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1424/ind_15.25.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1428/ind_16.25.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1432/ind_17.25.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1445/ind_18.25.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1518/ind_20_guarnicao_policial_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_-_subtenente_lucin_-_guarda_municipal_assinado.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1545/ind_22_caminhoes_amanda_assinado.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1565/ind_23_regulamentacao_malu_assinado.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1581/indicacao_n._24_malu_-_proibicao_do_uso_de_fogos_de_artificio_assinado.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1618/ind._n._25_indica_o_projeto_que_estabelece_controle_populacional_de_caes_e_gatos_assinado.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1630/ind_26_restaurante_popular_gleick_assinado.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1631/ind_27_museu_municipal_gleick_assinado.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_-_28_-_jacizao_-_seguranca_estadios_assinado.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1686/indicacao_marquim_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1687/ind_n._30_-_jacizao_assinado.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1693/ind_31_malu_processo_assinado.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1703/ind_n._32.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1704/ind_33_ana_feirinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1741/ind_35_duodecimo_assinado.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1173/requerimento_de_informacoes_-_ana_claudia_duodecimo.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1184/0121_-_requerimento_de_informacoes_diarias.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1188/0122_-_requerimento_de_informacoes_carnaval.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_informacao_04_2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1245/requerimento_de_informacoes_6_-_esclarecimento_sec._educacao.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1251/0157_-_requerimento_de_informacoes_bebidas.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1252/0158_-_requerimento_de_informacoes_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1256/requerimento_de_informacoes_-_amanda_-_asprofergo.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1265/rinfo_10.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1286/rinfo_n._11.25.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1288/requerimento_de_informacoes_-_12_-_consultas_oftalmologicas.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1289/rinfo_13_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1309/rinfo_n._14.25.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1325/rinfo_n._15.25.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1341/rinfo_16.25.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1342/rinfo_17.25.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1354/rinfo_18.25.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1355/rinfo_19.25.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1356/rinfo_20.25.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1360/rinfo_21.25.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1370/rinfo_22.25.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1371/rinfo_23.25.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1372/rinfo_24.25.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1384/rinfo_25.25.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1389/rinfo_26.25.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1396/rinfo_27.25.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1400/rinfo_28.25.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1405/rinfo_29.25.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1417/rinfo_30.25.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1418/rinfo_31.25.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1419/rinfo_32.25.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1421/rinfo_33.25.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1430/rinfo_34.25.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1480/requerimento_de_informacao_n.35_ana_claudia_assinado.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1548/rinfo_36_diretoras_ana_claudia_assinado.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1566/requerimento_de_informacoes_-_37_-_processos_licitatorios_assinado.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1621/requerimento_de_informacao_n.38_wanderley_assinado.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1635/requerimento_de_informacoes_-_39_-_pss_educacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1639/requerimento_de_informacao_040_-_ana_claudia_assinado.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1664/rinfo_41_comissionados_ana_assinado.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1727/requerimento_de_informacoes_-_44_-_estudantes_da_zona_rural_assinado.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1196/requerimento_-_convocacao_-_secretaria_1.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1226/image_001.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1275/req_3_votos_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1359/req_5.25.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1362/req_6.25.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1406/req_7.25.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1408/req_8.25.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1426/req_9.25.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1482/requerimento_n.10_marquim.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1483/requerimento_11_retirada_de_materia_assinado.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1544/req_12_retira_materia_amanda_assinado.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1551/req_13_retira_uvg_mesa_assinado.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1587/requerimento_n._14-2025_sessao_solene_lucin_assinado.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1606/requerimento_n._15_sessao_solene_-_professores_assinado.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1607/requerimento_n._16_sessao_solene_-_mulheres_destaques_assinado.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1622/requerimento_n._17_sessao_solene_-_idosos_assinado.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1650/req_18_altera_solenidade_ana_assinado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1682/req_19_retira_marquim_assinado.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1702/requerimento_de_arquivamento_assinado.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1737/requerimento_-_22_-_retirada_projeto_-_ana_claudia_assinado.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1215/comissao_de_constituicao_-_plo_002_-_dia_da_mulher_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1217/comissao_de_constituicao_-_plo_005_-_semana_do_idoso_-_documento_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1219/parecer_comissao_justicao_-_subvencao_-_centro_espirita_luz_da_humanidade__-_documento_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1257/comissao_de_constituicao_-_plo_014_-_habitacional_-_ageahb.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1258/comissao_de_constituicao_-_plo_011-_revoga_lei_de_doacao_1.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1259/comissao_de_constituicao_-_plo_09_-_o_jovem_poeta_1.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1273/comissao_de_constituicao_-_plo_010-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1296/comissao_de_constituicao_-_plo_16_-_lei_paroquia_1.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1297/comissao_de_constituicao_-_plc_2-_lei_165_1.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1300/comissao_de_constituicao_-_plo_15-_trabalhadores_domesticos.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1331/comissao_de_legislacao_022-25_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1333/comissao_de_legislacao_023-25_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1379/comissao_de_constituicao_-_plo_031-_dia_da_familia_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1380/comissao_de_constituicao_-_pdl_01_-_titulo_sandro_barbosa_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1391/comissao_de_constituicao_-_plo_37_-_revisao_geral_anual_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1394/comissao_de_constituicao_-_plo_34_-_refis_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1416/comissao_de_constituicao_-_plo_030_-_substitutivo_001_-_suprimento_-_pequenos_vulto_assinado.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1431/parecer_comissao_de_legislacao_constituicao_redacao_final__plo_42.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1436/comissao_de_constituicao_-_plo_008_-_dia_do_ferroviario_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1446/parecer_ccl_plo_027-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1449/parecer_comissao_ccl_plo_008-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1451/comissao_de_constituicao_-_pr_4-2025_-_ouvidoria_parlamentar_assinado.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1456/comissao_de_constituicao_-_pr5-2025_-_banco_de_horas_assinado.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1473/comissao_de_constituicao_-_pdl_04_-_secretario_de_educacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1484/parecer_comissao_justicao_-_subvencao_-_fime_040_assinado.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1485/parecer_comissao_justicao_-_subvencao_-_imperio_039_assinado.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1486/parecer_comissao_justicao_-_subvencao_-_lions_028_assinado.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1487/comissao_justica_lei_complementar_004_assinado.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1494/comissao_de_constituicao_-_pdl_05_-_procurador.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1505/comissao_de_legislacao_045-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1511/comissao_de_legislacao_projeto_049-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1512/comissao_de_legislacao_projeto_050-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1523/parecer_comissao_justicao_-_subvencao_-_apai_051_assinado.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1524/parecer_comissao_justicao_-_subvencao_-_fe_em_acao052_assinado.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1532/parecer_comissao_justica_-_leilao_-_inclusao_ambulancia_044_assinado.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1537/parecer_emenda_-_plenario_assinado.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1538/parecer_comissao_de_constituicao_-_plc_5-_lei_165_assinado.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1543/comissao_de_constituicao_-_plo_046-_criacao_creche_assinado.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1553/comissao_de_legislacao_012-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1556/comissao_de_constituicao_-_plo_048-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1557/parecer_procuradoriadamulher_assinado.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1563/comissao_de_constituicao_-_plo_054-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1572/comissao_de_constituicao_-_plo_19_-_nome_de_rua_assinado.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1573/comissao_de_constituicao_-_plo_33_-_coletores_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1574/comissao_de_constituicao_-_plo_053-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1575/comissao_de_constituicao_plo_38_assinado.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1592/comissao_de_constituicao_-_059_-_pss_-_educacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1593/comissao_de_constituicao_-_pl_6_-_procurador_geral_assinado.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1594/parecer_constituicao_legislacao_pr008.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1603/comissao_de_constituicao_-_055_-_conselho_crianca_e_adolescente_assinado.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1605/comissao_de_constituicao_-_plc_07_-_revisao_geral_servidores_assinado.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1608/comissao_de_constituicao_-_062_-_logradouro_-_boulevard_-_calcadao_assinado.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1640/parecer_comissao_de_constituicao_-_plo_067-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1642/parecer_emenda_plc_06-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1643/comissao_de_constituicao_-_plo_064-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1644/comissao_de_constituicao_resolucao_03-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1654/comissao_de_constituicao_-_plo_061-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1657/comissao_de_constituicao_-_decreto_02-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1658/comissao_de_constituicao_-_plo_060-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1667/comissao_de_constituicao_recurso_n_03-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1670/comissao_de_constituicao_-_plo_068-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1671/comissao_de_constituicao_-_plo_069-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1672/comissao_de_constituicao_-_plo_071-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1673/comissao_de_constituicao_-_plo_070-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1694/comissao_de_constituicao_-_pcl_008_-_revoga_a_lei_complementar_171_assinado.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1695/comissao_de_constituicao_-_pcl_009_-_logradouros_publicos_assinado.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1698/comissao_de_constituicao_-_plo_063-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1700/comissao_de_constituicao_-_plo_073-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1701/comissao_de_constituicao_-_plo_076-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1707/comissao_de_constituicao_-_plo_075-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1739/parecer_comissao_justica_-_subvencao_-_ueg_81_assinado.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_062025_luz_da_humanidade_-_novo.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1274/projeto_102025_credito_adic_especial_cultura_1.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1298/projeto_lc_022025_lei_165_2.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1343/parecer_comissao_de_orcamento_14-25_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1346/comissao_de_orcamento...22-25_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1347/comissao_de_orcamento...23-25_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1410/parecer_com_finan_refis_0342025_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1463/parecer_comissao_financas_plo._30-2025_suprimento_fundos_assinado.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1488/projeto_282025_lions_assinado.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1489/projeto_392025_imperio_assinado.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1490/projeto_402025_fime_assinado.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1503/projeto_lei_complementar__042025_gratificacao_monitoras_assinado.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1507/comissao_de_financas_projeto_49-2025_asilo_assinado.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1508/comissao_de_financas_projeto_50-2025_aproaab_assinado.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1510/comissao_de_financas_projeto_45-2025_processo_seletivo_assinado.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1525/parecer_comissao_de_orcamentos_e_financas_plo_512025_apai_assinado.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1526/parecer_comissao_de_orcamentos_e_financas_plo_522025_fe_em_acao_assinado.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1529/parecer_comissao_de_orcamentos_e_financas_plc_052025_plano_de_carreira_camara_assinado.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1558/parecer_20-2025_financas_e_orcamento_assinado.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1561/projeto_44-2025_leilao_ambulancia_assinado.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1599/parecer__orcamento_e_financas_projeto_59-2025_monitor_e_professor_assinado.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1641/parecer_cof_projeto_672025_fund_crista_educativa_assinado.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1674/projeto_702025_cof_assinado.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1705/projeto_752025_assitencia_social_assinado.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1725/parecer_ppa_582025_assinado.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1726/parecer_loa_572025_assinado.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1731/projeto_782025_pedro_jose_assinado.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1732/projeto_802025_araras_assinado.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1733/projeto_792025_cdl_assinado.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1216/comissao_mista-_plo_002_-_dia_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1218/comissao_mista-_plo_005_-_semana_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1221/comissao_mista-_plo_006_-_centro_espirita_luz_da_humanidade_-_subvencao_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1294/comissao_mista_-_plo_014_-_habitacional_-_ageahb_1.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1305/comissao_mista-_plo_009_-_jovem_poeta.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1330/comissao_de_saude..._015-25_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1332/comissao_de_saude..._022-25_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1334/comissao_de_saude.._023-25_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1450/comissao_mista-_plo_008_-_dia_do_ferroviario_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1453/comissao_mista-projeto_027_mototaxi_assinado.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1454/comissao_mista-_plo_031_-_parecer_dia_da_familia_assinado.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1455/comissao_mista-_plo_042_-_agricultores_-_utilidade_publica_assinado.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1492/comissao_-_mista_-_plc_-_monitores_assinado.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1509/comissao_de_saude..._045-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1554/comissao_mista_-_046_-_creche_assinado.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1555/comissao_mista_-_044_-_leilao_assinado.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1562/comissao_mista_-_048_lotes_-_novo_horizonte_assinado.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1564/comissao_mista_-_054_festividade_congos_assinado.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1578/comissao_mista_-_07_-_resolucao_-_procuradoria_da_mulher_assinado.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1579/comissao_mista_-_019_-logradouro_assinado.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1580/comissao_mista_-_033_-_valorizacao_coletores_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1595/comissao_mista_-_059_-_pss_-_educacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1596/comissao_mista_-_006_-_pgm_assinado.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1597/comissao_mista_-_08_-_resolucao_-_prevencao_ao_suicidio_assinado.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1610/comissao_mista_-_055_-_conselho_crianca_e_adolescente_assinado.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1626/comissao_mista_-_062_-_calcadao_-_boulevard_assinado.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1659/comissao_mista_decreto_02-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1660/comissao_mista_plo_060-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1684/comissao_mista_-_038_-_programa_de_prevencao_as_violencias_assinado.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1685/comissao_mista_-_068_-_lotes_-_festa_do_milho_assinado.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1708/pl_063_-_pss_reserva_de_vagas_recem-formados_assinado.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1709/pl_073_-_convenio_unicesumar_assinado.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1710/pl_076_-_consciencia_negra_assinado.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1711/plc_009_-_logradouros_publicos_assinado.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1712/pl_075_-_pss_assistencia_social_assinado.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1393/comissao_de_constituicao_-_plo_32_-_estacao_da_familia_-_documento_assinado.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1452/comissao_reunidas_projeto_013_assinado.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1457/comissao_reunidas_resolucao_06_assinado.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1459/comissao_reunidas_-_plo_43-_fogos_de_artificio_assinado.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1471/comissao_reunidas_projeto_029_assinado.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1516/comissao_de_constituicao_-_plo_47_-_fonte_luminosa_praca_assinado.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1675/comissoes_reunidas_-_71_-_bem_estar_animal_assinado.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1722/comissao_de_constituicao_-_plo_077-25_-_convenio_instituto_brasileiro_de_educacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1723/parecer_comissao_justica_-_subvencao_-_fundacao_pedro_jose_de_souza_78_assinado.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1724/parecer_comissao_justica_-_subvencao_-_araras_80_assinado.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1736/parecer_comissoes_reunidas_-_subvencao_-_cdl_79_assinado.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1756/comissoes_reunidas_plc_010-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1223/autografo_-_dia_internacional_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1224/autografo_-_semana_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1225/autografo_-_subvencao_-_centro_espirita.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1272/autografo_4-25_1.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1293/autografo_5-25_1.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1318/autografo_07.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1349/autografo_08_-_domestico.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1350/autografo_09_-_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1351/autografo_10_-_endemia.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1374/autografo_casinhas_-_projeto_14_2.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1411/autografo_12-25_reajuste_1.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1415/autografo_13.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1434/autografo_n._14__projeto_de_lei_ordinaria_n._34_-_refis.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1435/autografo_n._15.2025_-_ldo_.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1448/autografo_ferroviario.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1464/autografo_17-25_1.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1465/autografo_18_-_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1466/autografo_19-25.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1467/autografo_n_20_lei_ordinaria_mototaxi_assinado.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1468/autografo_21-25.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1469/alo_22_dia_da_familia.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1470/alo_23_proibe_fogos.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1500/autografo_24_-_fime_assinado.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1501/autografo_25_-_imperio_assinado.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1502/autografo_26_-_lions_assinado.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1520/autografo_27_-_praca_assinado.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1521/autografo_28_-_asilo_assinado.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1539/autografo_30_-_subvencao_apai_assinado.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1541/autografo_31_-_subvencao_fe_em_acao_assinado.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1542/autografo_32_-_pss_assinado.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1577/autografo_33_-_altera_o_quadro_de_lotes_assinado.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1582/autografo_34_-_creche_assinado.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1583/autografo_35_-_subvencao_assinado.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1584/autografo_36_-_congadas_assinado.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1585/autografo_37_-_leilao_assinado.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1590/autografo_38_-_nome_rua_assinado.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1591/autografo_39_-_coletor_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1602/autografo_40_-_pss_-_professores_assinado.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1628/autografo_de_lei_41_-_conselho_da_crianca_e_do_adolescente_assinado.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1655/autografo_42_-_subvencao_fundacao_crista_assinado.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1669/autografo_43_-_cabos_e_fiacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1680/autografo_de_lei__44_-_bem_estar_animal_assinado.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1696/autografo_45_-_festa_do_milho_assinado.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1697/autografo_46_-_violencia_crianca_assinado.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1718/autografo_47_-_reserva_de_vagas_recem_formados_assinado.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1719/autografo_48_-_pss_assistencia_social_assinado.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1720/autografo_49_-_convenio_unicesumar_assinado.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1721/autografo_50_-_semana_da_consciencia_negra_assinado.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1751/autografo_53_-_subvencao_araras_assinado.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1752/autografo_54_-_subvencao_cdl_assinado.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1754/autografo_55_-_subvencao_pedro_jose_assinado.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1755/autografo_56_-_convenio_instituto_assinado.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1326/autografo_lc_01.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1504/alc_2-2025.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1540/autografo_n._03_plc_5_plano_de_carreira.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1627/autografo_de_lei_complementar_04_-_revisao_geral_anual_assinado.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1656/autografo_lei_complementar_5_-_procurador_assinado.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1757/autografo_de_lei_complementar_n._6_-_cargos_em_carater_transitorio_assinado.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1760/autografo_de_lei_complementar_n._7_-_logradouros_publicos_assinado.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1676/denuncia_por_infracao_politico-administrativa_-_hugo_do_laticinio_assinado.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1588/recurso_-_vereadora_leandro_cardoso.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1589/recurso_-_vereadora_malu_protetora.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2025/1619/recurso_-_vereador_leandro_cardoso.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H556"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="42.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="229" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="207.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="206.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -5611,2521 +5611,2521 @@
       </c>
       <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>26</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>30</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="G6" s="1" t="s">
+      <c r="H6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="H7" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="H8" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="H9" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="H10" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="H11" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="H12" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>10</v>
+      </c>
+      <c r="D13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E13" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" t="s">
+        <v>18</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="H13" t="s">
         <v>60</v>
-      </c>
-[...13 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>17</v>
+      </c>
+      <c r="D14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E14" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" t="s">
+        <v>62</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="H14" t="s">
         <v>64</v>
-      </c>
-[...13 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>22</v>
+      </c>
+      <c r="D15" t="s">
+        <v>57</v>
+      </c>
+      <c r="E15" t="s">
+        <v>58</v>
+      </c>
+      <c r="F15" t="s">
+        <v>62</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H15" t="s">
         <v>67</v>
-      </c>
-[...19 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>72</v>
+        <v>26</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F16" t="s">
-        <v>31</v>
+        <v>62</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="H16" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F17" t="s">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="H17" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F18" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="H18" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>84</v>
+        <v>37</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F19" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H19" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>88</v>
+        <v>41</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F20" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="H20" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>92</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F21" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="H21" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>96</v>
+        <v>49</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E22" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F22" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="H22" t="s">
-        <v>98</v>
+        <v>89</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>100</v>
+        <v>53</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E23" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F23" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="H23" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E24" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F24" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="H24" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>107</v>
+        <v>97</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>108</v>
+        <v>98</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E25" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F25" t="s">
-        <v>109</v>
+        <v>72</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="H25" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>112</v>
+        <v>101</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E26" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F26" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>114</v>
+        <v>103</v>
       </c>
       <c r="H26" t="s">
-        <v>115</v>
+        <v>104</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>117</v>
+        <v>106</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E27" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F27" t="s">
-        <v>31</v>
+        <v>72</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="H27" t="s">
-        <v>119</v>
+        <v>108</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>121</v>
+        <v>110</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E28" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F28" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>123</v>
+        <v>111</v>
       </c>
       <c r="H28" t="s">
-        <v>124</v>
+        <v>112</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>126</v>
+        <v>114</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E29" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F29" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>127</v>
+        <v>115</v>
       </c>
       <c r="H29" t="s">
-        <v>128</v>
+        <v>116</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>129</v>
+        <v>117</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>130</v>
+        <v>118</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E30" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F30" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>131</v>
+        <v>119</v>
       </c>
       <c r="H30" t="s">
-        <v>132</v>
+        <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E31" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F31" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>135</v>
+        <v>123</v>
       </c>
       <c r="H31" t="s">
-        <v>136</v>
+        <v>124</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>137</v>
+        <v>125</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>138</v>
+        <v>126</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E32" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F32" t="s">
-        <v>31</v>
+        <v>62</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>139</v>
+        <v>127</v>
       </c>
       <c r="H32" t="s">
-        <v>140</v>
+        <v>128</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>141</v>
+        <v>129</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E33" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F33" t="s">
-        <v>31</v>
+        <v>62</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>143</v>
+        <v>131</v>
       </c>
       <c r="H33" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>145</v>
+        <v>133</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>146</v>
+        <v>134</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E34" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F34" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>147</v>
+        <v>135</v>
       </c>
       <c r="H34" t="s">
-        <v>148</v>
+        <v>136</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>150</v>
+        <v>138</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E35" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F35" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>151</v>
+        <v>139</v>
       </c>
       <c r="H35" t="s">
-        <v>152</v>
+        <v>140</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>153</v>
+        <v>141</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>154</v>
+        <v>142</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E36" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F36" t="s">
-        <v>36</v>
+        <v>143</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>155</v>
+        <v>144</v>
       </c>
       <c r="H36" t="s">
-        <v>156</v>
+        <v>145</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>157</v>
+        <v>146</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E37" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F37" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="H37" t="s">
-        <v>160</v>
+        <v>149</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>161</v>
+        <v>150</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>162</v>
+        <v>151</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E38" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F38" t="s">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>163</v>
+        <v>152</v>
       </c>
       <c r="H38" t="s">
-        <v>164</v>
+        <v>153</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>166</v>
+        <v>155</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E39" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F39" t="s">
-        <v>18</v>
+        <v>156</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>167</v>
+        <v>157</v>
       </c>
       <c r="H39" t="s">
-        <v>168</v>
+        <v>158</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>169</v>
+        <v>159</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E40" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F40" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>171</v>
+        <v>161</v>
       </c>
       <c r="H40" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>172</v>
+        <v>163</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>173</v>
+        <v>164</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E41" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F41" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>174</v>
+        <v>165</v>
       </c>
       <c r="H41" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E42" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F42" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="H42" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E43" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F43" t="s">
-        <v>31</v>
+        <v>72</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="H43" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E44" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F44" t="s">
-        <v>185</v>
+        <v>72</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>186</v>
+        <v>177</v>
       </c>
       <c r="H44" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>188</v>
+        <v>179</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>189</v>
+        <v>180</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E45" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F45" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>190</v>
+        <v>181</v>
       </c>
       <c r="H45" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>192</v>
+        <v>183</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>193</v>
+        <v>184</v>
       </c>
       <c r="D46" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E46" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F46" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>194</v>
+        <v>185</v>
       </c>
       <c r="H46" t="s">
-        <v>195</v>
+        <v>186</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E47" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F47" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="H47" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>201</v>
+        <v>192</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E48" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F48" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>202</v>
+        <v>193</v>
       </c>
       <c r="H48" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>205</v>
+        <v>196</v>
       </c>
       <c r="D49" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E49" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F49" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="H49" t="s">
-        <v>207</v>
+        <v>198</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>209</v>
+        <v>200</v>
       </c>
       <c r="D50" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E50" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F50" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="H50" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="D51" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E51" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F51" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>214</v>
+        <v>205</v>
       </c>
       <c r="H51" t="s">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>216</v>
+        <v>206</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>217</v>
+        <v>207</v>
       </c>
       <c r="D52" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E52" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F52" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="H52" t="s">
-        <v>219</v>
+        <v>194</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>220</v>
+        <v>209</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E53" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F53" t="s">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="H53" t="s">
-        <v>223</v>
+        <v>212</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>224</v>
+        <v>213</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>225</v>
+        <v>214</v>
       </c>
       <c r="D54" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E54" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F54" t="s">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>226</v>
+        <v>215</v>
       </c>
       <c r="H54" t="s">
-        <v>227</v>
+        <v>216</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>228</v>
+        <v>217</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>229</v>
+        <v>218</v>
       </c>
       <c r="D55" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E55" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F55" t="s">
-        <v>36</v>
+        <v>219</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="H55" t="s">
-        <v>231</v>
+        <v>221</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>232</v>
+        <v>222</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>233</v>
+        <v>223</v>
       </c>
       <c r="D56" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E56" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F56" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>234</v>
+        <v>224</v>
       </c>
       <c r="H56" t="s">
-        <v>235</v>
+        <v>225</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>236</v>
+        <v>226</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E57" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="H57" t="s">
-        <v>239</v>
+        <v>229</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="D58" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E58" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F58" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>242</v>
+        <v>232</v>
       </c>
       <c r="H58" t="s">
-        <v>243</v>
+        <v>233</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>245</v>
+        <v>235</v>
       </c>
       <c r="D59" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E59" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F59" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
       <c r="H59" t="s">
-        <v>247</v>
+        <v>237</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>248</v>
+        <v>238</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>249</v>
+        <v>239</v>
       </c>
       <c r="D60" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E60" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F60" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="H60" t="s">
-        <v>251</v>
+        <v>241</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>252</v>
+        <v>242</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>253</v>
+        <v>243</v>
       </c>
       <c r="D61" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E61" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F61" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>254</v>
+        <v>244</v>
       </c>
       <c r="H61" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="D62" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E62" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F62" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>258</v>
+        <v>248</v>
       </c>
       <c r="H62" t="s">
-        <v>259</v>
+        <v>249</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>261</v>
+        <v>251</v>
       </c>
       <c r="D63" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E63" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F63" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
       <c r="H63" t="s">
-        <v>263</v>
+        <v>253</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>264</v>
+        <v>254</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="D64" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E64" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F64" t="s">
-        <v>266</v>
+        <v>13</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>267</v>
+        <v>256</v>
       </c>
       <c r="H64" t="s">
-        <v>268</v>
+        <v>257</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>269</v>
+        <v>258</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>270</v>
+        <v>259</v>
       </c>
       <c r="D65" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E65" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F65" t="s">
-        <v>271</v>
+        <v>13</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>272</v>
+        <v>260</v>
       </c>
       <c r="H65" t="s">
-        <v>273</v>
+        <v>261</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>274</v>
+        <v>262</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>275</v>
+        <v>263</v>
       </c>
       <c r="D66" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E66" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F66" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>276</v>
+        <v>264</v>
       </c>
       <c r="H66" t="s">
-        <v>277</v>
+        <v>265</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>278</v>
+        <v>266</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>279</v>
+        <v>267</v>
       </c>
       <c r="D67" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E67" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F67" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>280</v>
+        <v>268</v>
       </c>
       <c r="H67" t="s">
-        <v>281</v>
+        <v>269</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>282</v>
+        <v>270</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>283</v>
+        <v>271</v>
       </c>
       <c r="D68" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E68" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F68" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>284</v>
+        <v>272</v>
       </c>
       <c r="H68" t="s">
-        <v>285</v>
+        <v>273</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>287</v>
+        <v>275</v>
       </c>
       <c r="D69" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E69" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F69" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>288</v>
+        <v>276</v>
       </c>
       <c r="H69" t="s">
-        <v>289</v>
+        <v>277</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>290</v>
+        <v>278</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>291</v>
+        <v>279</v>
       </c>
       <c r="D70" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E70" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F70" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>292</v>
+        <v>280</v>
       </c>
       <c r="H70" t="s">
-        <v>293</v>
+        <v>281</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>294</v>
+        <v>282</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>295</v>
+        <v>283</v>
       </c>
       <c r="D71" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E71" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F71" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>296</v>
+        <v>284</v>
       </c>
       <c r="H71" t="s">
-        <v>297</v>
+        <v>285</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>298</v>
+        <v>286</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>299</v>
+        <v>287</v>
       </c>
       <c r="D72" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E72" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F72" t="s">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>300</v>
+        <v>288</v>
       </c>
       <c r="H72" t="s">
-        <v>301</v>
+        <v>289</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>302</v>
+        <v>290</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>303</v>
+        <v>291</v>
       </c>
       <c r="D73" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E73" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F73" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>304</v>
+        <v>292</v>
       </c>
       <c r="H73" t="s">
-        <v>305</v>
+        <v>293</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>306</v>
+        <v>294</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>307</v>
+        <v>295</v>
       </c>
       <c r="D74" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E74" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F74" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>308</v>
+        <v>296</v>
       </c>
       <c r="H74" t="s">
-        <v>309</v>
+        <v>297</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>310</v>
+        <v>298</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>311</v>
+        <v>299</v>
       </c>
       <c r="D75" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E75" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F75" t="s">
-        <v>18</v>
+        <v>300</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>312</v>
+        <v>301</v>
       </c>
       <c r="H75" t="s">
-        <v>313</v>
+        <v>302</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>314</v>
+        <v>303</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>315</v>
+        <v>304</v>
       </c>
       <c r="D76" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E76" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F76" t="s">
-        <v>36</v>
+        <v>305</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>316</v>
+        <v>306</v>
       </c>
       <c r="H76" t="s">
-        <v>317</v>
+        <v>307</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>318</v>
+        <v>308</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>319</v>
+        <v>309</v>
       </c>
       <c r="D77" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E77" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F77" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>320</v>
+        <v>310</v>
       </c>
       <c r="H77" t="s">
-        <v>321</v>
+        <v>311</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>322</v>
+        <v>312</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>323</v>
+        <v>313</v>
       </c>
       <c r="D78" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E78" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F78" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>324</v>
+        <v>314</v>
       </c>
       <c r="H78" t="s">
-        <v>325</v>
+        <v>315</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>326</v>
+        <v>316</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>327</v>
+        <v>317</v>
       </c>
       <c r="D79" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E79" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F79" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>328</v>
+        <v>318</v>
       </c>
       <c r="H79" t="s">
-        <v>329</v>
+        <v>319</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>330</v>
+        <v>320</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="D80" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E80" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F80" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>332</v>
+        <v>322</v>
       </c>
       <c r="H80" t="s">
-        <v>333</v>
+        <v>323</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>334</v>
+        <v>324</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>335</v>
+        <v>325</v>
       </c>
       <c r="D81" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E81" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F81" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>336</v>
+        <v>326</v>
       </c>
       <c r="H81" t="s">
-        <v>337</v>
+        <v>327</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>338</v>
+        <v>328</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>339</v>
+        <v>329</v>
       </c>
       <c r="D82" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E82" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F82" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>340</v>
+        <v>330</v>
       </c>
       <c r="H82" t="s">
-        <v>341</v>
+        <v>331</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>342</v>
+        <v>332</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>343</v>
+        <v>333</v>
       </c>
       <c r="D83" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E83" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F83" t="s">
-        <v>344</v>
+        <v>13</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>345</v>
+        <v>334</v>
       </c>
       <c r="H83" t="s">
-        <v>346</v>
+        <v>335</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>347</v>
+        <v>336</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>348</v>
+        <v>337</v>
       </c>
       <c r="D84" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E84" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F84" t="s">
-        <v>266</v>
+        <v>62</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>349</v>
+        <v>338</v>
       </c>
       <c r="H84" t="s">
-        <v>350</v>
+        <v>339</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>351</v>
+        <v>340</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>352</v>
+        <v>341</v>
       </c>
       <c r="D85" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E85" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F85" t="s">
-        <v>185</v>
+        <v>13</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>353</v>
+        <v>342</v>
       </c>
       <c r="H85" t="s">
-        <v>354</v>
+        <v>343</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>355</v>
+        <v>344</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>356</v>
+        <v>345</v>
       </c>
       <c r="D86" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E86" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F86" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>357</v>
+        <v>346</v>
       </c>
       <c r="H86" t="s">
-        <v>358</v>
+        <v>347</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>359</v>
+        <v>348</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>10</v>
+        <v>349</v>
       </c>
       <c r="D87" t="s">
-        <v>360</v>
+        <v>57</v>
       </c>
       <c r="E87" t="s">
-        <v>361</v>
+        <v>58</v>
       </c>
       <c r="F87" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>362</v>
+        <v>350</v>
       </c>
       <c r="H87" t="s">
-        <v>363</v>
+        <v>351</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>364</v>
+        <v>352</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>17</v>
+        <v>353</v>
       </c>
       <c r="D88" t="s">
-        <v>360</v>
+        <v>57</v>
       </c>
       <c r="E88" t="s">
-        <v>361</v>
+        <v>58</v>
       </c>
       <c r="F88" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>365</v>
+        <v>354</v>
       </c>
       <c r="H88" t="s">
-        <v>366</v>
+        <v>355</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>367</v>
+        <v>356</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>22</v>
+        <v>357</v>
       </c>
       <c r="D89" t="s">
-        <v>360</v>
+        <v>57</v>
       </c>
       <c r="E89" t="s">
-        <v>361</v>
+        <v>58</v>
       </c>
       <c r="F89" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>368</v>
+        <v>358</v>
       </c>
       <c r="H89" t="s">
-        <v>369</v>
+        <v>359</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>370</v>
+        <v>360</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>26</v>
+        <v>361</v>
       </c>
       <c r="D90" t="s">
-        <v>360</v>
+        <v>57</v>
       </c>
       <c r="E90" t="s">
-        <v>361</v>
+        <v>58</v>
       </c>
       <c r="F90" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>371</v>
+        <v>362</v>
       </c>
       <c r="H90" t="s">
-        <v>372</v>
+        <v>363</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>373</v>
+        <v>364</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>30</v>
+        <v>365</v>
       </c>
       <c r="D91" t="s">
-        <v>360</v>
+        <v>57</v>
       </c>
       <c r="E91" t="s">
-        <v>361</v>
+        <v>58</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="H91" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>35</v>
+        <v>369</v>
       </c>
       <c r="D92" t="s">
-        <v>360</v>
+        <v>57</v>
       </c>
       <c r="E92" t="s">
-        <v>361</v>
+        <v>58</v>
       </c>
       <c r="F92" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
       <c r="H92" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>40</v>
+        <v>373</v>
       </c>
       <c r="D93" t="s">
-        <v>360</v>
+        <v>57</v>
       </c>
       <c r="E93" t="s">
-        <v>361</v>
+        <v>58</v>
       </c>
       <c r="F93" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="H93" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>44</v>
+        <v>377</v>
       </c>
       <c r="D94" t="s">
-        <v>360</v>
+        <v>57</v>
       </c>
       <c r="E94" t="s">
-        <v>361</v>
+        <v>58</v>
       </c>
       <c r="F94" t="s">
-        <v>36</v>
+        <v>378</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="H94" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>381</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>382</v>
+      </c>
+      <c r="D95" t="s">
+        <v>57</v>
+      </c>
+      <c r="E95" t="s">
+        <v>58</v>
+      </c>
+      <c r="F95" t="s">
+        <v>300</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="H95" t="s">
         <v>384</v>
-      </c>
-[...19 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
+        <v>385</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>386</v>
+      </c>
+      <c r="D96" t="s">
+        <v>57</v>
+      </c>
+      <c r="E96" t="s">
+        <v>58</v>
+      </c>
+      <c r="F96" t="s">
+        <v>219</v>
+      </c>
+      <c r="G96" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="B96" t="s">
-[...14 lines deleted...]
-      <c r="G96" s="1" t="s">
+      <c r="H96" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>389</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
         <v>390</v>
       </c>
-      <c r="B97" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D97" t="s">
-        <v>360</v>
+        <v>57</v>
       </c>
       <c r="E97" t="s">
-        <v>361</v>
+        <v>58</v>
       </c>
       <c r="F97" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>391</v>
       </c>
       <c r="H97" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>393</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>10</v>
       </c>
       <c r="D98" t="s">
         <v>394</v>
       </c>
       <c r="E98" t="s">
         <v>395</v>
       </c>
       <c r="F98" t="s">
-        <v>31</v>
+        <v>72</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>396</v>
       </c>
       <c r="H98" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>398</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>17</v>
       </c>
       <c r="D99" t="s">
         <v>394</v>
       </c>
       <c r="E99" t="s">
         <v>395</v>
       </c>
       <c r="F99" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>399</v>
       </c>
       <c r="H99" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>401</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>22</v>
       </c>
       <c r="D100" t="s">
         <v>394</v>
       </c>
       <c r="E100" t="s">
         <v>395</v>
       </c>
       <c r="F100" t="s">
@@ -8176,11712 +8176,11712 @@
       </c>
       <c r="D102" t="s">
         <v>394</v>
       </c>
       <c r="E102" t="s">
         <v>395</v>
       </c>
       <c r="F102" t="s">
         <v>410</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>411</v>
       </c>
       <c r="H102" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>413</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D103" t="s">
         <v>394</v>
       </c>
       <c r="E103" t="s">
         <v>395</v>
       </c>
       <c r="F103" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>414</v>
       </c>
       <c r="H103" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>416</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D104" t="s">
         <v>394</v>
       </c>
       <c r="E104" t="s">
         <v>395</v>
       </c>
       <c r="F104" t="s">
-        <v>109</v>
+        <v>143</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>417</v>
       </c>
       <c r="H104" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>419</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>10</v>
       </c>
       <c r="D105" t="s">
         <v>420</v>
       </c>
       <c r="E105" t="s">
         <v>421</v>
       </c>
       <c r="F105" t="s">
+        <v>18</v>
+      </c>
+      <c r="G105" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="G105" s="1" t="s">
+      <c r="H105" t="s">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>17</v>
       </c>
       <c r="D106" t="s">
         <v>420</v>
       </c>
       <c r="E106" t="s">
         <v>421</v>
       </c>
       <c r="F106" t="s">
+        <v>305</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="H106" t="s">
         <v>426</v>
-      </c>
-[...4 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>22</v>
       </c>
       <c r="D107" t="s">
         <v>420</v>
       </c>
       <c r="E107" t="s">
         <v>421</v>
       </c>
       <c r="F107" t="s">
-        <v>430</v>
+        <v>72</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="H107" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>26</v>
       </c>
       <c r="D108" t="s">
         <v>420</v>
       </c>
       <c r="E108" t="s">
         <v>421</v>
       </c>
       <c r="F108" t="s">
-        <v>266</v>
+        <v>18</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="H108" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>30</v>
       </c>
       <c r="D109" t="s">
         <v>420</v>
       </c>
       <c r="E109" t="s">
         <v>421</v>
       </c>
       <c r="F109" t="s">
-        <v>109</v>
+        <v>18</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="H109" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D110" t="s">
         <v>420</v>
       </c>
       <c r="E110" t="s">
         <v>421</v>
       </c>
       <c r="F110" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="H110" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D111" t="s">
         <v>420</v>
       </c>
       <c r="E111" t="s">
         <v>421</v>
       </c>
       <c r="F111" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="H111" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D112" t="s">
         <v>420</v>
       </c>
       <c r="E112" t="s">
         <v>421</v>
       </c>
       <c r="F112" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="H112" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D113" t="s">
         <v>420</v>
       </c>
       <c r="E113" t="s">
         <v>421</v>
       </c>
       <c r="F113" t="s">
-        <v>449</v>
+        <v>378</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="H113" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D114" t="s">
         <v>420</v>
       </c>
       <c r="E114" t="s">
         <v>421</v>
       </c>
       <c r="F114" t="s">
-        <v>266</v>
+        <v>62</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="H114" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="D115" t="s">
-        <v>420</v>
+        <v>452</v>
       </c>
       <c r="E115" t="s">
-        <v>421</v>
+        <v>453</v>
       </c>
       <c r="F115" t="s">
-        <v>456</v>
+        <v>378</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="H115" t="s">
-        <v>458</v>
+        <v>229</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="D116" t="s">
-        <v>420</v>
+        <v>452</v>
       </c>
       <c r="E116" t="s">
-        <v>421</v>
+        <v>453</v>
       </c>
       <c r="F116" t="s">
-        <v>31</v>
+        <v>406</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="H116" t="s">
-        <v>461</v>
+        <v>229</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="D117" t="s">
-        <v>420</v>
+        <v>452</v>
       </c>
       <c r="E117" t="s">
-        <v>421</v>
+        <v>453</v>
       </c>
       <c r="F117" t="s">
-        <v>463</v>
+        <v>156</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>464</v>
+        <v>458</v>
       </c>
       <c r="H117" t="s">
-        <v>465</v>
+        <v>24</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>466</v>
+        <v>459</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>68</v>
+        <v>26</v>
       </c>
       <c r="D118" t="s">
-        <v>420</v>
+        <v>452</v>
       </c>
       <c r="E118" t="s">
-        <v>421</v>
+        <v>453</v>
       </c>
       <c r="F118" t="s">
-        <v>467</v>
+        <v>156</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
       <c r="H118" t="s">
-        <v>469</v>
+        <v>297</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>470</v>
+        <v>461</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="D119" t="s">
-        <v>420</v>
+        <v>452</v>
       </c>
       <c r="E119" t="s">
-        <v>421</v>
+        <v>453</v>
       </c>
       <c r="F119" t="s">
-        <v>471</v>
+        <v>462</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>472</v>
+        <v>463</v>
       </c>
       <c r="H119" t="s">
-        <v>461</v>
+        <v>47</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>473</v>
+        <v>464</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="D120" t="s">
-        <v>420</v>
+        <v>452</v>
       </c>
       <c r="E120" t="s">
-        <v>421</v>
+        <v>453</v>
       </c>
       <c r="F120" t="s">
-        <v>474</v>
+        <v>156</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>475</v>
+        <v>465</v>
       </c>
       <c r="H120" t="s">
-        <v>476</v>
+        <v>466</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>477</v>
+        <v>467</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>80</v>
+        <v>37</v>
       </c>
       <c r="D121" t="s">
-        <v>420</v>
+        <v>452</v>
       </c>
       <c r="E121" t="s">
-        <v>421</v>
+        <v>453</v>
       </c>
       <c r="F121" t="s">
-        <v>478</v>
+        <v>406</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>479</v>
+        <v>468</v>
       </c>
       <c r="H121" t="s">
-        <v>480</v>
+        <v>466</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>481</v>
+        <v>469</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>84</v>
+        <v>10</v>
       </c>
       <c r="D122" t="s">
-        <v>420</v>
+        <v>470</v>
       </c>
       <c r="E122" t="s">
-        <v>421</v>
+        <v>471</v>
       </c>
       <c r="F122" t="s">
-        <v>18</v>
+        <v>143</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>482</v>
+        <v>472</v>
       </c>
       <c r="H122" t="s">
-        <v>483</v>
+        <v>473</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>484</v>
+        <v>474</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>88</v>
+        <v>17</v>
       </c>
       <c r="D123" t="s">
-        <v>420</v>
+        <v>470</v>
       </c>
       <c r="E123" t="s">
-        <v>421</v>
+        <v>471</v>
       </c>
       <c r="F123" t="s">
-        <v>266</v>
+        <v>475</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>485</v>
+        <v>476</v>
       </c>
       <c r="H123" t="s">
-        <v>486</v>
+        <v>477</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>487</v>
+        <v>478</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>92</v>
+        <v>22</v>
       </c>
       <c r="D124" t="s">
-        <v>420</v>
+        <v>470</v>
       </c>
       <c r="E124" t="s">
-        <v>421</v>
+        <v>471</v>
       </c>
       <c r="F124" t="s">
-        <v>266</v>
+        <v>62</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>488</v>
+        <v>479</v>
       </c>
       <c r="H124" t="s">
-        <v>489</v>
+        <v>480</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>490</v>
+        <v>481</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>96</v>
+        <v>26</v>
       </c>
       <c r="D125" t="s">
-        <v>420</v>
+        <v>470</v>
       </c>
       <c r="E125" t="s">
-        <v>421</v>
+        <v>471</v>
       </c>
       <c r="F125" t="s">
-        <v>266</v>
+        <v>62</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>491</v>
+        <v>482</v>
       </c>
       <c r="H125" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>493</v>
+        <v>484</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="D126" t="s">
-        <v>420</v>
+        <v>470</v>
       </c>
       <c r="E126" t="s">
-        <v>421</v>
+        <v>471</v>
       </c>
       <c r="F126" t="s">
-        <v>109</v>
+        <v>62</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>494</v>
+        <v>485</v>
       </c>
       <c r="H126" t="s">
-        <v>495</v>
+        <v>486</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>496</v>
+        <v>487</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>104</v>
+        <v>34</v>
       </c>
       <c r="D127" t="s">
-        <v>420</v>
+        <v>470</v>
       </c>
       <c r="E127" t="s">
-        <v>421</v>
+        <v>471</v>
       </c>
       <c r="F127" t="s">
-        <v>185</v>
+        <v>488</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>497</v>
+        <v>489</v>
       </c>
       <c r="H127" t="s">
-        <v>498</v>
+        <v>490</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>499</v>
+        <v>491</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>108</v>
+        <v>37</v>
       </c>
       <c r="D128" t="s">
-        <v>420</v>
+        <v>470</v>
       </c>
       <c r="E128" t="s">
-        <v>421</v>
+        <v>471</v>
       </c>
       <c r="F128" t="s">
-        <v>185</v>
+        <v>305</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>500</v>
+        <v>492</v>
       </c>
       <c r="H128" t="s">
-        <v>501</v>
+        <v>493</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>113</v>
+        <v>41</v>
       </c>
       <c r="D129" t="s">
-        <v>420</v>
+        <v>470</v>
       </c>
       <c r="E129" t="s">
-        <v>421</v>
+        <v>471</v>
       </c>
       <c r="F129" t="s">
-        <v>185</v>
+        <v>378</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>503</v>
+        <v>495</v>
       </c>
       <c r="H129" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>505</v>
+        <v>497</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>117</v>
+        <v>45</v>
       </c>
       <c r="D130" t="s">
-        <v>420</v>
+        <v>470</v>
       </c>
       <c r="E130" t="s">
-        <v>421</v>
+        <v>471</v>
       </c>
       <c r="F130" t="s">
-        <v>31</v>
+        <v>498</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>506</v>
+        <v>499</v>
       </c>
       <c r="H130" t="s">
-        <v>507</v>
+        <v>500</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>508</v>
+        <v>501</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>121</v>
+        <v>49</v>
       </c>
       <c r="D131" t="s">
-        <v>420</v>
+        <v>470</v>
       </c>
       <c r="E131" t="s">
-        <v>421</v>
+        <v>471</v>
       </c>
       <c r="F131" t="s">
-        <v>31</v>
+        <v>72</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>509</v>
+        <v>502</v>
       </c>
       <c r="H131" t="s">
-        <v>510</v>
+        <v>503</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>511</v>
+        <v>504</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>126</v>
+        <v>53</v>
       </c>
       <c r="D132" t="s">
-        <v>420</v>
+        <v>470</v>
       </c>
       <c r="E132" t="s">
-        <v>421</v>
+        <v>471</v>
       </c>
       <c r="F132" t="s">
-        <v>406</v>
+        <v>72</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>512</v>
+        <v>505</v>
       </c>
       <c r="H132" t="s">
-        <v>513</v>
+        <v>506</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>514</v>
+        <v>507</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>130</v>
+        <v>94</v>
       </c>
       <c r="D133" t="s">
-        <v>420</v>
+        <v>470</v>
       </c>
       <c r="E133" t="s">
-        <v>421</v>
+        <v>471</v>
       </c>
       <c r="F133" t="s">
-        <v>515</v>
+        <v>72</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>516</v>
+        <v>508</v>
       </c>
       <c r="H133" t="s">
-        <v>517</v>
+        <v>509</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>518</v>
+        <v>510</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>134</v>
+        <v>98</v>
       </c>
       <c r="D134" t="s">
-        <v>420</v>
+        <v>470</v>
       </c>
       <c r="E134" t="s">
-        <v>421</v>
+        <v>471</v>
       </c>
       <c r="F134" t="s">
-        <v>519</v>
+        <v>72</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>520</v>
+        <v>511</v>
       </c>
       <c r="H134" t="s">
-        <v>521</v>
+        <v>512</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>522</v>
+        <v>513</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>138</v>
+        <v>10</v>
       </c>
       <c r="D135" t="s">
-        <v>420</v>
+        <v>514</v>
       </c>
       <c r="E135" t="s">
-        <v>421</v>
+        <v>515</v>
       </c>
       <c r="F135" t="s">
-        <v>185</v>
+        <v>62</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>523</v>
+        <v>516</v>
       </c>
       <c r="H135" t="s">
-        <v>524</v>
+        <v>517</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>525</v>
+        <v>518</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>142</v>
+        <v>10</v>
       </c>
       <c r="D136" t="s">
-        <v>420</v>
+        <v>519</v>
       </c>
       <c r="E136" t="s">
-        <v>421</v>
+        <v>520</v>
       </c>
       <c r="F136" t="s">
-        <v>31</v>
+        <v>62</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="H136" t="s">
-        <v>527</v>
+        <v>522</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>528</v>
+        <v>523</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>146</v>
+        <v>17</v>
       </c>
       <c r="D137" t="s">
-        <v>420</v>
+        <v>519</v>
       </c>
       <c r="E137" t="s">
-        <v>421</v>
+        <v>520</v>
       </c>
       <c r="F137" t="s">
-        <v>18</v>
+        <v>406</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>529</v>
+        <v>524</v>
       </c>
       <c r="H137" t="s">
-        <v>530</v>
+        <v>525</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>531</v>
+        <v>526</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>154</v>
+        <v>22</v>
       </c>
       <c r="D138" t="s">
-        <v>420</v>
+        <v>519</v>
       </c>
       <c r="E138" t="s">
-        <v>421</v>
+        <v>520</v>
       </c>
       <c r="F138" t="s">
-        <v>532</v>
+        <v>475</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>533</v>
+        <v>527</v>
       </c>
       <c r="H138" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>535</v>
+        <v>529</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
         <v>10</v>
       </c>
       <c r="D139" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="E139" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="F139" t="s">
-        <v>18</v>
+        <v>532</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>538</v>
+        <v>533</v>
       </c>
       <c r="H139" t="s">
-        <v>539</v>
+        <v>534</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>540</v>
+        <v>535</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
         <v>17</v>
       </c>
       <c r="D140" t="s">
+        <v>530</v>
+      </c>
+      <c r="E140" t="s">
+        <v>531</v>
+      </c>
+      <c r="F140" t="s">
         <v>536</v>
       </c>
-      <c r="E140" t="s">
+      <c r="G140" s="1" t="s">
         <v>537</v>
       </c>
-      <c r="F140" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H140" t="s">
-        <v>542</v>
+        <v>534</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>543</v>
+        <v>538</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>22</v>
       </c>
       <c r="D141" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="E141" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="F141" t="s">
-        <v>18</v>
+        <v>539</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="H141" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>26</v>
       </c>
       <c r="D142" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="E142" t="s">
-        <v>537</v>
+        <v>531</v>
+      </c>
+      <c r="F142" t="s">
+        <v>543</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>485</v>
+        <v>544</v>
       </c>
       <c r="H142" t="s">
-        <v>547</v>
+        <v>541</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
         <v>30</v>
       </c>
       <c r="D143" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="E143" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="F143" t="s">
-        <v>31</v>
+        <v>546</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="H143" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
+        <v>549</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>34</v>
+      </c>
+      <c r="D144" t="s">
+        <v>530</v>
+      </c>
+      <c r="E144" t="s">
+        <v>531</v>
+      </c>
+      <c r="F144" t="s">
+        <v>550</v>
+      </c>
+      <c r="G144" s="1" t="s">
         <v>551</v>
       </c>
-      <c r="B144" t="s">
-[...14 lines deleted...]
-      <c r="G144" s="1" t="s">
+      <c r="H144" t="s">
         <v>552</v>
-      </c>
-[...1 lines deleted...]
-        <v>553</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
+        <v>553</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>37</v>
+      </c>
+      <c r="D145" t="s">
+        <v>530</v>
+      </c>
+      <c r="E145" t="s">
+        <v>531</v>
+      </c>
+      <c r="F145" t="s">
+        <v>550</v>
+      </c>
+      <c r="G145" s="1" t="s">
         <v>554</v>
       </c>
-      <c r="B145" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H145" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
+        <v>555</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>41</v>
+      </c>
+      <c r="D146" t="s">
+        <v>530</v>
+      </c>
+      <c r="E146" t="s">
+        <v>531</v>
+      </c>
+      <c r="F146" t="s">
+        <v>378</v>
+      </c>
+      <c r="G146" s="1" t="s">
         <v>556</v>
       </c>
-      <c r="B146" t="s">
-[...14 lines deleted...]
-      <c r="G146" s="1" t="s">
+      <c r="H146" t="s">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>558</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
+        <v>558</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>45</v>
+      </c>
+      <c r="D147" t="s">
+        <v>530</v>
+      </c>
+      <c r="E147" t="s">
+        <v>531</v>
+      </c>
+      <c r="F147" t="s">
+        <v>300</v>
+      </c>
+      <c r="G147" s="1" t="s">
         <v>559</v>
       </c>
-      <c r="B147" t="s">
-[...14 lines deleted...]
-      <c r="G147" s="1" t="s">
+      <c r="H147" t="s">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>558</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>561</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D148" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="E148" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="F148" t="s">
-        <v>271</v>
+        <v>300</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>562</v>
       </c>
       <c r="H148" t="s">
-        <v>553</v>
+        <v>563</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="D149" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="E149" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="F149" t="s">
-        <v>31</v>
+        <v>62</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="H149" t="s">
-        <v>558</v>
+        <v>566</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>60</v>
+        <v>94</v>
       </c>
       <c r="D150" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="E150" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="F150" t="s">
-        <v>109</v>
+        <v>62</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="H150" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>64</v>
+        <v>98</v>
       </c>
       <c r="D151" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="E151" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="F151" t="s">
-        <v>13</v>
+        <v>571</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="H151" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
+        <v>574</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>102</v>
+      </c>
+      <c r="D152" t="s">
+        <v>530</v>
+      </c>
+      <c r="E152" t="s">
+        <v>531</v>
+      </c>
+      <c r="F152" t="s">
         <v>571</v>
       </c>
-      <c r="B152" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G152" s="1" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="H152" t="s">
-        <v>553</v>
+        <v>576</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>72</v>
+        <v>106</v>
       </c>
       <c r="D153" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="E153" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="F153" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="H153" t="s">
-        <v>553</v>
+        <v>580</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>76</v>
+        <v>110</v>
       </c>
       <c r="D154" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="E154" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="F154" t="s">
-        <v>18</v>
+        <v>578</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="H154" t="s">
-        <v>553</v>
+        <v>583</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>80</v>
+        <v>114</v>
       </c>
       <c r="D155" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="E155" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="F155" t="s">
-        <v>579</v>
+        <v>571</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="H155" t="s">
-        <v>553</v>
+        <v>586</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>84</v>
+        <v>118</v>
       </c>
       <c r="D156" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="E156" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="F156" t="s">
-        <v>18</v>
+        <v>571</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="H156" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>88</v>
+        <v>122</v>
       </c>
       <c r="D157" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="E157" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="F157" t="s">
-        <v>271</v>
+        <v>591</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="H157" t="s">
-        <v>567</v>
+        <v>593</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>586</v>
+        <v>594</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="D158" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="E158" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="F158" t="s">
-        <v>271</v>
+        <v>591</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>587</v>
+        <v>595</v>
       </c>
       <c r="H158" t="s">
-        <v>588</v>
+        <v>596</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>589</v>
+        <v>597</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>96</v>
+        <v>130</v>
       </c>
       <c r="D159" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="E159" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="F159" t="s">
-        <v>406</v>
+        <v>598</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>485</v>
+        <v>599</v>
       </c>
       <c r="H159" t="s">
-        <v>590</v>
+        <v>600</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>100</v>
+        <v>134</v>
       </c>
       <c r="D160" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="E160" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="F160" t="s">
-        <v>18</v>
+        <v>598</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>592</v>
+        <v>602</v>
       </c>
       <c r="H160" t="s">
-        <v>593</v>
+        <v>603</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>594</v>
+        <v>604</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>10</v>
+        <v>138</v>
       </c>
       <c r="D161" t="s">
-        <v>595</v>
+        <v>530</v>
       </c>
       <c r="E161" t="s">
-        <v>596</v>
+        <v>531</v>
       </c>
       <c r="F161" t="s">
-        <v>13</v>
+        <v>598</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>597</v>
+        <v>605</v>
       </c>
       <c r="H161" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>599</v>
+        <v>607</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>17</v>
+        <v>142</v>
       </c>
       <c r="D162" t="s">
-        <v>595</v>
+        <v>530</v>
       </c>
       <c r="E162" t="s">
-        <v>596</v>
+        <v>531</v>
       </c>
       <c r="F162" t="s">
-        <v>271</v>
+        <v>598</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>600</v>
+        <v>608</v>
       </c>
       <c r="H162" t="s">
-        <v>601</v>
+        <v>609</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>602</v>
+        <v>610</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>22</v>
+        <v>147</v>
       </c>
       <c r="D163" t="s">
-        <v>595</v>
+        <v>530</v>
       </c>
       <c r="E163" t="s">
-        <v>596</v>
+        <v>531</v>
       </c>
       <c r="F163" t="s">
-        <v>31</v>
+        <v>300</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="H163" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>605</v>
+        <v>613</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>26</v>
+        <v>151</v>
       </c>
       <c r="D164" t="s">
-        <v>595</v>
+        <v>530</v>
       </c>
       <c r="E164" t="s">
-        <v>596</v>
+        <v>531</v>
       </c>
       <c r="F164" t="s">
-        <v>13</v>
+        <v>300</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>606</v>
+        <v>614</v>
       </c>
       <c r="H164" t="s">
-        <v>607</v>
+        <v>615</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>608</v>
+        <v>616</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>30</v>
+        <v>155</v>
       </c>
       <c r="D165" t="s">
-        <v>595</v>
+        <v>530</v>
       </c>
       <c r="E165" t="s">
-        <v>596</v>
+        <v>531</v>
       </c>
       <c r="F165" t="s">
-        <v>13</v>
+        <v>300</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="H165" t="s">
-        <v>610</v>
+        <v>618</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>611</v>
+        <v>619</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>35</v>
+        <v>160</v>
       </c>
       <c r="D166" t="s">
-        <v>595</v>
+        <v>530</v>
       </c>
       <c r="E166" t="s">
-        <v>596</v>
+        <v>531</v>
       </c>
       <c r="F166" t="s">
-        <v>31</v>
+        <v>300</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="H166" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>40</v>
+        <v>164</v>
       </c>
       <c r="D167" t="s">
-        <v>595</v>
+        <v>530</v>
       </c>
       <c r="E167" t="s">
-        <v>596</v>
+        <v>531</v>
       </c>
       <c r="F167" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>615</v>
+        <v>623</v>
       </c>
       <c r="H167" t="s">
-        <v>616</v>
+        <v>624</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>617</v>
+        <v>625</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>44</v>
+        <v>168</v>
       </c>
       <c r="D168" t="s">
-        <v>595</v>
+        <v>530</v>
       </c>
       <c r="E168" t="s">
-        <v>596</v>
+        <v>531</v>
       </c>
       <c r="F168" t="s">
-        <v>31</v>
+        <v>626</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>618</v>
+        <v>627</v>
       </c>
       <c r="H168" t="s">
-        <v>619</v>
+        <v>628</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>620</v>
+        <v>629</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>48</v>
+        <v>172</v>
       </c>
       <c r="D169" t="s">
-        <v>595</v>
+        <v>530</v>
       </c>
       <c r="E169" t="s">
-        <v>596</v>
+        <v>531</v>
       </c>
       <c r="F169" t="s">
-        <v>344</v>
+        <v>630</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="H169" t="s">
-        <v>622</v>
+        <v>632</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>623</v>
+        <v>633</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>52</v>
+        <v>176</v>
       </c>
       <c r="D170" t="s">
-        <v>595</v>
+        <v>530</v>
       </c>
       <c r="E170" t="s">
-        <v>596</v>
+        <v>531</v>
       </c>
       <c r="F170" t="s">
-        <v>18</v>
+        <v>598</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>624</v>
+        <v>634</v>
       </c>
       <c r="H170" t="s">
-        <v>625</v>
+        <v>635</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>626</v>
+        <v>636</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>10</v>
+        <v>180</v>
       </c>
       <c r="D171" t="s">
-        <v>627</v>
+        <v>530</v>
       </c>
       <c r="E171" t="s">
-        <v>628</v>
+        <v>531</v>
       </c>
       <c r="F171" t="s">
-        <v>271</v>
+        <v>62</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>629</v>
+        <v>637</v>
       </c>
       <c r="H171" t="s">
-        <v>630</v>
+        <v>638</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>631</v>
+        <v>639</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>10</v>
+        <v>184</v>
       </c>
       <c r="D172" t="s">
-        <v>632</v>
+        <v>530</v>
       </c>
       <c r="E172" t="s">
-        <v>633</v>
+        <v>531</v>
       </c>
       <c r="F172" t="s">
-        <v>344</v>
+        <v>62</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="H172" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>17</v>
+        <v>188</v>
       </c>
       <c r="D173" t="s">
-        <v>632</v>
+        <v>530</v>
       </c>
       <c r="E173" t="s">
-        <v>633</v>
+        <v>531</v>
       </c>
       <c r="F173" t="s">
-        <v>185</v>
+        <v>72</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="H173" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>22</v>
+        <v>192</v>
       </c>
       <c r="D174" t="s">
-        <v>632</v>
+        <v>530</v>
       </c>
       <c r="E174" t="s">
-        <v>633</v>
+        <v>531</v>
       </c>
       <c r="F174" t="s">
-        <v>344</v>
+        <v>646</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
       <c r="H174" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>642</v>
+        <v>649</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>10</v>
+        <v>196</v>
       </c>
       <c r="D175" t="s">
-        <v>643</v>
+        <v>530</v>
       </c>
       <c r="E175" t="s">
-        <v>644</v>
+        <v>531</v>
       </c>
       <c r="F175" t="s">
-        <v>109</v>
+        <v>62</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="H175" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>17</v>
+        <v>200</v>
       </c>
       <c r="D176" t="s">
-        <v>643</v>
+        <v>530</v>
       </c>
       <c r="E176" t="s">
-        <v>644</v>
+        <v>531</v>
       </c>
       <c r="F176" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="H176" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>22</v>
+        <v>204</v>
       </c>
       <c r="D177" t="s">
-        <v>643</v>
+        <v>530</v>
       </c>
       <c r="E177" t="s">
-        <v>644</v>
+        <v>531</v>
       </c>
       <c r="F177" t="s">
-        <v>18</v>
+        <v>653</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="H177" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>26</v>
+        <v>207</v>
       </c>
       <c r="D178" t="s">
-        <v>643</v>
+        <v>530</v>
       </c>
       <c r="E178" t="s">
-        <v>644</v>
+        <v>531</v>
       </c>
       <c r="F178" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="H178" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>30</v>
+        <v>210</v>
       </c>
       <c r="D179" t="s">
-        <v>643</v>
+        <v>530</v>
       </c>
       <c r="E179" t="s">
-        <v>644</v>
+        <v>531</v>
       </c>
       <c r="F179" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="H179" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>35</v>
+        <v>214</v>
       </c>
       <c r="D180" t="s">
-        <v>643</v>
+        <v>530</v>
       </c>
       <c r="E180" t="s">
-        <v>644</v>
+        <v>531</v>
       </c>
       <c r="F180" t="s">
-        <v>661</v>
+        <v>62</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="H180" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>40</v>
+        <v>218</v>
       </c>
       <c r="D181" t="s">
-        <v>643</v>
+        <v>530</v>
       </c>
       <c r="E181" t="s">
-        <v>644</v>
+        <v>531</v>
       </c>
       <c r="F181" t="s">
-        <v>271</v>
+        <v>62</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H181" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>44</v>
+        <v>223</v>
       </c>
       <c r="D182" t="s">
-        <v>643</v>
+        <v>530</v>
       </c>
       <c r="E182" t="s">
-        <v>644</v>
+        <v>531</v>
       </c>
       <c r="F182" t="s">
-        <v>344</v>
+        <v>672</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="H182" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>48</v>
+        <v>227</v>
       </c>
       <c r="D183" t="s">
-        <v>643</v>
+        <v>530</v>
       </c>
       <c r="E183" t="s">
-        <v>644</v>
+        <v>531</v>
       </c>
       <c r="F183" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="H183" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>52</v>
+        <v>231</v>
       </c>
       <c r="D184" t="s">
-        <v>643</v>
+        <v>530</v>
       </c>
       <c r="E184" t="s">
-        <v>644</v>
+        <v>531</v>
       </c>
       <c r="F184" t="s">
-        <v>31</v>
+        <v>680</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="H184" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>56</v>
+        <v>235</v>
       </c>
       <c r="D185" t="s">
-        <v>643</v>
+        <v>530</v>
       </c>
       <c r="E185" t="s">
-        <v>644</v>
+        <v>531</v>
       </c>
       <c r="F185" t="s">
-        <v>31</v>
+        <v>684</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="H185" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>60</v>
+        <v>239</v>
       </c>
       <c r="D186" t="s">
-        <v>643</v>
+        <v>530</v>
       </c>
       <c r="E186" t="s">
-        <v>644</v>
+        <v>531</v>
       </c>
       <c r="F186" t="s">
-        <v>31</v>
+        <v>598</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="H186" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>64</v>
+        <v>243</v>
       </c>
       <c r="D187" t="s">
-        <v>643</v>
+        <v>530</v>
       </c>
       <c r="E187" t="s">
-        <v>644</v>
+        <v>531</v>
       </c>
       <c r="F187" t="s">
-        <v>31</v>
+        <v>300</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="H187" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>10</v>
+        <v>247</v>
       </c>
       <c r="D188" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E188" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F188" t="s">
-        <v>689</v>
+        <v>300</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="H188" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>17</v>
+        <v>251</v>
       </c>
       <c r="D189" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E189" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F189" t="s">
-        <v>693</v>
+        <v>475</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="H189" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>22</v>
+        <v>255</v>
       </c>
       <c r="D190" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E190" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F190" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="H190" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>26</v>
+        <v>259</v>
       </c>
       <c r="D191" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E191" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F191" t="s">
-        <v>271</v>
+        <v>704</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="H191" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>30</v>
+        <v>263</v>
       </c>
       <c r="D192" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E192" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F192" t="s">
-        <v>271</v>
+        <v>680</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>485</v>
+        <v>708</v>
       </c>
       <c r="H192" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>35</v>
+        <v>267</v>
       </c>
       <c r="D193" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E193" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F193" t="s">
-        <v>31</v>
+        <v>711</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>706</v>
+        <v>712</v>
       </c>
       <c r="H193" t="s">
-        <v>691</v>
+        <v>713</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>707</v>
+        <v>714</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>40</v>
+        <v>271</v>
       </c>
       <c r="D194" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E194" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F194" t="s">
-        <v>18</v>
+        <v>715</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>708</v>
+        <v>716</v>
       </c>
       <c r="H194" t="s">
-        <v>709</v>
+        <v>717</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>710</v>
+        <v>718</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>44</v>
+        <v>275</v>
       </c>
       <c r="D195" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E195" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F195" t="s">
-        <v>18</v>
+        <v>680</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>711</v>
+        <v>719</v>
       </c>
       <c r="H195" t="s">
-        <v>712</v>
+        <v>720</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>713</v>
+        <v>721</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>48</v>
+        <v>279</v>
       </c>
       <c r="D196" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E196" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F196" t="s">
-        <v>714</v>
+        <v>722</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>715</v>
+        <v>723</v>
       </c>
       <c r="H196" t="s">
-        <v>716</v>
+        <v>724</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>717</v>
+        <v>725</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>52</v>
+        <v>283</v>
       </c>
       <c r="D197" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E197" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F197" t="s">
-        <v>718</v>
+        <v>726</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>719</v>
+        <v>727</v>
       </c>
       <c r="H197" t="s">
-        <v>720</v>
+        <v>728</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>721</v>
+        <v>729</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>56</v>
+        <v>287</v>
       </c>
       <c r="D198" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E198" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F198" t="s">
-        <v>18</v>
+        <v>726</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>722</v>
+        <v>730</v>
       </c>
       <c r="H198" t="s">
-        <v>723</v>
+        <v>731</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>724</v>
+        <v>732</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>60</v>
+        <v>291</v>
       </c>
       <c r="D199" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E199" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F199" t="s">
-        <v>18</v>
+        <v>733</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>725</v>
+        <v>734</v>
       </c>
       <c r="H199" t="s">
-        <v>726</v>
+        <v>735</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>727</v>
+        <v>736</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>64</v>
+        <v>295</v>
       </c>
       <c r="D200" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E200" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F200" t="s">
-        <v>728</v>
+        <v>711</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="H200" t="s">
-        <v>730</v>
+        <v>738</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>731</v>
+        <v>739</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>68</v>
+        <v>299</v>
       </c>
       <c r="D201" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E201" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F201" t="s">
-        <v>185</v>
+        <v>711</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>732</v>
+        <v>740</v>
       </c>
       <c r="H201" t="s">
-        <v>733</v>
+        <v>741</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>734</v>
+        <v>742</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>72</v>
+        <v>304</v>
       </c>
       <c r="D202" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E202" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F202" t="s">
-        <v>185</v>
+        <v>62</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>735</v>
+        <v>743</v>
       </c>
       <c r="H202" t="s">
-        <v>736</v>
+        <v>744</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>737</v>
+        <v>745</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>76</v>
+        <v>309</v>
       </c>
       <c r="D203" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E203" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F203" t="s">
-        <v>738</v>
+        <v>746</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>739</v>
+        <v>747</v>
       </c>
       <c r="H203" t="s">
-        <v>740</v>
+        <v>748</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>741</v>
+        <v>749</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>80</v>
+        <v>313</v>
       </c>
       <c r="D204" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E204" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F204" t="s">
-        <v>18</v>
+        <v>750</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>742</v>
+        <v>751</v>
       </c>
       <c r="H204" t="s">
-        <v>743</v>
+        <v>752</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>744</v>
+        <v>753</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>84</v>
+        <v>317</v>
       </c>
       <c r="D205" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E205" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F205" t="s">
-        <v>18</v>
+        <v>300</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>745</v>
+        <v>754</v>
       </c>
       <c r="H205" t="s">
-        <v>746</v>
+        <v>755</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>747</v>
+        <v>756</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>88</v>
+        <v>321</v>
       </c>
       <c r="D206" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E206" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F206" t="s">
-        <v>18</v>
+        <v>757</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>748</v>
+        <v>758</v>
       </c>
       <c r="H206" t="s">
-        <v>749</v>
+        <v>759</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>750</v>
+        <v>760</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>92</v>
+        <v>325</v>
       </c>
       <c r="D207" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E207" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F207" t="s">
-        <v>751</v>
+        <v>300</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>752</v>
+        <v>761</v>
       </c>
       <c r="H207" t="s">
-        <v>753</v>
+        <v>762</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>754</v>
+        <v>763</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>96</v>
+        <v>329</v>
       </c>
       <c r="D208" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E208" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F208" t="s">
-        <v>18</v>
+        <v>300</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>755</v>
+        <v>764</v>
       </c>
       <c r="H208" t="s">
-        <v>756</v>
+        <v>765</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>757</v>
+        <v>766</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>100</v>
+        <v>333</v>
       </c>
       <c r="D209" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E209" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F209" t="s">
-        <v>406</v>
+        <v>72</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>758</v>
+        <v>767</v>
       </c>
       <c r="H209" t="s">
-        <v>759</v>
+        <v>768</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>760</v>
+        <v>769</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>104</v>
+        <v>337</v>
       </c>
       <c r="D210" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E210" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F210" t="s">
-        <v>406</v>
+        <v>72</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>761</v>
+        <v>770</v>
       </c>
       <c r="H210" t="s">
-        <v>762</v>
+        <v>771</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>108</v>
+        <v>341</v>
       </c>
       <c r="D211" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E211" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F211" t="s">
-        <v>406</v>
+        <v>773</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>764</v>
+        <v>774</v>
       </c>
       <c r="H211" t="s">
-        <v>765</v>
+        <v>534</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>766</v>
+        <v>775</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>113</v>
+        <v>345</v>
       </c>
       <c r="D212" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E212" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F212" t="s">
-        <v>18</v>
+        <v>630</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>767</v>
+        <v>776</v>
       </c>
       <c r="H212" t="s">
-        <v>768</v>
+        <v>777</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>769</v>
+        <v>778</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>117</v>
+        <v>349</v>
       </c>
       <c r="D213" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E213" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F213" t="s">
-        <v>770</v>
+        <v>300</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>771</v>
+        <v>779</v>
       </c>
       <c r="H213" t="s">
-        <v>772</v>
+        <v>780</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>121</v>
+        <v>353</v>
       </c>
       <c r="D214" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E214" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F214" t="s">
-        <v>774</v>
+        <v>300</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>775</v>
+        <v>782</v>
       </c>
       <c r="H214" t="s">
-        <v>776</v>
+        <v>783</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>777</v>
+        <v>784</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>126</v>
+        <v>357</v>
       </c>
       <c r="D215" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E215" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F215" t="s">
-        <v>778</v>
+        <v>300</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="H215" t="s">
-        <v>780</v>
+        <v>786</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>781</v>
+        <v>787</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>130</v>
+        <v>361</v>
       </c>
       <c r="D216" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E216" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F216" t="s">
-        <v>782</v>
+        <v>62</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="H216" t="s">
-        <v>780</v>
+        <v>789</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>784</v>
+        <v>790</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>134</v>
+        <v>365</v>
       </c>
       <c r="D217" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E217" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F217" t="s">
-        <v>18</v>
+        <v>300</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>785</v>
+        <v>465</v>
       </c>
       <c r="H217" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>138</v>
+        <v>369</v>
       </c>
       <c r="D218" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E218" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F218" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="H218" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>142</v>
+        <v>373</v>
       </c>
       <c r="D219" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E219" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F219" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>791</v>
+        <v>796</v>
       </c>
       <c r="H219" t="s">
-        <v>792</v>
+        <v>797</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>146</v>
+        <v>377</v>
       </c>
       <c r="D220" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E220" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F220" t="s">
-        <v>18</v>
+        <v>300</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
       <c r="H220" t="s">
-        <v>795</v>
+        <v>800</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>796</v>
+        <v>801</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>150</v>
+        <v>382</v>
       </c>
       <c r="D221" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E221" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F221" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>797</v>
+        <v>802</v>
       </c>
       <c r="H221" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>799</v>
+        <v>804</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>154</v>
+        <v>386</v>
       </c>
       <c r="D222" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E222" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F222" t="s">
-        <v>18</v>
+        <v>300</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
       <c r="H222" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>158</v>
+        <v>390</v>
       </c>
       <c r="D223" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E223" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F223" t="s">
-        <v>18</v>
+        <v>219</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
       <c r="H223" t="s">
-        <v>804</v>
+        <v>809</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>805</v>
+        <v>810</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>162</v>
+        <v>811</v>
       </c>
       <c r="D224" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E224" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F224" t="s">
-        <v>271</v>
+        <v>300</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>806</v>
+        <v>812</v>
       </c>
       <c r="H224" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>808</v>
+        <v>814</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>166</v>
+        <v>815</v>
       </c>
       <c r="D225" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E225" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F225" t="s">
-        <v>809</v>
+        <v>300</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>810</v>
+        <v>816</v>
       </c>
       <c r="H225" t="s">
-        <v>811</v>
+        <v>817</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>812</v>
+        <v>818</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>170</v>
+        <v>819</v>
       </c>
       <c r="D226" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E226" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F226" t="s">
-        <v>18</v>
+        <v>300</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>813</v>
+        <v>820</v>
       </c>
       <c r="H226" t="s">
-        <v>814</v>
+        <v>821</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>815</v>
+        <v>822</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>173</v>
+        <v>823</v>
       </c>
       <c r="D227" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E227" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F227" t="s">
-        <v>18</v>
+        <v>300</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>816</v>
+        <v>824</v>
       </c>
       <c r="H227" t="s">
-        <v>817</v>
+        <v>825</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>818</v>
+        <v>826</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>176</v>
+        <v>827</v>
       </c>
       <c r="D228" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E228" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F228" t="s">
-        <v>18</v>
+        <v>300</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>819</v>
+        <v>828</v>
       </c>
       <c r="H228" t="s">
-        <v>820</v>
+        <v>829</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>821</v>
+        <v>830</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>180</v>
+        <v>831</v>
       </c>
       <c r="D229" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E229" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F229" t="s">
-        <v>31</v>
+        <v>72</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>485</v>
+        <v>832</v>
       </c>
       <c r="H229" t="s">
-        <v>822</v>
+        <v>833</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>823</v>
+        <v>834</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>184</v>
+        <v>835</v>
       </c>
       <c r="D230" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E230" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F230" t="s">
-        <v>31</v>
+        <v>300</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>485</v>
+        <v>836</v>
       </c>
       <c r="H230" t="s">
-        <v>822</v>
+        <v>837</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>824</v>
+        <v>838</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>189</v>
+        <v>839</v>
       </c>
       <c r="D231" t="s">
-        <v>687</v>
+        <v>530</v>
       </c>
       <c r="E231" t="s">
-        <v>688</v>
+        <v>531</v>
       </c>
       <c r="F231" t="s">
-        <v>406</v>
+        <v>72</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>825</v>
+        <v>840</v>
       </c>
       <c r="H231" t="s">
-        <v>826</v>
+        <v>841</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>827</v>
+        <v>842</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>10</v>
+        <v>843</v>
       </c>
       <c r="D232" t="s">
-        <v>828</v>
+        <v>530</v>
       </c>
       <c r="E232" t="s">
-        <v>829</v>
+        <v>531</v>
       </c>
       <c r="F232" t="s">
-        <v>830</v>
+        <v>72</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>831</v>
+        <v>844</v>
       </c>
       <c r="H232" t="s">
-        <v>832</v>
+        <v>845</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>833</v>
+        <v>846</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>17</v>
+        <v>847</v>
       </c>
       <c r="D233" t="s">
-        <v>828</v>
+        <v>530</v>
       </c>
       <c r="E233" t="s">
-        <v>829</v>
+        <v>531</v>
       </c>
       <c r="F233" t="s">
-        <v>834</v>
+        <v>300</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>835</v>
+        <v>848</v>
       </c>
       <c r="H233" t="s">
-        <v>832</v>
+        <v>849</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>22</v>
+        <v>851</v>
       </c>
       <c r="D234" t="s">
-        <v>828</v>
+        <v>530</v>
       </c>
       <c r="E234" t="s">
-        <v>829</v>
+        <v>531</v>
       </c>
       <c r="F234" t="s">
-        <v>837</v>
+        <v>300</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>838</v>
+        <v>852</v>
       </c>
       <c r="H234" t="s">
-        <v>839</v>
+        <v>853</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>840</v>
+        <v>854</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>26</v>
+        <v>855</v>
       </c>
       <c r="D235" t="s">
-        <v>828</v>
+        <v>530</v>
       </c>
       <c r="E235" t="s">
-        <v>829</v>
+        <v>531</v>
       </c>
       <c r="F235" t="s">
-        <v>841</v>
+        <v>300</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>842</v>
+        <v>856</v>
       </c>
       <c r="H235" t="s">
-        <v>839</v>
+        <v>857</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>843</v>
+        <v>858</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>30</v>
+        <v>859</v>
       </c>
       <c r="D236" t="s">
-        <v>828</v>
+        <v>530</v>
       </c>
       <c r="E236" t="s">
-        <v>829</v>
+        <v>531</v>
       </c>
       <c r="F236" t="s">
-        <v>426</v>
+        <v>860</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>844</v>
+        <v>861</v>
       </c>
       <c r="H236" t="s">
-        <v>845</v>
+        <v>862</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>846</v>
+        <v>863</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>35</v>
+        <v>864</v>
       </c>
       <c r="D237" t="s">
-        <v>828</v>
+        <v>530</v>
       </c>
       <c r="E237" t="s">
-        <v>829</v>
+        <v>531</v>
       </c>
       <c r="F237" t="s">
-        <v>847</v>
+        <v>630</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>848</v>
+        <v>865</v>
       </c>
       <c r="H237" t="s">
-        <v>849</v>
+        <v>866</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>850</v>
+        <v>867</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>40</v>
+        <v>868</v>
       </c>
       <c r="D238" t="s">
-        <v>828</v>
+        <v>530</v>
       </c>
       <c r="E238" t="s">
-        <v>829</v>
+        <v>531</v>
       </c>
       <c r="F238" t="s">
-        <v>847</v>
+        <v>630</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>851</v>
+        <v>869</v>
       </c>
       <c r="H238" t="s">
-        <v>849</v>
+        <v>870</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>852</v>
+        <v>871</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>44</v>
+        <v>872</v>
       </c>
       <c r="D239" t="s">
-        <v>828</v>
+        <v>530</v>
       </c>
       <c r="E239" t="s">
-        <v>829</v>
+        <v>531</v>
       </c>
       <c r="F239" t="s">
-        <v>344</v>
+        <v>300</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>853</v>
+        <v>873</v>
       </c>
       <c r="H239" t="s">
-        <v>854</v>
+        <v>874</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>855</v>
+        <v>875</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>48</v>
+        <v>876</v>
       </c>
       <c r="D240" t="s">
-        <v>828</v>
+        <v>530</v>
       </c>
       <c r="E240" t="s">
-        <v>829</v>
+        <v>531</v>
       </c>
       <c r="F240" t="s">
-        <v>266</v>
+        <v>72</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>856</v>
+        <v>877</v>
       </c>
       <c r="H240" t="s">
-        <v>857</v>
+        <v>878</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>858</v>
+        <v>879</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="D241" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E241" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F241" t="s">
-        <v>266</v>
+        <v>882</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>859</v>
+        <v>883</v>
       </c>
       <c r="H241" t="s">
-        <v>860</v>
+        <v>884</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>861</v>
+        <v>885</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="D242" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E242" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F242" t="s">
-        <v>18</v>
+        <v>546</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>862</v>
+        <v>886</v>
       </c>
       <c r="H242" t="s">
-        <v>863</v>
+        <v>887</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>864</v>
+        <v>888</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="D243" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E243" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F243" t="s">
-        <v>18</v>
+        <v>889</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>865</v>
+        <v>890</v>
       </c>
       <c r="H243" t="s">
-        <v>866</v>
+        <v>891</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>867</v>
+        <v>892</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="D244" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E244" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F244" t="s">
-        <v>868</v>
+        <v>300</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>869</v>
+        <v>893</v>
       </c>
       <c r="H244" t="s">
-        <v>870</v>
+        <v>894</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>871</v>
+        <v>895</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="D245" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E245" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F245" t="s">
-        <v>868</v>
+        <v>143</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>872</v>
+        <v>896</v>
       </c>
       <c r="H245" t="s">
-        <v>873</v>
+        <v>897</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>874</v>
+        <v>898</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="D246" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E246" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F246" t="s">
-        <v>875</v>
+        <v>62</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>876</v>
+        <v>899</v>
       </c>
       <c r="H246" t="s">
-        <v>877</v>
+        <v>900</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>878</v>
+        <v>901</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>76</v>
+        <v>37</v>
       </c>
       <c r="D247" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E247" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F247" t="s">
-        <v>875</v>
+        <v>62</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>879</v>
+        <v>902</v>
       </c>
       <c r="H247" t="s">
-        <v>880</v>
+        <v>903</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
+        <v>904</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>41</v>
+      </c>
+      <c r="D248" t="s">
+        <v>880</v>
+      </c>
+      <c r="E248" t="s">
         <v>881</v>
       </c>
-      <c r="B248" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F248" t="s">
-        <v>868</v>
+        <v>62</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>882</v>
+        <v>905</v>
       </c>
       <c r="H248" t="s">
-        <v>883</v>
+        <v>906</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>884</v>
+        <v>907</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>84</v>
+        <v>45</v>
       </c>
       <c r="D249" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E249" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F249" t="s">
-        <v>868</v>
+        <v>680</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>885</v>
+        <v>908</v>
       </c>
       <c r="H249" t="s">
-        <v>886</v>
+        <v>909</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>887</v>
+        <v>910</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>88</v>
+        <v>49</v>
       </c>
       <c r="D250" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E250" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F250" t="s">
-        <v>888</v>
+        <v>300</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>889</v>
+        <v>911</v>
       </c>
       <c r="H250" t="s">
-        <v>890</v>
+        <v>912</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>891</v>
+        <v>913</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>92</v>
+        <v>53</v>
       </c>
       <c r="D251" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E251" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F251" t="s">
-        <v>888</v>
+        <v>914</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>892</v>
+        <v>915</v>
       </c>
       <c r="H251" t="s">
-        <v>893</v>
+        <v>916</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>894</v>
+        <v>917</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D252" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E252" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F252" t="s">
-        <v>895</v>
+        <v>72</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>896</v>
+        <v>918</v>
       </c>
       <c r="H252" t="s">
-        <v>897</v>
+        <v>919</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>898</v>
+        <v>920</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="D253" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E253" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F253" t="s">
-        <v>895</v>
+        <v>921</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>899</v>
+        <v>922</v>
       </c>
       <c r="H253" t="s">
-        <v>900</v>
+        <v>923</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>901</v>
+        <v>924</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D254" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E254" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F254" t="s">
-        <v>895</v>
+        <v>925</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>902</v>
+        <v>926</v>
       </c>
       <c r="H254" t="s">
-        <v>903</v>
+        <v>927</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>904</v>
+        <v>928</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D255" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E255" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F255" t="s">
-        <v>895</v>
+        <v>929</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>905</v>
+        <v>930</v>
       </c>
       <c r="H255" t="s">
-        <v>906</v>
+        <v>919</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>907</v>
+        <v>931</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="D256" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E256" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F256" t="s">
-        <v>266</v>
+        <v>932</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>908</v>
+        <v>933</v>
       </c>
       <c r="H256" t="s">
-        <v>909</v>
+        <v>934</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>910</v>
+        <v>935</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="D257" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E257" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F257" t="s">
-        <v>266</v>
+        <v>936</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>911</v>
+        <v>937</v>
       </c>
       <c r="H257" t="s">
-        <v>912</v>
+        <v>938</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>913</v>
+        <v>939</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D258" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E258" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F258" t="s">
-        <v>266</v>
+        <v>62</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>914</v>
+        <v>940</v>
       </c>
       <c r="H258" t="s">
-        <v>915</v>
+        <v>941</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>916</v>
+        <v>942</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D259" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E259" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F259" t="s">
-        <v>266</v>
+        <v>300</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>917</v>
+        <v>465</v>
       </c>
       <c r="H259" t="s">
-        <v>918</v>
+        <v>943</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>919</v>
+        <v>944</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="D260" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E260" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F260" t="s">
-        <v>31</v>
+        <v>300</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>920</v>
+        <v>945</v>
       </c>
       <c r="H260" t="s">
-        <v>921</v>
+        <v>946</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>922</v>
+        <v>947</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D261" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E261" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F261" t="s">
-        <v>923</v>
+        <v>300</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>924</v>
+        <v>948</v>
       </c>
       <c r="H261" t="s">
-        <v>925</v>
+        <v>949</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>926</v>
+        <v>950</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D262" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E262" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F262" t="s">
-        <v>927</v>
+        <v>143</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>928</v>
+        <v>951</v>
       </c>
       <c r="H262" t="s">
-        <v>929</v>
+        <v>952</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>930</v>
+        <v>953</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D263" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E263" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F263" t="s">
-        <v>895</v>
+        <v>219</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>931</v>
+        <v>954</v>
       </c>
       <c r="H263" t="s">
-        <v>932</v>
+        <v>955</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>933</v>
+        <v>956</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D264" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E264" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F264" t="s">
-        <v>18</v>
+        <v>219</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>934</v>
+        <v>957</v>
       </c>
       <c r="H264" t="s">
-        <v>935</v>
+        <v>958</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>936</v>
+        <v>959</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="D265" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E265" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F265" t="s">
-        <v>18</v>
+        <v>219</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>937</v>
+        <v>960</v>
       </c>
       <c r="H265" t="s">
-        <v>938</v>
+        <v>961</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>939</v>
+        <v>962</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="D266" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E266" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F266" t="s">
-        <v>31</v>
+        <v>72</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>940</v>
+        <v>963</v>
       </c>
       <c r="H266" t="s">
-        <v>941</v>
+        <v>964</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>942</v>
+        <v>965</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="D267" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E267" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F267" t="s">
-        <v>943</v>
+        <v>72</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>944</v>
+        <v>966</v>
       </c>
       <c r="H267" t="s">
-        <v>945</v>
+        <v>967</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>946</v>
+        <v>968</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="D268" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E268" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F268" t="s">
-        <v>18</v>
+        <v>406</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>947</v>
+        <v>969</v>
       </c>
       <c r="H268" t="s">
-        <v>948</v>
+        <v>970</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>949</v>
+        <v>971</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="D269" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E269" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F269" t="s">
-        <v>950</v>
+        <v>972</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>951</v>
+        <v>973</v>
       </c>
       <c r="H269" t="s">
-        <v>952</v>
+        <v>974</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>953</v>
+        <v>975</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="D270" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E270" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F270" t="s">
-        <v>950</v>
+        <v>976</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>954</v>
+        <v>977</v>
       </c>
       <c r="H270" t="s">
-        <v>955</v>
+        <v>978</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>956</v>
+        <v>979</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="D271" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E271" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F271" t="s">
-        <v>18</v>
+        <v>219</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>957</v>
+        <v>980</v>
       </c>
       <c r="H271" t="s">
-        <v>958</v>
+        <v>981</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>959</v>
+        <v>982</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
         <v>176</v>
       </c>
       <c r="D272" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E272" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F272" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>960</v>
+        <v>983</v>
       </c>
       <c r="H272" t="s">
-        <v>961</v>
+        <v>984</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>962</v>
+        <v>985</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
         <v>180</v>
       </c>
       <c r="D273" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E273" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F273" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>963</v>
+        <v>986</v>
       </c>
       <c r="H273" t="s">
-        <v>964</v>
+        <v>987</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>965</v>
+        <v>988</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D274" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="E274" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="F274" t="s">
-        <v>18</v>
+        <v>989</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>966</v>
+        <v>990</v>
       </c>
       <c r="H274" t="s">
-        <v>967</v>
+        <v>991</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>968</v>
+        <v>992</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>189</v>
+        <v>10</v>
       </c>
       <c r="D275" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E275" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F275" t="s">
-        <v>969</v>
+        <v>995</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>970</v>
+        <v>996</v>
       </c>
       <c r="H275" t="s">
-        <v>971</v>
+        <v>997</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>972</v>
+        <v>998</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>193</v>
+        <v>17</v>
       </c>
       <c r="D276" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E276" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F276" t="s">
-        <v>973</v>
+        <v>999</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>974</v>
+        <v>1000</v>
       </c>
       <c r="H276" t="s">
-        <v>975</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>976</v>
+        <v>1002</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>197</v>
+        <v>22</v>
       </c>
       <c r="D277" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E277" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F277" t="s">
-        <v>449</v>
+        <v>1003</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>977</v>
+        <v>1004</v>
       </c>
       <c r="H277" t="s">
-        <v>978</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>979</v>
+        <v>1006</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>201</v>
+        <v>26</v>
       </c>
       <c r="D278" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E278" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F278" t="s">
-        <v>980</v>
+        <v>305</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>981</v>
+        <v>1007</v>
       </c>
       <c r="H278" t="s">
-        <v>982</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>983</v>
+        <v>1009</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>205</v>
+        <v>30</v>
       </c>
       <c r="D279" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E279" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F279" t="s">
-        <v>895</v>
+        <v>305</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>984</v>
+        <v>465</v>
       </c>
       <c r="H279" t="s">
-        <v>985</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>986</v>
+        <v>1011</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>209</v>
+        <v>34</v>
       </c>
       <c r="D280" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E280" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F280" t="s">
-        <v>266</v>
+        <v>72</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>987</v>
+        <v>1012</v>
       </c>
       <c r="H280" t="s">
-        <v>988</v>
+        <v>997</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>989</v>
+        <v>1013</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>213</v>
+        <v>37</v>
       </c>
       <c r="D281" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E281" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F281" t="s">
-        <v>266</v>
+        <v>62</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>990</v>
+        <v>1014</v>
       </c>
       <c r="H281" t="s">
-        <v>991</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>992</v>
+        <v>1016</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>217</v>
+        <v>41</v>
       </c>
       <c r="D282" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E282" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F282" t="s">
-        <v>648</v>
+        <v>62</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>993</v>
+        <v>1017</v>
       </c>
       <c r="H282" t="s">
-        <v>994</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>995</v>
+        <v>1019</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>221</v>
+        <v>45</v>
       </c>
       <c r="D283" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E283" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F283" t="s">
-        <v>996</v>
+        <v>750</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>997</v>
+        <v>1020</v>
       </c>
       <c r="H283" t="s">
-        <v>998</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>999</v>
+        <v>1022</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>225</v>
+        <v>49</v>
       </c>
       <c r="D284" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E284" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F284" t="s">
-        <v>718</v>
+        <v>704</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1000</v>
+        <v>1023</v>
       </c>
       <c r="H284" t="s">
-        <v>1001</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1002</v>
+        <v>1025</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>229</v>
+        <v>53</v>
       </c>
       <c r="D285" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E285" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F285" t="s">
-        <v>449</v>
+        <v>62</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1003</v>
+        <v>1026</v>
       </c>
       <c r="H285" t="s">
-        <v>1004</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1005</v>
+        <v>1028</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>233</v>
+        <v>94</v>
       </c>
       <c r="D286" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E286" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F286" t="s">
-        <v>1006</v>
+        <v>62</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1007</v>
+        <v>1029</v>
       </c>
       <c r="H286" t="s">
-        <v>1008</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1009</v>
+        <v>1031</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>237</v>
+        <v>98</v>
       </c>
       <c r="D287" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E287" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F287" t="s">
-        <v>1010</v>
+        <v>1032</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1011</v>
+        <v>1033</v>
       </c>
       <c r="H287" t="s">
-        <v>1012</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1013</v>
+        <v>1035</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>241</v>
+        <v>102</v>
       </c>
       <c r="D288" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E288" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F288" t="s">
-        <v>449</v>
+        <v>219</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1014</v>
+        <v>1036</v>
       </c>
       <c r="H288" t="s">
-        <v>1015</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1016</v>
+        <v>1038</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>245</v>
+        <v>106</v>
       </c>
       <c r="D289" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E289" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F289" t="s">
-        <v>1017</v>
+        <v>219</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1018</v>
+        <v>1039</v>
       </c>
       <c r="H289" t="s">
-        <v>1019</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1020</v>
+        <v>1041</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>249</v>
+        <v>110</v>
       </c>
       <c r="D290" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E290" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F290" t="s">
-        <v>1021</v>
+        <v>1042</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1022</v>
+        <v>1043</v>
       </c>
       <c r="H290" t="s">
-        <v>1023</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1024</v>
+        <v>1045</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>253</v>
+        <v>114</v>
       </c>
       <c r="D291" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E291" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F291" t="s">
-        <v>1021</v>
+        <v>62</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1025</v>
+        <v>1046</v>
       </c>
       <c r="H291" t="s">
-        <v>1026</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1027</v>
+        <v>1048</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>257</v>
+        <v>118</v>
       </c>
       <c r="D292" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E292" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F292" t="s">
-        <v>1028</v>
+        <v>62</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1029</v>
+        <v>1049</v>
       </c>
       <c r="H292" t="s">
-        <v>1030</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1031</v>
+        <v>1051</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>261</v>
+        <v>122</v>
       </c>
       <c r="D293" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E293" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F293" t="s">
-        <v>1006</v>
+        <v>62</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1032</v>
+        <v>1052</v>
       </c>
       <c r="H293" t="s">
-        <v>1033</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1034</v>
+        <v>1054</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>265</v>
+        <v>126</v>
       </c>
       <c r="D294" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E294" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F294" t="s">
-        <v>1006</v>
+        <v>1055</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1035</v>
+        <v>1056</v>
       </c>
       <c r="H294" t="s">
-        <v>1036</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1037</v>
+        <v>1058</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>270</v>
+        <v>130</v>
       </c>
       <c r="D295" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E295" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F295" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1038</v>
+        <v>1059</v>
       </c>
       <c r="H295" t="s">
-        <v>1039</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1040</v>
+        <v>1061</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>275</v>
+        <v>134</v>
       </c>
       <c r="D296" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E296" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F296" t="s">
-        <v>1041</v>
+        <v>406</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1042</v>
+        <v>1062</v>
       </c>
       <c r="H296" t="s">
-        <v>1043</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1044</v>
+        <v>1064</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>279</v>
+        <v>138</v>
       </c>
       <c r="D297" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E297" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F297" t="s">
-        <v>714</v>
+        <v>406</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1045</v>
+        <v>1065</v>
       </c>
       <c r="H297" t="s">
-        <v>1046</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1047</v>
+        <v>1067</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>283</v>
+        <v>142</v>
       </c>
       <c r="D298" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E298" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F298" t="s">
-        <v>266</v>
+        <v>406</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1048</v>
+        <v>1068</v>
       </c>
       <c r="H298" t="s">
-        <v>1049</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1050</v>
+        <v>1070</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>287</v>
+        <v>147</v>
       </c>
       <c r="D299" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E299" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F299" t="s">
-        <v>1051</v>
+        <v>62</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1052</v>
+        <v>1071</v>
       </c>
       <c r="H299" t="s">
-        <v>1053</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1054</v>
+        <v>1073</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>291</v>
+        <v>151</v>
       </c>
       <c r="D300" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E300" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F300" t="s">
-        <v>266</v>
+        <v>1074</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1055</v>
+        <v>1075</v>
       </c>
       <c r="H300" t="s">
-        <v>1056</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1057</v>
+        <v>1077</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>295</v>
+        <v>155</v>
       </c>
       <c r="D301" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E301" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F301" t="s">
-        <v>266</v>
+        <v>1078</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1058</v>
+        <v>1079</v>
       </c>
       <c r="H301" t="s">
-        <v>1059</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1060</v>
+        <v>1081</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>299</v>
+        <v>160</v>
       </c>
       <c r="D302" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E302" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F302" t="s">
-        <v>31</v>
+        <v>1082</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="H302" t="s">
-        <v>1062</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1063</v>
+        <v>1085</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>303</v>
+        <v>164</v>
       </c>
       <c r="D303" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E303" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F303" t="s">
-        <v>31</v>
+        <v>1086</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1064</v>
+        <v>1087</v>
       </c>
       <c r="H303" t="s">
-        <v>1065</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1066</v>
+        <v>1088</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>307</v>
+        <v>168</v>
       </c>
       <c r="D304" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E304" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F304" t="s">
-        <v>1067</v>
+        <v>62</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1068</v>
+        <v>1089</v>
       </c>
       <c r="H304" t="s">
-        <v>832</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1069</v>
+        <v>1091</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>311</v>
+        <v>172</v>
       </c>
       <c r="D305" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E305" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F305" t="s">
-        <v>927</v>
+        <v>62</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1070</v>
+        <v>1092</v>
       </c>
       <c r="H305" t="s">
-        <v>1071</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1072</v>
+        <v>1094</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>315</v>
+        <v>176</v>
       </c>
       <c r="D306" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E306" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F306" t="s">
-        <v>266</v>
+        <v>62</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1073</v>
+        <v>1095</v>
       </c>
       <c r="H306" t="s">
-        <v>1074</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1075</v>
+        <v>1097</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>319</v>
+        <v>180</v>
       </c>
       <c r="D307" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E307" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F307" t="s">
-        <v>266</v>
+        <v>62</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1076</v>
+        <v>1098</v>
       </c>
       <c r="H307" t="s">
-        <v>1077</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1078</v>
+        <v>1100</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>323</v>
+        <v>184</v>
       </c>
       <c r="D308" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E308" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F308" t="s">
-        <v>266</v>
+        <v>62</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1079</v>
+        <v>1101</v>
       </c>
       <c r="H308" t="s">
-        <v>1080</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1081</v>
+        <v>1103</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>327</v>
+        <v>188</v>
       </c>
       <c r="D309" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E309" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F309" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1082</v>
+        <v>1104</v>
       </c>
       <c r="H309" t="s">
-        <v>1083</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1084</v>
+        <v>1106</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>331</v>
+        <v>192</v>
       </c>
       <c r="D310" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E310" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F310" t="s">
-        <v>266</v>
+        <v>62</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>485</v>
+        <v>1107</v>
       </c>
       <c r="H310" t="s">
-        <v>1085</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1086</v>
+        <v>1109</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>335</v>
+        <v>196</v>
       </c>
       <c r="D311" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E311" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F311" t="s">
-        <v>31</v>
+        <v>305</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1087</v>
+        <v>1110</v>
       </c>
       <c r="H311" t="s">
-        <v>1088</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1089</v>
+        <v>1112</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>339</v>
+        <v>200</v>
       </c>
       <c r="D312" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E312" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F312" t="s">
-        <v>31</v>
+        <v>1113</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1090</v>
+        <v>1114</v>
       </c>
       <c r="H312" t="s">
-        <v>1091</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1092</v>
+        <v>1116</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>343</v>
+        <v>204</v>
       </c>
       <c r="D313" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E313" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F313" t="s">
-        <v>266</v>
+        <v>62</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1093</v>
+        <v>1117</v>
       </c>
       <c r="H313" t="s">
-        <v>1094</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1095</v>
+        <v>1119</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>348</v>
+        <v>207</v>
       </c>
       <c r="D314" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E314" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F314" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1096</v>
+        <v>1120</v>
       </c>
       <c r="H314" t="s">
-        <v>1097</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1098</v>
+        <v>1122</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>352</v>
+        <v>210</v>
       </c>
       <c r="D315" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E315" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F315" t="s">
-        <v>266</v>
+        <v>62</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1099</v>
+        <v>1123</v>
       </c>
       <c r="H315" t="s">
-        <v>1100</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1101</v>
+        <v>1125</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>356</v>
+        <v>214</v>
       </c>
       <c r="D316" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E316" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F316" t="s">
-        <v>185</v>
+        <v>72</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1102</v>
+        <v>465</v>
       </c>
       <c r="H316" t="s">
-        <v>1103</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1104</v>
+        <v>1127</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>1105</v>
+        <v>218</v>
       </c>
       <c r="D317" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E317" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F317" t="s">
-        <v>266</v>
+        <v>72</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1106</v>
+        <v>465</v>
       </c>
       <c r="H317" t="s">
-        <v>1107</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>1109</v>
+        <v>223</v>
       </c>
       <c r="D318" t="s">
-        <v>828</v>
+        <v>993</v>
       </c>
       <c r="E318" t="s">
-        <v>829</v>
+        <v>994</v>
       </c>
       <c r="F318" t="s">
-        <v>266</v>
+        <v>406</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1110</v>
+        <v>1129</v>
       </c>
       <c r="H318" t="s">
-        <v>1111</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1112</v>
+        <v>1131</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>1113</v>
+        <v>10</v>
       </c>
       <c r="D319" t="s">
-        <v>828</v>
+        <v>1132</v>
       </c>
       <c r="E319" t="s">
-        <v>829</v>
+        <v>1133</v>
       </c>
       <c r="F319" t="s">
-        <v>266</v>
+        <v>62</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1114</v>
+        <v>1134</v>
       </c>
       <c r="H319" t="s">
-        <v>1115</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1116</v>
+        <v>1136</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>1117</v>
+        <v>17</v>
       </c>
       <c r="D320" t="s">
-        <v>828</v>
+        <v>1132</v>
       </c>
       <c r="E320" t="s">
-        <v>829</v>
+        <v>1133</v>
       </c>
       <c r="F320" t="s">
-        <v>266</v>
+        <v>62</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1118</v>
+        <v>1137</v>
       </c>
       <c r="H320" t="s">
-        <v>1119</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1120</v>
+        <v>1139</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>1121</v>
+        <v>22</v>
       </c>
       <c r="D321" t="s">
-        <v>828</v>
+        <v>1132</v>
       </c>
       <c r="E321" t="s">
-        <v>829</v>
+        <v>1133</v>
       </c>
       <c r="F321" t="s">
-        <v>266</v>
+        <v>62</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1122</v>
+        <v>1140</v>
       </c>
       <c r="H321" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>1125</v>
+        <v>26</v>
       </c>
       <c r="D322" t="s">
-        <v>828</v>
+        <v>1132</v>
       </c>
       <c r="E322" t="s">
-        <v>829</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>1133</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1126</v>
+        <v>465</v>
       </c>
       <c r="H322" t="s">
-        <v>1127</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1128</v>
+        <v>1144</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>1129</v>
+        <v>30</v>
       </c>
       <c r="D323" t="s">
-        <v>828</v>
+        <v>1132</v>
       </c>
       <c r="E323" t="s">
-        <v>829</v>
+        <v>1133</v>
       </c>
       <c r="F323" t="s">
-        <v>266</v>
+        <v>72</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1130</v>
+        <v>1145</v>
       </c>
       <c r="H323" t="s">
-        <v>1131</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B324" t="s">
+        <v>9</v>
+      </c>
+      <c r="C324" t="s">
+        <v>34</v>
+      </c>
+      <c r="D324" t="s">
         <v>1132</v>
       </c>
-      <c r="B324" t="s">
-[...2 lines deleted...]
-      <c r="C324" t="s">
+      <c r="E324" t="s">
         <v>1133</v>
       </c>
-      <c r="D324" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F324" t="s">
-        <v>31</v>
+        <v>72</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1134</v>
+        <v>1148</v>
       </c>
       <c r="H324" t="s">
-        <v>1135</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1136</v>
+        <v>1150</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>1137</v>
+        <v>37</v>
       </c>
       <c r="D325" t="s">
-        <v>828</v>
+        <v>1132</v>
       </c>
       <c r="E325" t="s">
-        <v>829</v>
+        <v>1133</v>
       </c>
       <c r="F325" t="s">
-        <v>31</v>
+        <v>62</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1138</v>
+        <v>1151</v>
       </c>
       <c r="H325" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1140</v>
+        <v>1152</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>1141</v>
+        <v>41</v>
       </c>
       <c r="D326" t="s">
-        <v>828</v>
+        <v>1132</v>
       </c>
       <c r="E326" t="s">
-        <v>829</v>
+        <v>1133</v>
       </c>
       <c r="F326" t="s">
-        <v>266</v>
+        <v>62</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1142</v>
+        <v>1153</v>
       </c>
       <c r="H326" t="s">
-        <v>1143</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1144</v>
+        <v>1155</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>1145</v>
+        <v>45</v>
       </c>
       <c r="D327" t="s">
-        <v>828</v>
+        <v>1132</v>
       </c>
       <c r="E327" t="s">
-        <v>829</v>
+        <v>1133</v>
       </c>
       <c r="F327" t="s">
-        <v>266</v>
+        <v>72</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1146</v>
+        <v>1156</v>
       </c>
       <c r="H327" t="s">
-        <v>1147</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1148</v>
+        <v>1157</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
+        <v>49</v>
+      </c>
+      <c r="D328" t="s">
+        <v>1132</v>
+      </c>
+      <c r="E328" t="s">
+        <v>1133</v>
+      </c>
+      <c r="F328" t="s">
+        <v>305</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>1158</v>
+      </c>
+      <c r="H328" t="s">
         <v>1149</v>
-      </c>
-[...13 lines deleted...]
-        <v>1151</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1152</v>
+        <v>1159</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>1153</v>
+        <v>53</v>
       </c>
       <c r="D329" t="s">
-        <v>828</v>
+        <v>1132</v>
       </c>
       <c r="E329" t="s">
-        <v>829</v>
+        <v>1133</v>
       </c>
       <c r="F329" t="s">
+        <v>72</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>1160</v>
+      </c>
+      <c r="H329" t="s">
         <v>1154</v>
-      </c>
-[...4 lines deleted...]
-        <v>1156</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>1158</v>
+        <v>94</v>
       </c>
       <c r="D330" t="s">
-        <v>828</v>
+        <v>1132</v>
       </c>
       <c r="E330" t="s">
-        <v>829</v>
+        <v>1133</v>
       </c>
       <c r="F330" t="s">
-        <v>927</v>
+        <v>143</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1159</v>
+        <v>1162</v>
       </c>
       <c r="H330" t="s">
-        <v>1160</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1161</v>
+        <v>1164</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>1162</v>
+        <v>98</v>
       </c>
       <c r="D331" t="s">
-        <v>828</v>
+        <v>1132</v>
       </c>
       <c r="E331" t="s">
-        <v>829</v>
+        <v>1133</v>
       </c>
       <c r="F331" t="s">
-        <v>927</v>
+        <v>18</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="H331" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>1166</v>
+        <v>102</v>
       </c>
       <c r="D332" t="s">
-        <v>828</v>
+        <v>1132</v>
       </c>
       <c r="E332" t="s">
-        <v>829</v>
+        <v>1133</v>
       </c>
       <c r="F332" t="s">
-        <v>266</v>
+        <v>300</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="H332" t="s">
-        <v>1168</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>1169</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
+        <v>106</v>
+      </c>
+      <c r="D333" t="s">
+        <v>1132</v>
+      </c>
+      <c r="E333" t="s">
+        <v>1133</v>
+      </c>
+      <c r="F333" t="s">
         <v>1170</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
       <c r="G333" s="1" t="s">
         <v>1171</v>
       </c>
       <c r="H333" t="s">
-        <v>1172</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B334" t="s">
+        <v>9</v>
+      </c>
+      <c r="C334" t="s">
+        <v>110</v>
+      </c>
+      <c r="D334" t="s">
+        <v>1132</v>
+      </c>
+      <c r="E334" t="s">
+        <v>1133</v>
+      </c>
+      <c r="F334" t="s">
+        <v>62</v>
+      </c>
+      <c r="G334" s="1" t="s">
         <v>1173</v>
       </c>
-      <c r="B334" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H334" t="s">
-        <v>1176</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1177</v>
+        <v>1174</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>10</v>
+        <v>114</v>
       </c>
       <c r="D335" t="s">
-        <v>1178</v>
+        <v>1132</v>
       </c>
       <c r="E335" t="s">
-        <v>1179</v>
+        <v>1133</v>
       </c>
       <c r="F335" t="s">
-        <v>344</v>
+        <v>1175</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1180</v>
+        <v>1176</v>
       </c>
       <c r="H335" t="s">
-        <v>195</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1181</v>
+        <v>1177</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>17</v>
+        <v>118</v>
       </c>
       <c r="D336" t="s">
+        <v>1132</v>
+      </c>
+      <c r="E336" t="s">
+        <v>1133</v>
+      </c>
+      <c r="F336" t="s">
+        <v>62</v>
+      </c>
+      <c r="G336" s="1" t="s">
         <v>1178</v>
       </c>
-      <c r="E336" t="s">
+      <c r="H336" t="s">
         <v>1179</v>
-      </c>
-[...7 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1183</v>
+        <v>1180</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>22</v>
+        <v>122</v>
       </c>
       <c r="D337" t="s">
-        <v>1178</v>
+        <v>1132</v>
       </c>
       <c r="E337" t="s">
-        <v>1179</v>
+        <v>1133</v>
       </c>
       <c r="F337" t="s">
-        <v>122</v>
+        <v>305</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1184</v>
+        <v>1181</v>
       </c>
       <c r="H337" t="s">
-        <v>369</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1185</v>
+        <v>1182</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>26</v>
+        <v>126</v>
       </c>
       <c r="D338" t="s">
-        <v>1178</v>
+        <v>1132</v>
       </c>
       <c r="E338" t="s">
-        <v>1179</v>
+        <v>1133</v>
       </c>
       <c r="F338" t="s">
-        <v>122</v>
+        <v>305</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1186</v>
+        <v>1183</v>
       </c>
       <c r="H338" t="s">
-        <v>263</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1187</v>
+        <v>1185</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>30</v>
+        <v>130</v>
       </c>
       <c r="D339" t="s">
-        <v>1178</v>
+        <v>1132</v>
       </c>
       <c r="E339" t="s">
-        <v>1179</v>
+        <v>1133</v>
       </c>
       <c r="F339" t="s">
-        <v>1188</v>
+        <v>406</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1189</v>
+        <v>465</v>
       </c>
       <c r="H339" t="s">
-        <v>386</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>35</v>
+        <v>134</v>
       </c>
       <c r="D340" t="s">
-        <v>1178</v>
+        <v>1132</v>
       </c>
       <c r="E340" t="s">
-        <v>1179</v>
+        <v>1133</v>
       </c>
       <c r="F340" t="s">
-        <v>122</v>
+        <v>62</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>485</v>
+        <v>1188</v>
       </c>
       <c r="H340" t="s">
-        <v>1191</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B341" t="s">
+        <v>9</v>
+      </c>
+      <c r="C341" t="s">
+        <v>10</v>
+      </c>
+      <c r="D341" t="s">
+        <v>1191</v>
+      </c>
+      <c r="E341" t="s">
         <v>1192</v>
       </c>
-      <c r="B341" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F341" t="s">
-        <v>406</v>
+        <v>1193</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="H341" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D342" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E342" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F342" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G342" s="1" t="s">
         <v>1197</v>
       </c>
-      <c r="G342" s="1" t="s">
+      <c r="H342" t="s">
         <v>1198</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>1199</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D343" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E343" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F343" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G343" s="1" t="s">
         <v>1200</v>
       </c>
       <c r="H343" t="s">
-        <v>33</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>1201</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D344" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E344" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F344" t="s">
-        <v>1197</v>
+        <v>462</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1202</v>
+        <v>465</v>
       </c>
       <c r="H344" t="s">
-        <v>38</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B345" t="s">
+        <v>9</v>
+      </c>
+      <c r="C345" t="s">
+        <v>30</v>
+      </c>
+      <c r="D345" t="s">
+        <v>1191</v>
+      </c>
+      <c r="E345" t="s">
+        <v>1192</v>
+      </c>
+      <c r="F345" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G345" s="1" t="s">
         <v>1203</v>
       </c>
-      <c r="B345" t="s">
-[...14 lines deleted...]
-      <c r="G345" s="1" t="s">
+      <c r="H345" t="s">
         <v>1204</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>1205</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D346" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E346" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F346" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G346" s="1" t="s">
         <v>1206</v>
       </c>
       <c r="H346" t="s">
         <v>1207</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>1208</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D347" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E347" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F347" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>485</v>
+        <v>1209</v>
       </c>
       <c r="H347" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D348" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E348" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F348" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="H348" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D349" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E349" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F349" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="H349" t="s">
-        <v>74</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D350" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E350" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F350" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="H350" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D351" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E351" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F351" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="H351" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>56</v>
+        <v>94</v>
       </c>
       <c r="D352" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E352" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F352" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="H352" t="s">
-        <v>70</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1223</v>
+        <v>1226</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>60</v>
+        <v>98</v>
       </c>
       <c r="D353" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E353" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F353" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1224</v>
+        <v>1227</v>
       </c>
       <c r="H353" t="s">
-        <v>1225</v>
+        <v>140</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>64</v>
+        <v>102</v>
       </c>
       <c r="D354" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E354" t="s">
-        <v>1196</v>
-[...2 lines deleted...]
-        <v>1197</v>
+        <v>1192</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="H354" t="s">
-        <v>144</v>
+        <v>174</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>68</v>
+        <v>106</v>
       </c>
       <c r="D355" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E355" t="s">
-        <v>1196</v>
-[...2 lines deleted...]
-        <v>1197</v>
+        <v>1192</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="H355" t="s">
-        <v>152</v>
+        <v>397</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>72</v>
+        <v>110</v>
       </c>
       <c r="D356" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E356" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F356" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="H356" t="s">
-        <v>115</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1232</v>
+        <v>1235</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>76</v>
+        <v>114</v>
       </c>
       <c r="D357" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E357" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F357" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
       <c r="H357" t="s">
-        <v>46</v>
+        <v>186</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1234</v>
+        <v>1237</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>80</v>
+        <v>118</v>
       </c>
       <c r="D358" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E358" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F358" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
       <c r="H358" t="s">
-        <v>132</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>84</v>
+        <v>122</v>
       </c>
       <c r="D359" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E359" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F359" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1237</v>
+        <v>1241</v>
       </c>
       <c r="H359" t="s">
-        <v>182</v>
+        <v>216</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1238</v>
+        <v>1242</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>88</v>
+        <v>126</v>
       </c>
       <c r="D360" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E360" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F360" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1239</v>
+        <v>1243</v>
       </c>
       <c r="H360" t="s">
-        <v>1240</v>
+        <v>83</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>92</v>
+        <v>130</v>
       </c>
       <c r="D361" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E361" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F361" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="H361" t="s">
-        <v>124</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>96</v>
+        <v>134</v>
       </c>
       <c r="D362" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E362" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F362" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1244</v>
+        <v>1248</v>
       </c>
       <c r="H362" t="s">
-        <v>66</v>
+        <v>83</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1245</v>
+        <v>1249</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>100</v>
+        <v>138</v>
       </c>
       <c r="D363" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E363" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F363" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1246</v>
+        <v>1250</v>
       </c>
       <c r="H363" t="s">
-        <v>140</v>
+        <v>432</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1247</v>
+        <v>1251</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="D364" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E364" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F364" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1248</v>
+        <v>1252</v>
       </c>
       <c r="H364" t="s">
-        <v>187</v>
+        <v>435</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>108</v>
+        <v>147</v>
       </c>
       <c r="D365" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E365" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F365" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
       <c r="H365" t="s">
-        <v>1251</v>
+        <v>408</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1252</v>
+        <v>1255</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>113</v>
+        <v>151</v>
       </c>
       <c r="D366" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E366" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F366" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="H366" t="s">
-        <v>156</v>
+        <v>194</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>117</v>
+        <v>155</v>
       </c>
       <c r="D367" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E367" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F367" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1255</v>
+        <v>1258</v>
       </c>
       <c r="H367" t="s">
-        <v>128</v>
+        <v>190</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>121</v>
+        <v>160</v>
       </c>
       <c r="D368" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E368" t="s">
-        <v>1196</v>
+        <v>1192</v>
+      </c>
+      <c r="F368" t="s">
+        <v>1193</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
       <c r="H368" t="s">
-        <v>203</v>
+        <v>162</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>126</v>
+        <v>164</v>
       </c>
       <c r="D369" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E369" t="s">
-        <v>1196</v>
+        <v>1192</v>
+      </c>
+      <c r="F369" t="s">
+        <v>1193</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="H369" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>130</v>
+        <v>168</v>
       </c>
       <c r="D370" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E370" t="s">
-        <v>1196</v>
+        <v>1192</v>
+      </c>
+      <c r="F370" t="s">
+        <v>1193</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>485</v>
+        <v>1264</v>
       </c>
       <c r="H370" t="s">
-        <v>215</v>
+        <v>412</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>134</v>
+        <v>172</v>
       </c>
       <c r="D371" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E371" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F371" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="H371" t="s">
-        <v>1263</v>
+        <v>229</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>138</v>
+        <v>176</v>
       </c>
       <c r="D372" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E372" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F372" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1265</v>
+        <v>1268</v>
       </c>
       <c r="H372" t="s">
-        <v>1266</v>
+        <v>245</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>142</v>
+        <v>180</v>
       </c>
       <c r="D373" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E373" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F373" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="H373" t="s">
-        <v>1269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>146</v>
+        <v>184</v>
       </c>
       <c r="D374" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E374" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F374" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="H374" t="s">
-        <v>207</v>
+        <v>253</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>150</v>
+        <v>188</v>
       </c>
       <c r="D375" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E375" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F375" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="H375" t="s">
-        <v>199</v>
+        <v>257</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>154</v>
+        <v>192</v>
       </c>
       <c r="D376" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E376" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F376" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="H376" t="s">
-        <v>62</v>
+        <v>225</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>158</v>
+        <v>196</v>
       </c>
       <c r="D377" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E377" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F377" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="H377" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>162</v>
+        <v>200</v>
       </c>
       <c r="D378" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E378" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F378" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="H378" t="s">
-        <v>1280</v>
+        <v>32</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
         <v>1281</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>166</v>
+        <v>204</v>
       </c>
       <c r="D379" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E379" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F379" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G379" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="H379" t="s">
-        <v>1283</v>
+        <v>233</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B380" t="s">
+        <v>9</v>
+      </c>
+      <c r="C380" t="s">
+        <v>207</v>
+      </c>
+      <c r="D380" t="s">
+        <v>1191</v>
+      </c>
+      <c r="E380" t="s">
+        <v>1192</v>
+      </c>
+      <c r="F380" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G380" s="1" t="s">
         <v>1284</v>
       </c>
-      <c r="B380" t="s">
-[...14 lines deleted...]
-      <c r="G380" s="1" t="s">
+      <c r="H380" t="s">
         <v>1285</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
         <v>1286</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>173</v>
+        <v>210</v>
       </c>
       <c r="D381" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E381" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F381" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G381" s="1" t="s">
         <v>1287</v>
       </c>
       <c r="H381" t="s">
-        <v>1288</v>
+        <v>241</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B382" t="s">
+        <v>9</v>
+      </c>
+      <c r="C382" t="s">
+        <v>214</v>
+      </c>
+      <c r="D382" t="s">
+        <v>1191</v>
+      </c>
+      <c r="E382" t="s">
+        <v>1192</v>
+      </c>
+      <c r="F382" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G382" s="1" t="s">
         <v>1289</v>
       </c>
-      <c r="B382" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H382" t="s">
-        <v>1291</v>
+        <v>441</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1292</v>
+        <v>1290</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>180</v>
+        <v>218</v>
       </c>
       <c r="D383" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E383" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F383" t="s">
-        <v>1293</v>
+        <v>1193</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1294</v>
+        <v>1291</v>
       </c>
       <c r="H383" t="s">
-        <v>285</v>
+        <v>265</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1295</v>
+        <v>1292</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>184</v>
+        <v>223</v>
       </c>
       <c r="D384" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E384" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F384" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1296</v>
+        <v>1293</v>
       </c>
       <c r="H384" t="s">
-        <v>255</v>
+        <v>124</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1297</v>
+        <v>1294</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>189</v>
+        <v>227</v>
       </c>
       <c r="D385" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E385" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F385" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1298</v>
+        <v>1295</v>
       </c>
       <c r="H385" t="s">
-        <v>1299</v>
+        <v>182</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1300</v>
+        <v>1296</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>193</v>
+        <v>231</v>
       </c>
       <c r="D386" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E386" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F386" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1301</v>
+        <v>1297</v>
       </c>
       <c r="H386" t="s">
-        <v>82</v>
+        <v>261</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1302</v>
+        <v>1298</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>197</v>
+        <v>235</v>
       </c>
       <c r="D387" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E387" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F387" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1303</v>
+        <v>1299</v>
       </c>
       <c r="H387" t="s">
-        <v>168</v>
+        <v>202</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1304</v>
+        <v>1300</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>201</v>
+        <v>239</v>
       </c>
       <c r="D388" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E388" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F388" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1305</v>
+        <v>1301</v>
       </c>
       <c r="H388" t="s">
-        <v>1306</v>
+        <v>285</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1307</v>
+        <v>1302</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>205</v>
+        <v>243</v>
       </c>
       <c r="D389" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E389" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F389" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1308</v>
+        <v>1303</v>
       </c>
       <c r="H389" t="s">
-        <v>1309</v>
+        <v>24</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1310</v>
+        <v>1304</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>209</v>
+        <v>247</v>
       </c>
       <c r="D390" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E390" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F390" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1311</v>
+        <v>1305</v>
       </c>
       <c r="H390" t="s">
-        <v>1312</v>
+        <v>444</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1313</v>
+        <v>1306</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>213</v>
+        <v>251</v>
       </c>
       <c r="D391" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E391" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F391" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1314</v>
+        <v>1307</v>
       </c>
       <c r="H391" t="s">
-        <v>1315</v>
+        <v>269</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1316</v>
+        <v>1308</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>217</v>
+        <v>255</v>
       </c>
       <c r="D392" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E392" t="s">
-        <v>1196</v>
+        <v>1192</v>
+      </c>
+      <c r="F392" t="s">
+        <v>1193</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>485</v>
+        <v>1309</v>
       </c>
       <c r="H392" t="s">
-        <v>1317</v>
+        <v>39</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1318</v>
+        <v>1310</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>221</v>
+        <v>259</v>
       </c>
       <c r="D393" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E393" t="s">
-        <v>1196</v>
+        <v>1192</v>
+      </c>
+      <c r="F393" t="s">
+        <v>1193</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>485</v>
+        <v>1311</v>
       </c>
       <c r="H393" t="s">
-        <v>1319</v>
+        <v>297</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1320</v>
+        <v>1312</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>225</v>
+        <v>263</v>
       </c>
       <c r="D394" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E394" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F394" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1321</v>
+        <v>1313</v>
       </c>
       <c r="H394" t="s">
-        <v>337</v>
+        <v>319</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1322</v>
+        <v>1314</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>229</v>
+        <v>267</v>
       </c>
       <c r="D395" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E395" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F395" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1323</v>
+        <v>1315</v>
       </c>
       <c r="H395" t="s">
-        <v>1324</v>
+        <v>24</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1325</v>
+        <v>1316</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>233</v>
+        <v>271</v>
       </c>
       <c r="D396" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E396" t="s">
-        <v>1196</v>
-[...2 lines deleted...]
-        <v>1197</v>
+        <v>1192</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1326</v>
+        <v>1317</v>
       </c>
       <c r="H396" t="s">
-        <v>1327</v>
+        <v>307</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1328</v>
+        <v>1318</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>237</v>
+        <v>275</v>
       </c>
       <c r="D397" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E397" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F397" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1329</v>
+        <v>1319</v>
       </c>
       <c r="H397" t="s">
-        <v>1330</v>
+        <v>429</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1331</v>
+        <v>1320</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>10</v>
+        <v>279</v>
       </c>
       <c r="D398" t="s">
-        <v>1332</v>
+        <v>1191</v>
       </c>
       <c r="E398" t="s">
-        <v>1333</v>
+        <v>1192</v>
       </c>
       <c r="F398" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1334</v>
+        <v>1321</v>
       </c>
       <c r="H398" t="s">
-        <v>1335</v>
+        <v>293</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1336</v>
+        <v>1322</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>17</v>
+        <v>283</v>
       </c>
       <c r="D399" t="s">
-        <v>1332</v>
+        <v>1191</v>
       </c>
       <c r="E399" t="s">
-        <v>1333</v>
+        <v>1192</v>
       </c>
       <c r="F399" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1337</v>
+        <v>1323</v>
       </c>
       <c r="H399" t="s">
-        <v>372</v>
+        <v>400</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1338</v>
+        <v>1324</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>22</v>
+        <v>287</v>
       </c>
       <c r="D400" t="s">
-        <v>1332</v>
+        <v>1191</v>
       </c>
       <c r="E400" t="s">
-        <v>1333</v>
+        <v>1192</v>
+      </c>
+      <c r="F400" t="s">
+        <v>1193</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1339</v>
+        <v>1325</v>
       </c>
       <c r="H400" t="s">
-        <v>375</v>
+        <v>289</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1340</v>
+        <v>1326</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>26</v>
+        <v>291</v>
       </c>
       <c r="D401" t="s">
-        <v>1332</v>
+        <v>1191</v>
       </c>
       <c r="E401" t="s">
-        <v>1333</v>
+        <v>1192</v>
       </c>
       <c r="F401" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1341</v>
+        <v>1327</v>
       </c>
       <c r="H401" t="s">
-        <v>380</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1342</v>
+        <v>1329</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>30</v>
+        <v>295</v>
       </c>
       <c r="D402" t="s">
-        <v>1332</v>
+        <v>1191</v>
       </c>
       <c r="E402" t="s">
-        <v>1333</v>
+        <v>1192</v>
       </c>
       <c r="F402" t="s">
-        <v>1293</v>
+        <v>1193</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1343</v>
+        <v>1330</v>
       </c>
       <c r="H402" t="s">
-        <v>369</v>
+        <v>116</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1344</v>
+        <v>1331</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>35</v>
+        <v>299</v>
       </c>
       <c r="D403" t="s">
+        <v>1191</v>
+      </c>
+      <c r="E403" t="s">
+        <v>1192</v>
+      </c>
+      <c r="F403" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G403" s="1" t="s">
         <v>1332</v>
       </c>
-      <c r="E403" t="s">
+      <c r="H403" t="s">
         <v>1333</v>
-      </c>
-[...7 lines deleted...]
-        <v>1346</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1347</v>
+        <v>1334</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>40</v>
+        <v>304</v>
       </c>
       <c r="D404" t="s">
-        <v>1332</v>
+        <v>1191</v>
       </c>
       <c r="E404" t="s">
-        <v>1333</v>
+        <v>1192</v>
+      </c>
+      <c r="F404" t="s">
+        <v>1193</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1348</v>
+        <v>1335</v>
       </c>
       <c r="H404" t="s">
-        <v>386</v>
+        <v>335</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1349</v>
+        <v>1336</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>10</v>
+        <v>309</v>
       </c>
       <c r="D405" t="s">
-        <v>1350</v>
+        <v>1191</v>
       </c>
       <c r="E405" t="s">
-        <v>1351</v>
+        <v>1192</v>
       </c>
       <c r="F405" t="s">
-        <v>1352</v>
+        <v>1193</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1353</v>
+        <v>1337</v>
       </c>
       <c r="H405" t="s">
-        <v>1354</v>
+        <v>331</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1355</v>
+        <v>1338</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>17</v>
+        <v>313</v>
       </c>
       <c r="D406" t="s">
-        <v>1350</v>
+        <v>1191</v>
       </c>
       <c r="E406" t="s">
-        <v>1351</v>
+        <v>1192</v>
       </c>
       <c r="F406" t="s">
-        <v>1352</v>
+        <v>1193</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1356</v>
+        <v>1339</v>
       </c>
       <c r="H406" t="s">
-        <v>1357</v>
+        <v>43</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1358</v>
+        <v>1340</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>22</v>
+        <v>317</v>
       </c>
       <c r="D407" t="s">
-        <v>1350</v>
+        <v>1191</v>
       </c>
       <c r="E407" t="s">
-        <v>1351</v>
+        <v>1192</v>
       </c>
       <c r="F407" t="s">
-        <v>1352</v>
+        <v>1193</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1359</v>
+        <v>1341</v>
       </c>
       <c r="H407" t="s">
-        <v>1357</v>
+        <v>47</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1360</v>
+        <v>1342</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>26</v>
+        <v>321</v>
       </c>
       <c r="D408" t="s">
-        <v>1350</v>
+        <v>1191</v>
       </c>
       <c r="E408" t="s">
-        <v>1351</v>
+        <v>1192</v>
       </c>
       <c r="F408" t="s">
-        <v>1188</v>
+        <v>1193</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>485</v>
+        <v>1343</v>
       </c>
       <c r="H408" t="s">
-        <v>1357</v>
+        <v>302</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1361</v>
+        <v>1344</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>30</v>
+        <v>325</v>
       </c>
       <c r="D409" t="s">
-        <v>1350</v>
+        <v>1191</v>
       </c>
       <c r="E409" t="s">
-        <v>1351</v>
+        <v>1192</v>
       </c>
       <c r="F409" t="s">
-        <v>1352</v>
+        <v>1193</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1362</v>
+        <v>1345</v>
       </c>
       <c r="H409" t="s">
-        <v>1363</v>
+        <v>343</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1364</v>
+        <v>1346</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>35</v>
+        <v>329</v>
       </c>
       <c r="D410" t="s">
-        <v>1350</v>
+        <v>1191</v>
       </c>
       <c r="E410" t="s">
-        <v>1351</v>
+        <v>1192</v>
       </c>
       <c r="F410" t="s">
-        <v>1352</v>
+        <v>1193</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1365</v>
+        <v>1347</v>
       </c>
       <c r="H410" t="s">
-        <v>1366</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1367</v>
+        <v>1349</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>40</v>
+        <v>333</v>
       </c>
       <c r="D411" t="s">
+        <v>1191</v>
+      </c>
+      <c r="E411" t="s">
+        <v>1192</v>
+      </c>
+      <c r="F411" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G411" s="1" t="s">
         <v>1350</v>
       </c>
-      <c r="E411" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H411" t="s">
-        <v>1369</v>
+        <v>351</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1370</v>
+        <v>1351</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>44</v>
+        <v>337</v>
       </c>
       <c r="D412" t="s">
-        <v>1350</v>
+        <v>1191</v>
       </c>
       <c r="E412" t="s">
-        <v>1351</v>
+        <v>1192</v>
       </c>
       <c r="F412" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G412" s="1" t="s">
         <v>1352</v>
       </c>
-      <c r="G412" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H412" t="s">
-        <v>1372</v>
+        <v>375</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1373</v>
+        <v>1353</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="D413" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E413" t="s">
-        <v>1351</v>
+        <v>1355</v>
       </c>
       <c r="F413" t="s">
-        <v>1352</v>
+        <v>1356</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1374</v>
+        <v>1357</v>
       </c>
       <c r="H413" t="s">
-        <v>1375</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1376</v>
+        <v>1359</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="D414" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E414" t="s">
-        <v>1351</v>
-[...2 lines deleted...]
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1377</v>
+        <v>1360</v>
       </c>
       <c r="H414" t="s">
-        <v>1378</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1379</v>
+        <v>1362</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="D415" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E415" t="s">
-        <v>1351</v>
-[...2 lines deleted...]
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1380</v>
+        <v>1363</v>
       </c>
       <c r="H415" t="s">
-        <v>1381</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1382</v>
+        <v>1365</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="D416" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E416" t="s">
-        <v>1351</v>
+        <v>1355</v>
       </c>
       <c r="F416" t="s">
-        <v>1352</v>
+        <v>1356</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1383</v>
+        <v>1366</v>
       </c>
       <c r="H416" t="s">
-        <v>1384</v>
+        <v>104</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1385</v>
+        <v>1367</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="D417" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E417" t="s">
-        <v>1351</v>
+        <v>1355</v>
       </c>
       <c r="F417" t="s">
-        <v>1352</v>
+        <v>1356</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1386</v>
+        <v>1368</v>
       </c>
       <c r="H417" t="s">
-        <v>106</v>
+        <v>136</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1387</v>
+        <v>1369</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>68</v>
+        <v>34</v>
       </c>
       <c r="D418" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E418" t="s">
-        <v>1351</v>
+        <v>1355</v>
+      </c>
+      <c r="F418" t="s">
+        <v>1356</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1388</v>
+        <v>1370</v>
       </c>
       <c r="H418" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1389</v>
+        <v>1371</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="D419" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E419" t="s">
-        <v>1351</v>
+        <v>1355</v>
+      </c>
+      <c r="F419" t="s">
+        <v>1356</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1390</v>
+        <v>1372</v>
       </c>
       <c r="H419" t="s">
-        <v>397</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1391</v>
+        <v>1374</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>76</v>
+        <v>45</v>
       </c>
       <c r="D420" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E420" t="s">
-        <v>1351</v>
+        <v>1355</v>
       </c>
       <c r="F420" t="s">
-        <v>1352</v>
+        <v>1356</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1392</v>
+        <v>1375</v>
       </c>
       <c r="H420" t="s">
-        <v>1393</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1394</v>
+        <v>1377</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>80</v>
+        <v>49</v>
       </c>
       <c r="D421" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E421" t="s">
-        <v>1351</v>
-[...2 lines deleted...]
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1395</v>
+        <v>1378</v>
       </c>
       <c r="H421" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1396</v>
+        <v>1379</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>84</v>
+        <v>53</v>
       </c>
       <c r="D422" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E422" t="s">
-        <v>1351</v>
+        <v>1355</v>
       </c>
       <c r="F422" t="s">
-        <v>1352</v>
+        <v>1356</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1397</v>
+        <v>1380</v>
       </c>
       <c r="H422" t="s">
-        <v>1398</v>
+        <v>190</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1399</v>
+        <v>1381</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="D423" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E423" t="s">
-        <v>1351</v>
+        <v>1355</v>
       </c>
       <c r="F423" t="s">
-        <v>1352</v>
+        <v>1356</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1400</v>
+        <v>1382</v>
       </c>
       <c r="H423" t="s">
-        <v>182</v>
+        <v>194</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1401</v>
+        <v>1383</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="D424" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E424" t="s">
-        <v>1351</v>
+        <v>1355</v>
       </c>
       <c r="F424" t="s">
-        <v>1352</v>
+        <v>1356</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1402</v>
+        <v>1384</v>
       </c>
       <c r="H424" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1403</v>
+        <v>1385</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="D425" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E425" t="s">
-        <v>1351</v>
-[...2 lines deleted...]
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1404</v>
+        <v>1386</v>
       </c>
       <c r="H425" t="s">
-        <v>1405</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1406</v>
+        <v>1388</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="D426" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E426" t="s">
-        <v>1351</v>
-[...2 lines deleted...]
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1407</v>
+        <v>1389</v>
       </c>
       <c r="H426" t="s">
-        <v>46</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1408</v>
+        <v>1391</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="D427" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E427" t="s">
-        <v>1351</v>
-[...2 lines deleted...]
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1409</v>
+        <v>1392</v>
       </c>
       <c r="H427" t="s">
-        <v>607</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1410</v>
+        <v>1394</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="D428" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E428" t="s">
-        <v>1351</v>
-[...2 lines deleted...]
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1411</v>
+        <v>1395</v>
       </c>
       <c r="H428" t="s">
-        <v>610</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1412</v>
+        <v>1397</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="D429" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E429" t="s">
-        <v>1351</v>
-[...2 lines deleted...]
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1413</v>
+        <v>1398</v>
       </c>
       <c r="H429" t="s">
-        <v>408</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1414</v>
+        <v>1400</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="D430" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E430" t="s">
-        <v>1351</v>
-[...2 lines deleted...]
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1415</v>
+        <v>1401</v>
       </c>
       <c r="H430" t="s">
-        <v>160</v>
+        <v>32</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1416</v>
+        <v>1402</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="D431" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E431" t="s">
-        <v>1351</v>
-[...2 lines deleted...]
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1417</v>
+        <v>1403</v>
       </c>
       <c r="H431" t="s">
-        <v>156</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1418</v>
+        <v>1405</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="D432" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E432" t="s">
-        <v>1351</v>
-[...2 lines deleted...]
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1419</v>
+        <v>1406</v>
       </c>
       <c r="H432" t="s">
-        <v>128</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1420</v>
+        <v>1408</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="D433" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E433" t="s">
-        <v>1351</v>
-[...2 lines deleted...]
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1421</v>
+        <v>1409</v>
       </c>
       <c r="H433" t="s">
-        <v>372</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1422</v>
+        <v>1411</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="D434" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E434" t="s">
-        <v>1351</v>
-[...2 lines deleted...]
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1423</v>
+        <v>1412</v>
       </c>
       <c r="H434" t="s">
-        <v>412</v>
+        <v>319</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1424</v>
+        <v>1413</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="D435" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E435" t="s">
-        <v>1351</v>
-[...2 lines deleted...]
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1425</v>
+        <v>1414</v>
       </c>
       <c r="H435" t="s">
-        <v>195</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1426</v>
+        <v>1416</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="D436" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E436" t="s">
-        <v>1351</v>
-[...2 lines deleted...]
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1427</v>
+        <v>1417</v>
       </c>
       <c r="H436" t="s">
-        <v>211</v>
+        <v>351</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1428</v>
+        <v>1418</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D437" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E437" t="s">
-        <v>1351</v>
-[...2 lines deleted...]
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1429</v>
+        <v>1419</v>
       </c>
       <c r="H437" t="s">
-        <v>215</v>
+        <v>281</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1430</v>
+        <v>1420</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="D438" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E438" t="s">
-        <v>1351</v>
-[...2 lines deleted...]
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1431</v>
+        <v>1421</v>
       </c>
       <c r="H438" t="s">
-        <v>219</v>
+        <v>277</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1432</v>
+        <v>1422</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="D439" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E439" t="s">
-        <v>1351</v>
-[...2 lines deleted...]
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1433</v>
+        <v>1423</v>
       </c>
       <c r="H439" t="s">
-        <v>223</v>
+        <v>363</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1434</v>
+        <v>1424</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="D440" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E440" t="s">
-        <v>1351</v>
-[...2 lines deleted...]
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1435</v>
+        <v>1425</v>
       </c>
       <c r="H440" t="s">
-        <v>191</v>
+        <v>371</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1436</v>
+        <v>1426</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="D441" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E441" t="s">
-        <v>1351</v>
-[...2 lines deleted...]
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1437</v>
+        <v>1427</v>
       </c>
       <c r="H441" t="s">
-        <v>195</v>
+        <v>367</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1438</v>
+        <v>1428</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>166</v>
+        <v>10</v>
       </c>
       <c r="D442" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E442" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F442" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1439</v>
+        <v>1431</v>
       </c>
       <c r="H442" t="s">
-        <v>375</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1440</v>
+        <v>1433</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>170</v>
+        <v>17</v>
       </c>
       <c r="D443" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E443" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F443" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1441</v>
+        <v>1434</v>
       </c>
       <c r="H443" t="s">
-        <v>199</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1442</v>
+        <v>1436</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>173</v>
+        <v>22</v>
       </c>
       <c r="D444" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E444" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F444" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1443</v>
+        <v>1437</v>
       </c>
       <c r="H444" t="s">
-        <v>1444</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1445</v>
+        <v>1439</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>176</v>
+        <v>26</v>
       </c>
       <c r="D445" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E445" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F445" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1446</v>
+        <v>1440</v>
       </c>
       <c r="H445" t="s">
-        <v>207</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1447</v>
+        <v>1442</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>180</v>
+        <v>30</v>
       </c>
       <c r="D446" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E446" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F446" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1448</v>
+        <v>1443</v>
       </c>
       <c r="H446" t="s">
-        <v>616</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1449</v>
+        <v>1445</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>184</v>
+        <v>34</v>
       </c>
       <c r="D447" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E447" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F447" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1450</v>
+        <v>1446</v>
       </c>
       <c r="H447" t="s">
-        <v>231</v>
+        <v>108</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1451</v>
+        <v>1447</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>189</v>
+        <v>37</v>
       </c>
       <c r="D448" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E448" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F448" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1452</v>
+        <v>1448</v>
       </c>
       <c r="H448" t="s">
-        <v>90</v>
+        <v>136</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1453</v>
+        <v>1449</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>193</v>
+        <v>41</v>
       </c>
       <c r="D449" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E449" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F449" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1454</v>
+        <v>1450</v>
       </c>
       <c r="H449" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1455</v>
+        <v>1451</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>197</v>
+        <v>45</v>
       </c>
       <c r="D450" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E450" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F450" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1456</v>
+        <v>1452</v>
       </c>
       <c r="H450" t="s">
-        <v>227</v>
+        <v>83</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1457</v>
+        <v>1453</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>201</v>
+        <v>49</v>
       </c>
       <c r="D451" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E451" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F451" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1458</v>
+        <v>1454</v>
       </c>
       <c r="H451" t="s">
-        <v>168</v>
+        <v>158</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1459</v>
+        <v>1455</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>205</v>
+        <v>53</v>
       </c>
       <c r="D452" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E452" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F452" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1460</v>
+        <v>1456</v>
       </c>
       <c r="H452" t="s">
-        <v>251</v>
+        <v>174</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1461</v>
+        <v>1457</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>209</v>
+        <v>94</v>
       </c>
       <c r="D453" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E453" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F453" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1462</v>
+        <v>1458</v>
       </c>
       <c r="H453" t="s">
-        <v>369</v>
+        <v>216</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1463</v>
+        <v>1459</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>213</v>
+        <v>98</v>
       </c>
       <c r="D454" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E454" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F454" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1464</v>
+        <v>1460</v>
       </c>
       <c r="H454" t="s">
-        <v>619</v>
+        <v>28</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1465</v>
+        <v>1461</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>217</v>
+        <v>102</v>
       </c>
       <c r="D455" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E455" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F455" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1466</v>
+        <v>1462</v>
       </c>
       <c r="H455" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>1467</v>
+        <v>1463</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>221</v>
+        <v>106</v>
       </c>
       <c r="D456" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E456" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F456" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1468</v>
+        <v>1464</v>
       </c>
       <c r="H456" t="s">
-        <v>380</v>
+        <v>233</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1469</v>
+        <v>1465</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
+        <v>110</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1429</v>
+      </c>
+      <c r="E457" t="s">
+        <v>1430</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="H457" t="s">
         <v>225</v>
-      </c>
-[...13 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1471</v>
+        <v>1467</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>229</v>
+        <v>114</v>
       </c>
       <c r="D458" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E458" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F458" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1472</v>
+        <v>1468</v>
       </c>
       <c r="H458" t="s">
-        <v>285</v>
+        <v>241</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1473</v>
+        <v>1469</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>233</v>
+        <v>118</v>
       </c>
       <c r="D459" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E459" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F459" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1474</v>
+        <v>1470</v>
       </c>
       <c r="H459" t="s">
-        <v>369</v>
+        <v>265</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1475</v>
+        <v>1471</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>237</v>
+        <v>122</v>
       </c>
       <c r="D460" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E460" t="s">
-        <v>1351</v>
+        <v>1430</v>
+      </c>
+      <c r="F460" t="s">
+        <v>462</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1476</v>
+        <v>1472</v>
       </c>
       <c r="H460" t="s">
-        <v>273</v>
+        <v>441</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1477</v>
+        <v>1473</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>241</v>
+        <v>126</v>
       </c>
       <c r="D461" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E461" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F461" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1478</v>
+        <v>1474</v>
       </c>
       <c r="H461" t="s">
-        <v>604</v>
+        <v>124</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1479</v>
+        <v>1475</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>245</v>
+        <v>130</v>
       </c>
       <c r="D462" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E462" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F462" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1480</v>
+        <v>1476</v>
       </c>
       <c r="H462" t="s">
-        <v>259</v>
+        <v>182</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1481</v>
+        <v>1477</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>249</v>
+        <v>134</v>
       </c>
       <c r="D463" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E463" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F463" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1482</v>
+        <v>1478</v>
       </c>
       <c r="H463" t="s">
-        <v>400</v>
+        <v>285</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>1483</v>
+        <v>1479</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>253</v>
+        <v>138</v>
       </c>
       <c r="D464" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E464" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F464" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1484</v>
+        <v>1480</v>
       </c>
       <c r="H464" t="s">
-        <v>255</v>
+        <v>24</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1485</v>
+        <v>1481</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>257</v>
+        <v>142</v>
       </c>
       <c r="D465" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E465" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F465" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1486</v>
+        <v>1482</v>
       </c>
       <c r="H465" t="s">
-        <v>641</v>
+        <v>444</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1487</v>
+        <v>1483</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>261</v>
+        <v>147</v>
       </c>
       <c r="D466" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E466" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F466" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1488</v>
+        <v>1484</v>
       </c>
       <c r="H466" t="s">
-        <v>82</v>
+        <v>269</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1489</v>
+        <v>1485</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>265</v>
+        <v>151</v>
       </c>
       <c r="D467" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E467" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F467" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1490</v>
+        <v>1486</v>
       </c>
       <c r="H467" t="s">
-        <v>1491</v>
+        <v>297</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1492</v>
+        <v>1487</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>270</v>
+        <v>155</v>
       </c>
       <c r="D468" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E468" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F468" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1493</v>
+        <v>1488</v>
       </c>
       <c r="H468" t="s">
-        <v>301</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1494</v>
+        <v>1490</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>275</v>
+        <v>160</v>
       </c>
       <c r="D469" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E469" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F469" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1495</v>
+        <v>1491</v>
       </c>
       <c r="H469" t="s">
-        <v>297</v>
+        <v>289</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1496</v>
+        <v>1492</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>279</v>
+        <v>164</v>
       </c>
       <c r="D470" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E470" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F470" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1497</v>
+        <v>1493</v>
       </c>
       <c r="H470" t="s">
-        <v>383</v>
+        <v>202</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1498</v>
+        <v>1494</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>283</v>
+        <v>168</v>
       </c>
       <c r="D471" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E471" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F471" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1499</v>
+        <v>1495</v>
       </c>
       <c r="H471" t="s">
-        <v>386</v>
+        <v>116</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>1500</v>
+        <v>1496</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>287</v>
+        <v>172</v>
       </c>
       <c r="D472" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E472" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F472" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1501</v>
+        <v>1497</v>
       </c>
       <c r="H472" t="s">
-        <v>268</v>
+        <v>302</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>1502</v>
+        <v>1498</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>291</v>
+        <v>176</v>
       </c>
       <c r="D473" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E473" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F473" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1503</v>
+        <v>1499</v>
       </c>
       <c r="H473" t="s">
-        <v>309</v>
+        <v>343</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1504</v>
+        <v>1500</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>295</v>
+        <v>180</v>
       </c>
       <c r="D474" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E474" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F474" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1505</v>
+        <v>1501</v>
       </c>
       <c r="H474" t="s">
-        <v>1506</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>1507</v>
+        <v>1502</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>299</v>
+        <v>184</v>
       </c>
       <c r="D475" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E475" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F475" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1508</v>
+        <v>1503</v>
       </c>
       <c r="H475" t="s">
-        <v>317</v>
+        <v>47</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1509</v>
+        <v>1504</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>303</v>
+        <v>188</v>
       </c>
       <c r="D476" t="s">
-        <v>1350</v>
+        <v>1429</v>
       </c>
       <c r="E476" t="s">
-        <v>1351</v>
+        <v>1430</v>
       </c>
       <c r="F476" t="s">
-        <v>1352</v>
+        <v>462</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1510</v>
+        <v>1505</v>
       </c>
       <c r="H476" t="s">
-        <v>341</v>
+        <v>351</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>1511</v>
+        <v>1506</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
         <v>10</v>
       </c>
       <c r="D477" t="s">
-        <v>1512</v>
+        <v>1507</v>
       </c>
       <c r="E477" t="s">
-        <v>1513</v>
-[...2 lines deleted...]
-        <v>1514</v>
+        <v>1508</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1515</v>
+        <v>1509</v>
       </c>
       <c r="H477" t="s">
-        <v>1516</v>
+        <v>178</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1517</v>
+        <v>1510</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
         <v>17</v>
       </c>
       <c r="D478" t="s">
-        <v>1512</v>
+        <v>1507</v>
       </c>
       <c r="E478" t="s">
-        <v>1513</v>
+        <v>1508</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1518</v>
+        <v>1511</v>
       </c>
       <c r="H478" t="s">
-        <v>1519</v>
+        <v>100</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>1520</v>
+        <v>1512</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
         <v>22</v>
       </c>
       <c r="D479" t="s">
-        <v>1512</v>
+        <v>1507</v>
       </c>
       <c r="E479" t="s">
+        <v>1508</v>
+      </c>
+      <c r="G479" s="1" t="s">
         <v>1513</v>
       </c>
-      <c r="G479" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H479" t="s">
-        <v>1522</v>
+        <v>438</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1523</v>
+        <v>1514</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
         <v>26</v>
       </c>
       <c r="D480" t="s">
-        <v>1512</v>
+        <v>1507</v>
       </c>
       <c r="E480" t="s">
-        <v>1513</v>
-[...2 lines deleted...]
-        <v>1514</v>
+        <v>1508</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1524</v>
+        <v>1515</v>
       </c>
       <c r="H480" t="s">
-        <v>70</v>
+        <v>221</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>1525</v>
+        <v>1516</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
         <v>30</v>
       </c>
       <c r="D481" t="s">
-        <v>1512</v>
+        <v>1507</v>
       </c>
       <c r="E481" t="s">
-        <v>1513</v>
-[...2 lines deleted...]
-        <v>1514</v>
+        <v>1508</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1526</v>
+        <v>1517</v>
       </c>
       <c r="H481" t="s">
-        <v>102</v>
+        <v>166</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1527</v>
+        <v>1518</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D482" t="s">
-        <v>1512</v>
+        <v>1507</v>
       </c>
       <c r="E482" t="s">
-        <v>1513</v>
-[...2 lines deleted...]
-        <v>1514</v>
+        <v>1508</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1528</v>
+        <v>1519</v>
       </c>
       <c r="H482" t="s">
-        <v>106</v>
+        <v>237</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1529</v>
+        <v>1520</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D483" t="s">
-        <v>1512</v>
+        <v>1507</v>
       </c>
       <c r="E483" t="s">
-        <v>1513</v>
-[...2 lines deleted...]
-        <v>1514</v>
+        <v>1508</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1530</v>
+        <v>1521</v>
       </c>
       <c r="H483" t="s">
-        <v>1531</v>
+        <v>335</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>1532</v>
+        <v>1522</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="D484" t="s">
-        <v>1512</v>
+        <v>1507</v>
       </c>
       <c r="E484" t="s">
-        <v>1513</v>
-[...2 lines deleted...]
-        <v>1514</v>
+        <v>1508</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1533</v>
+        <v>1523</v>
       </c>
       <c r="H484" t="s">
-        <v>1534</v>
+        <v>359</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>1535</v>
+        <v>1524</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="D485" t="s">
-        <v>1512</v>
+        <v>1507</v>
       </c>
       <c r="E485" t="s">
-        <v>1513</v>
+        <v>1508</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1536</v>
+        <v>1525</v>
       </c>
       <c r="H485" t="s">
-        <v>128</v>
+        <v>363</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>1537</v>
+        <v>1526</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="D486" t="s">
-        <v>1512</v>
+        <v>1507</v>
       </c>
       <c r="E486" t="s">
-        <v>1513</v>
-[...2 lines deleted...]
-        <v>1514</v>
+        <v>1508</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1538</v>
+        <v>1527</v>
       </c>
       <c r="H486" t="s">
-        <v>156</v>
+        <v>371</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>1539</v>
+        <v>1528</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="D487" t="s">
-        <v>1512</v>
+        <v>1507</v>
       </c>
       <c r="E487" t="s">
-        <v>1513</v>
-[...2 lines deleted...]
-        <v>1514</v>
+        <v>1508</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1540</v>
+        <v>1529</v>
       </c>
       <c r="H487" t="s">
-        <v>160</v>
+        <v>367</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>1541</v>
+        <v>1530</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>64</v>
+        <v>94</v>
       </c>
       <c r="D488" t="s">
-        <v>1512</v>
+        <v>1507</v>
       </c>
       <c r="E488" t="s">
-        <v>1513</v>
+        <v>1508</v>
       </c>
       <c r="F488" t="s">
-        <v>1514</v>
+        <v>1193</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1542</v>
+        <v>1531</v>
       </c>
       <c r="H488" t="s">
-        <v>372</v>
+        <v>51</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1543</v>
+        <v>1532</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>68</v>
+        <v>10</v>
       </c>
       <c r="D489" t="s">
-        <v>1512</v>
+        <v>1533</v>
       </c>
       <c r="E489" t="s">
-        <v>1513</v>
+        <v>1534</v>
+      </c>
+      <c r="F489" t="s">
+        <v>1535</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1544</v>
+        <v>1536</v>
       </c>
       <c r="H489" t="s">
-        <v>1545</v>
+        <v>64</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>1546</v>
+        <v>1537</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>72</v>
+        <v>17</v>
       </c>
       <c r="D490" t="s">
-        <v>1512</v>
+        <v>1533</v>
       </c>
       <c r="E490" t="s">
-        <v>1513</v>
+        <v>1534</v>
+      </c>
+      <c r="F490" t="s">
+        <v>1535</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1547</v>
+        <v>1538</v>
       </c>
       <c r="H490" t="s">
-        <v>1548</v>
+        <v>74</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>1549</v>
+        <v>1539</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="D491" t="s">
-        <v>1512</v>
+        <v>1533</v>
       </c>
       <c r="E491" t="s">
-        <v>1513</v>
+        <v>1534</v>
+      </c>
+      <c r="F491" t="s">
+        <v>1535</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1550</v>
+        <v>1540</v>
       </c>
       <c r="H491" t="s">
-        <v>1551</v>
+        <v>77</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1552</v>
+        <v>1541</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>80</v>
+        <v>26</v>
       </c>
       <c r="D492" t="s">
-        <v>1512</v>
+        <v>1533</v>
       </c>
       <c r="E492" t="s">
-        <v>1513</v>
+        <v>1534</v>
+      </c>
+      <c r="F492" t="s">
+        <v>1535</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1553</v>
+        <v>1542</v>
       </c>
       <c r="H492" t="s">
-        <v>1554</v>
+        <v>89</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1555</v>
+        <v>1543</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>84</v>
+        <v>30</v>
       </c>
       <c r="D493" t="s">
-        <v>1512</v>
+        <v>1533</v>
       </c>
       <c r="E493" t="s">
-        <v>1513</v>
+        <v>1534</v>
+      </c>
+      <c r="F493" t="s">
+        <v>1535</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1556</v>
+        <v>1544</v>
       </c>
       <c r="H493" t="s">
-        <v>1557</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1558</v>
+        <v>1546</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>88</v>
+        <v>34</v>
       </c>
       <c r="D494" t="s">
-        <v>1512</v>
+        <v>1533</v>
       </c>
       <c r="E494" t="s">
-        <v>1513</v>
+        <v>1534</v>
+      </c>
+      <c r="F494" t="s">
+        <v>1535</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1559</v>
+        <v>465</v>
       </c>
       <c r="H494" t="s">
-        <v>375</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1560</v>
+        <v>1548</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>92</v>
+        <v>37</v>
       </c>
       <c r="D495" t="s">
-        <v>1512</v>
+        <v>1533</v>
       </c>
       <c r="E495" t="s">
-        <v>1513</v>
+        <v>1534</v>
+      </c>
+      <c r="F495" t="s">
+        <v>1535</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1561</v>
+        <v>1549</v>
       </c>
       <c r="H495" t="s">
-        <v>1562</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1563</v>
+        <v>1551</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>96</v>
+        <v>41</v>
       </c>
       <c r="D496" t="s">
-        <v>1512</v>
+        <v>1533</v>
       </c>
       <c r="E496" t="s">
-        <v>1513</v>
+        <v>1534</v>
+      </c>
+      <c r="F496" t="s">
+        <v>1535</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1564</v>
+        <v>1552</v>
       </c>
       <c r="H496" t="s">
-        <v>1565</v>
+        <v>108</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1566</v>
+        <v>1553</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>100</v>
+        <v>45</v>
       </c>
       <c r="D497" t="s">
-        <v>1512</v>
+        <v>1533</v>
       </c>
       <c r="E497" t="s">
-        <v>1513</v>
+        <v>1534</v>
+      </c>
+      <c r="F497" t="s">
+        <v>1535</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1567</v>
+        <v>1554</v>
       </c>
       <c r="H497" t="s">
-        <v>1568</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1569</v>
+        <v>1556</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>104</v>
+        <v>49</v>
       </c>
       <c r="D498" t="s">
-        <v>1512</v>
+        <v>1533</v>
       </c>
       <c r="E498" t="s">
-        <v>1513</v>
+        <v>1534</v>
+      </c>
+      <c r="F498" t="s">
+        <v>1535</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1570</v>
+        <v>1557</v>
       </c>
       <c r="H498" t="s">
-        <v>285</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1571</v>
+        <v>1559</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>108</v>
+        <v>53</v>
       </c>
       <c r="D499" t="s">
-        <v>1512</v>
+        <v>1533</v>
       </c>
       <c r="E499" t="s">
-        <v>1513</v>
+        <v>1534</v>
+      </c>
+      <c r="F499" t="s">
+        <v>1535</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1572</v>
+        <v>1560</v>
       </c>
       <c r="H499" t="s">
-        <v>1573</v>
+        <v>104</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1574</v>
+        <v>1561</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>113</v>
+        <v>94</v>
       </c>
       <c r="D500" t="s">
-        <v>1512</v>
+        <v>1533</v>
       </c>
       <c r="E500" t="s">
-        <v>1513</v>
+        <v>1534</v>
+      </c>
+      <c r="F500" t="s">
+        <v>1535</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1575</v>
+        <v>1562</v>
       </c>
       <c r="H500" t="s">
-        <v>317</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1576</v>
+        <v>1564</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>117</v>
+        <v>98</v>
       </c>
       <c r="D501" t="s">
-        <v>1512</v>
+        <v>1533</v>
       </c>
       <c r="E501" t="s">
-        <v>1513</v>
+        <v>1534</v>
+      </c>
+      <c r="F501" t="s">
+        <v>1535</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1577</v>
+        <v>1565</v>
       </c>
       <c r="H501" t="s">
-        <v>247</v>
+        <v>178</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1578</v>
+        <v>1566</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>121</v>
+        <v>102</v>
       </c>
       <c r="D502" t="s">
-        <v>1512</v>
+        <v>1533</v>
       </c>
       <c r="E502" t="s">
-        <v>1513</v>
+        <v>1534</v>
+      </c>
+      <c r="F502" t="s">
+        <v>1535</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1579</v>
+        <v>1567</v>
       </c>
       <c r="H502" t="s">
-        <v>243</v>
+        <v>186</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1580</v>
+        <v>1568</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="D503" t="s">
-        <v>1512</v>
+        <v>1533</v>
       </c>
       <c r="E503" t="s">
-        <v>1513</v>
+        <v>1534</v>
+      </c>
+      <c r="F503" t="s">
+        <v>1535</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1581</v>
+        <v>1569</v>
       </c>
       <c r="H503" t="s">
-        <v>329</v>
+        <v>149</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1582</v>
+        <v>1570</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>130</v>
+        <v>110</v>
       </c>
       <c r="D504" t="s">
-        <v>1512</v>
+        <v>1533</v>
       </c>
       <c r="E504" t="s">
-        <v>1513</v>
+        <v>1534</v>
+      </c>
+      <c r="F504" t="s">
+        <v>1535</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1583</v>
+        <v>1571</v>
       </c>
       <c r="H504" t="s">
-        <v>337</v>
+        <v>83</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>1584</v>
+        <v>1572</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>134</v>
+        <v>114</v>
       </c>
       <c r="D505" t="s">
-        <v>1512</v>
+        <v>1533</v>
       </c>
       <c r="E505" t="s">
-        <v>1513</v>
+        <v>1534</v>
+      </c>
+      <c r="F505" t="s">
+        <v>1535</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1585</v>
+        <v>1573</v>
       </c>
       <c r="H505" t="s">
-        <v>333</v>
+        <v>166</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>1586</v>
+        <v>1574</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>10</v>
+        <v>118</v>
       </c>
       <c r="D506" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E506" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F506" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1589</v>
+        <v>1575</v>
       </c>
       <c r="H506" t="s">
-        <v>1590</v>
+        <v>216</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>1591</v>
+        <v>1576</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>17</v>
+        <v>122</v>
       </c>
       <c r="D507" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E507" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F507" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>1592</v>
+        <v>1577</v>
       </c>
       <c r="H507" t="s">
-        <v>1593</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>1594</v>
+        <v>1579</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>22</v>
+        <v>126</v>
       </c>
       <c r="D508" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E508" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F508" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1595</v>
+        <v>1580</v>
       </c>
       <c r="H508" t="s">
-        <v>1596</v>
+        <v>158</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>1597</v>
+        <v>1581</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>26</v>
+        <v>130</v>
       </c>
       <c r="D509" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E509" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F509" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1598</v>
+        <v>1582</v>
       </c>
       <c r="H509" t="s">
-        <v>1599</v>
+        <v>100</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>1600</v>
+        <v>1583</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>30</v>
+        <v>134</v>
       </c>
       <c r="D510" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E510" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F510" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1601</v>
+        <v>1584</v>
       </c>
       <c r="H510" t="s">
-        <v>1602</v>
+        <v>174</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>1603</v>
+        <v>1585</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>35</v>
+        <v>138</v>
       </c>
       <c r="D511" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E511" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F511" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1604</v>
+        <v>1586</v>
       </c>
       <c r="H511" t="s">
-        <v>74</v>
+        <v>221</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>1605</v>
+        <v>1587</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>40</v>
+        <v>142</v>
       </c>
       <c r="D512" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E512" t="s">
+        <v>1534</v>
+      </c>
+      <c r="F512" t="s">
+        <v>1535</v>
+      </c>
+      <c r="G512" s="1" t="s">
         <v>1588</v>
       </c>
-      <c r="F512" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H512" t="s">
-        <v>102</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>1607</v>
+        <v>1590</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>44</v>
+        <v>147</v>
       </c>
       <c r="D513" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E513" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F513" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1608</v>
+        <v>1591</v>
       </c>
       <c r="H513" t="s">
-        <v>106</v>
+        <v>190</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>1609</v>
+        <v>1592</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>48</v>
+        <v>151</v>
       </c>
       <c r="D514" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E514" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F514" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1610</v>
+        <v>1593</v>
       </c>
       <c r="H514" t="s">
-        <v>46</v>
+        <v>162</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>1611</v>
+        <v>1594</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>52</v>
+        <v>155</v>
       </c>
       <c r="D515" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E515" t="s">
-        <v>1588</v>
-[...2 lines deleted...]
-        <v>1188</v>
+        <v>1534</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1612</v>
+        <v>1595</v>
       </c>
       <c r="H515" t="s">
-        <v>124</v>
+        <v>237</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1613</v>
+        <v>1596</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>56</v>
+        <v>160</v>
       </c>
       <c r="D516" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E516" t="s">
-        <v>1588</v>
-[...2 lines deleted...]
-        <v>1188</v>
+        <v>1534</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>1614</v>
+        <v>1597</v>
       </c>
       <c r="H516" t="s">
-        <v>140</v>
+        <v>245</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>1615</v>
+        <v>1598</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>60</v>
+        <v>164</v>
       </c>
       <c r="D517" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E517" t="s">
-        <v>1588</v>
-[...2 lines deleted...]
-        <v>1188</v>
+        <v>1534</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1616</v>
+        <v>465</v>
       </c>
       <c r="H517" t="s">
-        <v>182</v>
+        <v>249</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>1617</v>
+        <v>1599</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>64</v>
+        <v>168</v>
       </c>
       <c r="D518" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E518" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F518" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1618</v>
+        <v>1600</v>
       </c>
       <c r="H518" t="s">
-        <v>372</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>1619</v>
+        <v>1602</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>68</v>
+        <v>172</v>
       </c>
       <c r="D519" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E519" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F519" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1620</v>
+        <v>1603</v>
       </c>
       <c r="H519" t="s">
-        <v>195</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>1621</v>
+        <v>1605</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>72</v>
+        <v>176</v>
       </c>
       <c r="D520" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E520" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F520" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1622</v>
+        <v>1606</v>
       </c>
       <c r="H520" t="s">
-        <v>199</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>1623</v>
+        <v>1608</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>76</v>
+        <v>180</v>
       </c>
       <c r="D521" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E521" t="s">
-        <v>1588</v>
+        <v>1534</v>
+      </c>
+      <c r="F521" t="s">
+        <v>1535</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>1624</v>
+        <v>1609</v>
       </c>
       <c r="H521" t="s">
-        <v>191</v>
+        <v>241</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>1625</v>
+        <v>1610</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>80</v>
+        <v>184</v>
       </c>
       <c r="D522" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E522" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F522" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>1626</v>
+        <v>1611</v>
       </c>
       <c r="H522" t="s">
-        <v>207</v>
+        <v>233</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>1627</v>
+        <v>1612</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>84</v>
+        <v>188</v>
       </c>
       <c r="D523" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E523" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F523" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1628</v>
+        <v>1613</v>
       </c>
       <c r="H523" t="s">
-        <v>231</v>
+        <v>96</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>1629</v>
+        <v>1614</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>88</v>
+        <v>192</v>
       </c>
       <c r="D524" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E524" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F524" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1630</v>
+        <v>1615</v>
       </c>
       <c r="H524" t="s">
-        <v>616</v>
+        <v>265</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>1631</v>
+        <v>1616</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>92</v>
+        <v>196</v>
       </c>
       <c r="D525" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E525" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F525" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>1632</v>
+        <v>1617</v>
       </c>
       <c r="H525" t="s">
-        <v>90</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>1633</v>
+        <v>1619</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>96</v>
+        <v>200</v>
       </c>
       <c r="D526" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E526" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F526" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>1634</v>
+        <v>1620</v>
       </c>
       <c r="H526" t="s">
-        <v>148</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>1635</v>
+        <v>1622</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>100</v>
+        <v>204</v>
       </c>
       <c r="D527" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E527" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F527" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>1636</v>
+        <v>1623</v>
       </c>
       <c r="H527" t="s">
-        <v>251</v>
+        <v>182</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>1637</v>
+        <v>1624</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>104</v>
+        <v>207</v>
       </c>
       <c r="D528" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E528" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F528" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>1638</v>
+        <v>1625</v>
       </c>
       <c r="H528" t="s">
-        <v>369</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>1639</v>
+        <v>1627</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>108</v>
+        <v>210</v>
       </c>
       <c r="D529" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E529" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F529" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>1640</v>
+        <v>1628</v>
       </c>
       <c r="H529" t="s">
-        <v>619</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>1641</v>
+        <v>1630</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>113</v>
+        <v>214</v>
       </c>
       <c r="D530" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E530" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F530" t="s">
-        <v>1188</v>
+        <v>1631</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>1642</v>
+        <v>1632</v>
       </c>
       <c r="H530" t="s">
-        <v>235</v>
+        <v>319</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>1643</v>
+        <v>1633</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>117</v>
+        <v>218</v>
       </c>
       <c r="D531" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E531" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F531" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>1644</v>
+        <v>1634</v>
       </c>
       <c r="H531" t="s">
-        <v>263</v>
+        <v>289</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>1645</v>
+        <v>1635</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>121</v>
+        <v>223</v>
       </c>
       <c r="D532" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E532" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F532" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>1646</v>
+        <v>1636</v>
       </c>
       <c r="H532" t="s">
-        <v>1647</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>1648</v>
+        <v>1638</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>126</v>
+        <v>227</v>
       </c>
       <c r="D533" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E533" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F533" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>1649</v>
+        <v>1639</v>
       </c>
       <c r="H533" t="s">
-        <v>255</v>
+        <v>116</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>1650</v>
+        <v>1640</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>130</v>
+        <v>231</v>
       </c>
       <c r="D534" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E534" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F534" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>1651</v>
+        <v>1641</v>
       </c>
       <c r="H534" t="s">
-        <v>168</v>
+        <v>202</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>1652</v>
+        <v>1642</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>134</v>
+        <v>235</v>
       </c>
       <c r="D535" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E535" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F535" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>1653</v>
+        <v>1643</v>
       </c>
       <c r="H535" t="s">
-        <v>82</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>1654</v>
+        <v>1645</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>138</v>
+        <v>239</v>
       </c>
       <c r="D536" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E536" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F536" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>1655</v>
+        <v>1646</v>
       </c>
       <c r="H536" t="s">
-        <v>268</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>1656</v>
+        <v>1648</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>142</v>
+        <v>243</v>
       </c>
       <c r="D537" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E537" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F537" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>1657</v>
+        <v>1649</v>
       </c>
       <c r="H537" t="s">
-        <v>309</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>1658</v>
+        <v>1651</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>146</v>
+        <v>247</v>
       </c>
       <c r="D538" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E538" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="F538" t="s">
-        <v>1188</v>
+        <v>1535</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>1659</v>
+        <v>1652</v>
       </c>
       <c r="H538" t="s">
-        <v>1506</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>1660</v>
+        <v>1654</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>150</v>
+        <v>251</v>
       </c>
       <c r="D539" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E539" t="s">
-        <v>1588</v>
-[...2 lines deleted...]
-        <v>1188</v>
+        <v>1534</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>1661</v>
+        <v>465</v>
       </c>
       <c r="H539" t="s">
-        <v>386</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>1662</v>
+        <v>1656</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>154</v>
+        <v>255</v>
       </c>
       <c r="D540" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="E540" t="s">
-        <v>1588</v>
-[...2 lines deleted...]
-        <v>1188</v>
+        <v>1534</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>1663</v>
+        <v>465</v>
       </c>
       <c r="H540" t="s">
-        <v>317</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>1664</v>
+        <v>1658</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>10</v>
+        <v>259</v>
       </c>
       <c r="D541" t="s">
-        <v>1665</v>
+        <v>1533</v>
       </c>
       <c r="E541" t="s">
-        <v>1666</v>
+        <v>1534</v>
       </c>
       <c r="F541" t="s">
-        <v>18</v>
+        <v>1535</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>1667</v>
+        <v>1659</v>
       </c>
       <c r="H541" t="s">
-        <v>1668</v>
+        <v>371</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>1669</v>
+        <v>1660</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>17</v>
+        <v>263</v>
       </c>
       <c r="D542" t="s">
-        <v>1665</v>
+        <v>1533</v>
       </c>
       <c r="E542" t="s">
-        <v>1666</v>
+        <v>1534</v>
       </c>
       <c r="F542" t="s">
-        <v>406</v>
+        <v>1535</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>1670</v>
+        <v>1661</v>
       </c>
       <c r="H542" t="s">
-        <v>1671</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>1672</v>
+        <v>1663</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>22</v>
+        <v>267</v>
       </c>
       <c r="D543" t="s">
+        <v>1533</v>
+      </c>
+      <c r="E543" t="s">
+        <v>1534</v>
+      </c>
+      <c r="F543" t="s">
+        <v>1535</v>
+      </c>
+      <c r="G543" s="1" t="s">
+        <v>1664</v>
+      </c>
+      <c r="H543" t="s">
         <v>1665</v>
-      </c>
-[...10 lines deleted...]
-        <v>1674</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>1675</v>
+        <v>1666</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>10</v>
+        <v>271</v>
       </c>
       <c r="D544" t="s">
-        <v>1676</v>
+        <v>1533</v>
       </c>
       <c r="E544" t="s">
-        <v>1677</v>
+        <v>1534</v>
+      </c>
+      <c r="F544" t="s">
+        <v>1535</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>1678</v>
+        <v>1667</v>
       </c>
       <c r="H544" t="s">
-        <v>144</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>1679</v>
+        <v>1669</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D545" t="s">
-        <v>1676</v>
+        <v>1670</v>
       </c>
       <c r="E545" t="s">
-        <v>1677</v>
+        <v>1671</v>
+      </c>
+      <c r="F545" t="s">
+        <v>1535</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>1680</v>
+        <v>1672</v>
       </c>
       <c r="H545" t="s">
-        <v>66</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>1681</v>
+        <v>1674</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D546" t="s">
-        <v>1676</v>
+        <v>1670</v>
       </c>
       <c r="E546" t="s">
-        <v>1677</v>
+        <v>1671</v>
+      </c>
+      <c r="F546" t="s">
+        <v>1535</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>1682</v>
+        <v>1675</v>
       </c>
       <c r="H546" t="s">
-        <v>613</v>
+        <v>28</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>1683</v>
+        <v>1676</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D547" t="s">
-        <v>1676</v>
+        <v>1670</v>
       </c>
       <c r="E547" t="s">
+        <v>1671</v>
+      </c>
+      <c r="G547" s="1" t="s">
         <v>1677</v>
       </c>
-      <c r="G547" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H547" t="s">
-        <v>187</v>
+        <v>32</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>1685</v>
+        <v>1678</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D548" t="s">
-        <v>1676</v>
+        <v>1670</v>
       </c>
       <c r="E548" t="s">
-        <v>1677</v>
+        <v>1671</v>
+      </c>
+      <c r="F548" t="s">
+        <v>1535</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>1686</v>
+        <v>1679</v>
       </c>
       <c r="H548" t="s">
-        <v>132</v>
+        <v>39</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>1687</v>
+        <v>1680</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D549" t="s">
-        <v>1676</v>
+        <v>1670</v>
       </c>
       <c r="E549" t="s">
-        <v>1677</v>
+        <v>1671</v>
+      </c>
+      <c r="F549" t="s">
+        <v>1631</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>1688</v>
+        <v>1681</v>
       </c>
       <c r="H549" t="s">
-        <v>203</v>
+        <v>24</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>1689</v>
+        <v>1682</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D550" t="s">
-        <v>1676</v>
+        <v>1670</v>
       </c>
       <c r="E550" t="s">
-        <v>1677</v>
+        <v>1671</v>
+      </c>
+      <c r="F550" t="s">
+        <v>1535</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>1690</v>
+        <v>1683</v>
       </c>
       <c r="H550" t="s">
-        <v>301</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>1691</v>
+        <v>1685</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="D551" t="s">
-        <v>1676</v>
+        <v>1670</v>
       </c>
       <c r="E551" t="s">
-        <v>1677</v>
+        <v>1671</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>1692</v>
+        <v>1686</v>
       </c>
       <c r="H551" t="s">
-        <v>325</v>
+        <v>47</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>1693</v>
+        <v>1687</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="D552" t="s">
-        <v>1676</v>
+        <v>1688</v>
       </c>
       <c r="E552" t="s">
-        <v>1677</v>
+        <v>1689</v>
+      </c>
+      <c r="F552" t="s">
+        <v>305</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>1694</v>
+        <v>1690</v>
       </c>
       <c r="H552" t="s">
-        <v>329</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B553" t="s">
+        <v>9</v>
+      </c>
+      <c r="C553" t="s">
+        <v>10</v>
+      </c>
+      <c r="D553" t="s">
+        <v>1693</v>
+      </c>
+      <c r="E553" t="s">
+        <v>1694</v>
+      </c>
+      <c r="F553" t="s">
+        <v>378</v>
+      </c>
+      <c r="G553" s="1" t="s">
         <v>1695</v>
       </c>
-      <c r="B553" t="s">
-[...11 lines deleted...]
-      <c r="G553" s="1" t="s">
+      <c r="H553" t="s">
         <v>1696</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
         <v>1697</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="D554" t="s">
-        <v>1676</v>
+        <v>1693</v>
       </c>
       <c r="E554" t="s">
-        <v>1677</v>
+        <v>1694</v>
+      </c>
+      <c r="F554" t="s">
+        <v>219</v>
       </c>
       <c r="G554" s="1" t="s">
         <v>1698</v>
       </c>
       <c r="H554" t="s">
-        <v>333</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="D555" t="s">
-        <v>1676</v>
+        <v>1693</v>
       </c>
       <c r="E555" t="s">
-        <v>1677</v>
+        <v>1694</v>
       </c>
       <c r="F555" t="s">
-        <v>1352</v>
+        <v>378</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="H555" t="s">
-        <v>389</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
         <v>10</v>
       </c>
       <c r="D556" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="E556" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="F556" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>1704</v>
+        <v>465</v>
       </c>
       <c r="H556" t="s">
         <v>1705</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>