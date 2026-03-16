--- v0 (2025-12-09)
+++ v1 (2026-03-16)
@@ -36,2373 +36,2373 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>342</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>PELOM</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda à Lei Orgânica</t>
+  </si>
+  <si>
+    <t>BETIM MONTEIRO, DENILSON CASTRO, MARINA DA FARMÁCIA, NEGUIM, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/342/elom_001.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação do artigo 59, caput da Lei Orgânica do Município de Pires do Rio, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>344</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>ADRIANA DO SALÃO, DR. SANDRO BARBOSA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, RODRIGUINHO DA ÓTICA</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/344/elom_002.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta o parágrafo único ao artigo 43, XVII da Lei Orgânica do Município de Pires do Rio, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1147</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>ADRIANA DO SALÃO, DR. SANDRO BARBOSA, MARQUIM MEGA SOM, NEGUIM, PROF.º ARIOVALDO, RODRIGUINHO DA ÓTICA</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1147/pelom_003.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Art. 87, inciso IV e Art. 130 da Lei Orgânica do Município de Pires do Rio e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1148</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, MARQUIM MEGA SOM, NEGUIM, PROF.º ARIOVALDO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1148/pelom_004.pdf</t>
+  </si>
+  <si>
+    <t>Revisa, atualiza e faz a parametrização do texto da LOM da Lei Orgânica do Município de Pires do Rio.</t>
+  </si>
+  <si>
+    <t>341</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>Poder Executivo</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/341/plc_001.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar Municipal nº 130, de 09 de dezembro de 2015, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>283</t>
+  </si>
+  <si>
+    <t>Mesa Diretora - MESA, MARINA DA FARMÁCIA, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/283/plc_002.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação do artigo 11, caput e § 3º e artigo 19, caput e § 1º, ambos da Lei Complementar nº 165 de 04 de outubro de 2021 que dispõe sobre a criação do Plano de Cargos, Carreira e Vencimentos dos Servidores da Câmara Municipal de Pires do Rio e dá outras providências e acrescenta as funções gratificadas de Agente de Contratação e Controlador Interno no Anexo III.</t>
+  </si>
+  <si>
+    <t>596</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/596/plc_003.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Anexo II da Lei Complementar nº 105/11, de 16 de novembro de 2011, e dá outras providências.</t>
+  </si>
+  <si>
     <t>262</t>
   </si>
   <si>
-    <t>2024</t>
-[...4 lines deleted...]
-  <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>Poder Executivo - EXECUTIVO</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/262/009_24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/262/009_24.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação do Piso Nacional para os ACS - Agentes Comunitários de Saúde e ACE - Agentes de Combate às Endemias do Município de Pires do Rio/GO, e dá outras providências.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/340/plo_002.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/340/plo_002.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação temporária de excepcional interesse público para o cargo de Agente de Combate às Endemias - I, pelo prazo de 06 (seis) meses, prorrogáveis por igual período, e dá outras providências.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/343/plo_003.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/343/plo_003.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação temporária e formação de cadastro reserva de excepcional interesse público de 05 (cinco) cargos, sendo: Assistente Social, Educador Físico, Educador Social, Facilitador(a) de Oficinas e Cuidador(a), para atuarem na Secretaria Municipal de Assistência Social pelo prazo de 12 (doze) meses.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>DR. SANDRO BARBOSA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/282/plo_004.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/282/plo_004.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação de Pais e Amigos do Clube de Aventureiros Araras, e dá outras providências.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/263/plo_005.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/263/plo_005.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social à Instituição Adventista Central Brasileira de Educação e Assistência Social (Ame+), e dá outras providências.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/264/plo_006.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/264/plo_006.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social ao LIONS Clube de Pires do Rio, e dá outras providências.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/265/plo_007.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/265/plo_007.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social ao Asilo São Vicente de Paulo, e dá outras providências.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/266/plo_008.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/266/plo_008.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social à Associação dos Pequenos Produtores do Morro do Cruzeiro - APPROMOC, e dá outras providências.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/267/plo_009.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/267/plo_009.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social à Associação de Inclusão e Proteção Animal para a Interação Social Saudável - AIPAISS, e dá outras providências.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/280/plo_010.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/280/plo_010.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social à APROAAB - Associação Protetora de Animais Abandonados, e dá outras providências.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/281/plo_011.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/281/plo_011.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social à Associação Esportivo Império Pires do Rio, e dá outras providências.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/332/plo_012.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/332/plo_012.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social ao Centro Espírita Luz da Humanidade, e dá outras providências.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/345/plo_013.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/345/plo_013.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social a FIME - Formação Integral para Menores, e dá outras providências.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/346/plo_014.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/346/plo_014.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social à ASSDEP - Associação Beneficente Deus Proverá de Pires do Rio-GO, e dá outras providências.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, BETIM MONTEIRO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/367/plo_015.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/367/plo_015.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei n. 4.125, de 07 de abril de 2022, que nomeia o novo Hospital Municipal de Pires do Rio, a fim de conferir-lhe outro nome e dá outras providências.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/384/plo_016.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/384/plo_016.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual em 2024 sobre os vencimentos dos servidores efetivos ativos e inativos, funcionários comissionados, e subsídios dos Agentes Políticos do Município de Pires do Rio/GO, na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/393/plo_017.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/393/plo_017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a LDO - Lei de Diretrizes Orçamentária para o exercício de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/386/plo_018.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/386/plo_018.pdf</t>
   </si>
   <si>
     <t>Aprova o Condomínio Residencial Villa Romana, e dá outras providências.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/394/plo_019.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/394/plo_019.pdf</t>
   </si>
   <si>
     <t>Promove adequação orçamentária no âmbito do município de Pires do Rio/GO, e autoriza abertura de Crédito Especial ao Orçamento de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/401/plo_020.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/401/plo_020.pdf</t>
   </si>
   <si>
     <t>Denomina o logradouro público "Orlando Pereira Barbosa" a Academia ao Ar Livre localizada às margens da rodovia GO-330, no Bairro Vila Mutirão, e dá outras providências.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>JÚNIOR DA METASA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/402/plo_021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/402/plo_021.pdf</t>
   </si>
   <si>
     <t>Institui as Quintas-Feiras como o Dia Municipal da Feirinha da Praça Gaudêncio Rincon Segóvia - Praça Central, e dá outras providências.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/471/plo_022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/471/plo_022.pdf</t>
   </si>
   <si>
     <t>Cria vagas em cargos de provimento efetivo e faz alterações dos anexos da Lei nº 2.835 de 14 de janeiro de 2002 e suas alterações, e dá outras providências.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>MARINA DA FARMÁCIA, BETIM MONTEIRO, CLEBINHO DA PEGA DE FRANGO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/472/plo_023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/472/plo_023.pdf</t>
   </si>
   <si>
     <t>Dá denominação a uma praça e outras providências - Praça Maria Rosa Silveira (Dona Deca).</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>NENECO</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/489/plo_024.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/489/plo_024.pdf</t>
   </si>
   <si>
     <t>Dá denominação a uma rua e outras providências - Rua Coronel Paulo Alves Vieira.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/597/plo_025.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/597/plo_025.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 1º da Lei n. 2.942/2004, pela qual foi reconhecida a utilidade pública da Câmara de Dirigentes Lojistas para acrescentar o CNPJ da aludida instituição ao dispositivo, e dá outras providências.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>MARINA DA FARMÁCIA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/598/plo_026.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/598/plo_026.pdf</t>
   </si>
   <si>
     <t>Dá denominação a uma praça e outras providências - Praça Maria Olinda Alexandre Miziara Teixeira (Dona Linda).</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/599/plo_027.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/599/plo_027.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Adventista do Sétimo Dia.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/600/plo_028.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/600/plo_028.pdf</t>
   </si>
   <si>
     <t>Dá denominação a uma rua e outras providências - Rua Brasil de Souza Barbosa.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/601/plo_029.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/601/plo_029.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre medidas para equacionamento do déficit atuarial do Fundo de Previdência Social de Pires do Rio/GO, altera a Lei Municipal nº 4.171, de 26 de maio de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/604/plo_030.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/604/plo_030.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal aprovar o LOTEAMENTO RESIDENCIAL VITÓRIA, no perímetro urbano de Pires do Rio/GO e dá outras providências.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/605/plo_031.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/605/plo_031.pdf</t>
   </si>
   <si>
     <t>Reconhece o autor da criação do símbolo maior, a Bandeira de Pires do Rio: BRASIL DE SOUZA BARBOSA, e dá outras providências.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/614/plo_032.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/614/plo_032.pdf</t>
   </si>
   <si>
     <t>Cria vaga em cargo de provimento efetivo, e dá outras providências.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/615/plo_033.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/615/plo_033.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre as Alterações no Plano Plurianual, para o exercício de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/616/plo_034.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/616/plo_034.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município para o exercício de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/619/plo_035.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/619/plo_035.pdf</t>
   </si>
   <si>
     <t>Institui o Regime de Adiantamento e Regimente de Pagamento de Despesas de Pequeno Vulto (suprimento de fundos) no âmbito da Câmara Municipal de Pires do Rio/GO, e dá outras providências.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/620/plo_n._036.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/620/plo_n._036.24.pdf</t>
   </si>
   <si>
     <t>Define as alíquotas de contribuição previdenciária suplementar do Município de Pires do Rio para o custeio do Regime Próprio de Previdência Social do Município de Pires do Rio/GO, e dá outras providências.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/621/projeto_de_lei_n._037-24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/621/projeto_de_lei_n._037-24.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 4.175, de 23 de agosto de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/629/plo_038.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/629/plo_038.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o tratamento diferenciado, favorecido e simplificado às microempresas e às empresas de pequeno porte, nas contratações realizadas no âmbito da Administração Municipal, e dá providências correlatas.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>RODRIGUINHO DA ÓTICA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/731/plo_039.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/731/plo_039.pdf</t>
   </si>
   <si>
     <t>Reconhece como de Utilidade Pública a Associação Fé em Ação.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/814/plo_040.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/814/plo_040.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar Processo Seletivo Simplificado para Contratação Temporária de Excepcional Interesse Público de Professores e Monitores de Creche, e dá outras providências.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/994/plo_041.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/994/plo_041.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação temporária e formação de cadastro reserva de excepcional interesse público de 06 (seis) cargos, sendo: Assistente Social, Psicólogo, Educador Físico, Educador Social, Facilitador(a) de Oficinas e Cuidador(a), para atuarem na Secretaria Municipal de Assistência Social pelo prazo de 06 (seis) meses.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/996/plo_042.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/996/plo_042.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a distribuição de honorários de sucumbência dos Procuradores Jurídicos efetivos do Município de Pires do Rio/GO, e dá outras providências.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1156/plo_043.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1156/plo_043.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal aprovar o loteamento PARQUE CAPITAL, no perímetro urbano de Pires do Rio/GO, e dá outras providências.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, PROF.º ARIOVALDO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1157/plo_044.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1157/plo_044.pdf</t>
   </si>
   <si>
     <t>Determina atendimento preferencial e direito ao uso vagas preferenciais de estacionamento às pessoas portadoras de fibromialgia e do transtorno do espectro autista, e dá outras providências.</t>
   </si>
   <si>
-    <t>341</t>
-[...34 lines deleted...]
-  <si>
     <t>588</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/588/pdl_001.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/588/pdl_001.pdf</t>
   </si>
   <si>
     <t>Concede o Título Honorífico de Cidadania Piresina ao Sr. Rodrigo Rodrigues da Silva Neto.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/602/pdl_002.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/602/pdl_002.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Mérito da Cidade de Pires do Rio à Dona Maria Abadia Rincon Ferreira e dá outras providências.</t>
   </si>
   <si>
+    <t>366</t>
+  </si>
+  <si>
+    <t>PRES</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/366/pr_001.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa de Estágio de Estudantes na Câmara Municipal de Pires do Rio, na forma da Lei Federal nº 11.788/2008, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>395</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/395/pr_002.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta, no âmbito do Poder Legislativo Municipal de Pires do Rio/GO, o atendimento à Lei Federal nº 12.527, de 18 de novembro de 2011, que dispõe sobre o acesso à informação.</t>
+  </si>
+  <si>
+    <t>623</t>
+  </si>
+  <si>
+    <t>PROF.º ARIOVALDO, ADRIANA DO SALÃO</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/623/proj_res_003.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivo regimental - horário das Sessões Ordinárias.</t>
+  </si>
+  <si>
+    <t>624</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/624/projeto_de_resolucao_n._004.24.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre criação de Comissão Especial para elaboração do Regimento Interno da Câmara e atualização da Lei orgânica do Município e dá outras providências.</t>
+  </si>
+  <si>
+    <t>628</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/628/pr_005.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta, no âmbito do Poder Legislativo, a Lei Federal n. 14.129/2021, de 29 de março de 2021.</t>
+  </si>
+  <si>
+    <t>1146</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1146/pr_006.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Regimento Interno da Câmara Municipal de Pires do Rio/GO.</t>
+  </si>
+  <si>
+    <t>1159</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1159/pr_007.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a devolução de bens móveis inservíveis do patrimônio da Câmara Municipal de Pires do Rio ao Poder Executivo Municipal.</t>
+  </si>
+  <si>
+    <t>1163</t>
+  </si>
+  <si>
+    <t>MAPLA</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso</t>
+  </si>
+  <si>
+    <t>ADRIANA DO SALÃO</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1163/mocao_de_aplauso_n._001.24.pdf</t>
+  </si>
+  <si>
+    <t>Requer o registro de moção de aplauso em favor dos apóstolos Ulysses Borges de Oliveira Júnior e Vanda do Carmo de Oliveira.</t>
+  </si>
+  <si>
+    <t>1165</t>
+  </si>
+  <si>
+    <t>PPROV</t>
+  </si>
+  <si>
+    <t>Pedido de Providências</t>
+  </si>
+  <si>
+    <t>MARQUIM MEGA SOM</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1165/pedido_de_providencias._n._001.24.pdf</t>
+  </si>
+  <si>
+    <t>Solicita encaminhamento de ofício à Prefeita Municipal e à Equatorial, com o fim de que seja adotada a providência que menciona.</t>
+  </si>
+  <si>
     <t>317</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/317/indicacao_n._001.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/317/indicacao_n._001.24.pdf</t>
   </si>
   <si>
     <t>Indica encaminhamento de ofício à Prefeita Municipal, com o fim de que promova serviços de recapeamento em via que menciona.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/318/indicacao_n._002.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/318/indicacao_n._002.24.pdf</t>
   </si>
   <si>
     <t>Indica encaminhamento de ofício à Prefeita Municipal e ao Secretário de Infraestrutura, com o fim de que promova a instalação de quebra-molas em vias que menciona.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/319/indicacao_n._003.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/319/indicacao_n._003.24.pdf</t>
   </si>
   <si>
     <t>Indica encaminhamento de ofício à Prefeita Municipal e ao Secretário de Infraestrutura, com o fim de que promovam recuperação asfáltica em vias que menciona.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/320/indicacao_n._004.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/320/indicacao_n._004.24.pdf</t>
   </si>
   <si>
     <t>Indica encaminhamento de ofício à Prefeita Municipal e ao Secretário de Infraestrutura, com o fim de que promovam verificação e limpeza dos bueiros.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>JÚNIOR DA METASA, ADRIANA DO SALÃO, BETIM MONTEIRO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, DR. SANDRO BARBOSA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/321/indicacao_n._005.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/321/indicacao_n._005.24.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Secretário Municipal de Infraestrutura, Sr. Cirineu de Sousa Caixeta, solicitando, respeitosamente que sejam realizados os serviços de manutenção limpeza das "bocas de lobo" e adjacentes - localizadas na Av. Jaime Guiotti, Bairro São Sebastião (saída para Orizona - próximo aos trilhos - linha férrea).</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/322/indicacao_n._006.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/322/indicacao_n._006.24.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Secretário Municipal de Infraestrutura, Sr. Cirineu de Sousa Caixeta, solicitando respeitosamente que sejam realizados os serviços de limpeza das bocas de lobo, inspeção das galerias pluviais e reparos, serviços de manutenção, no calçamento (blocos sextavados de concreto "bloquetes") nas proximidades do cruzamento das Ruas Joaquim Antônio Teixeira e Anísio Felipe no Bairro São Sebastião.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>MARQUIM MEGA SOM</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/323/indicacao_n._007.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/323/indicacao_n._007.24.pdf</t>
   </si>
   <si>
     <t>Indica à presidência desta Casa a instalação de um painel eletrônico, a fim de que vereadores e o público possam acompanhar o andamento das votações realizadas neste Plenário. Além disso, se possível, indico a possibilidade de viabilização do acompanhamento das leituras realizadas, em dispositivo digital apto a esse fim, tanto pelos Edis, quanto pelo público presente.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/324/indicacao_n._008.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/324/indicacao_n._008.24.pdf</t>
   </si>
   <si>
     <t>Indica encaminhamento de ofício à Prefeita Municipal e ao Secretário de Infraestrutura, com o fim de que promova a instalação de quebra-molas em via que menciona.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/325/indicacao_n._009.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/325/indicacao_n._009.24.pdf</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>DENILSON CASTRO</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/326/indicacao_n._010.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/326/indicacao_n._010.24.pdf</t>
   </si>
   <si>
     <t>Indica a expedição de ofício à senhora Prefeita e ao Secretário de Infraestrutura, solicitando-lhes que promovam reparos na Rua 13, no bairro Industrial, no entroncamento com a Rua 19, do bairro Jardim Maratá.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>DENILSON CASTRO, BETIM MONTEIRO, CLEBINHO DA PEGA DE FRANGO, MARINA DA FARMÁCIA, NEGUIM, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/333/indicacao_n._011.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/333/indicacao_n._011.24.pdf</t>
   </si>
   <si>
     <t>Indica a Mesa Diretora que se produza um vídeo para ser colocado nas redes sociais da Câmara Municipal explicando sobre os principais pontos, de forma direta e simples, e com o link que dá acesso a inscrição.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/334/indicacao_n._012.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/334/indicacao_n._012.24.pdf</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/335/indicacao_n._013.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/335/indicacao_n._013.24.pdf</t>
   </si>
   <si>
     <t>Indica encaminhamento de ofício à Prefeita e à Secretária Municipal de Educação, com o fim de que promovam encaminhamento projeto de lei que menciona.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/336/indicacao_n._014.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/336/indicacao_n._014.24.pdf</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/337/indicacao_n._015.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/337/indicacao_n._015.24.pdf</t>
   </si>
   <si>
     <t>Indica a expedição de ofício à Prefeita Municipal, solicitando-lhe que promova a restauração ou, em caso de impossibilidade, a aquisição de um carrinho funerária para transporte de urnas no Cemitério da Esplanada.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/338/indicacao_n._016.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/338/indicacao_n._016.24.pdf</t>
   </si>
   <si>
     <t>Indica encaminhamento de ofício à Prefeita e ao Secretário Municipal de Infraestrutura, com o fim de que promovam a troca de lâmpadas em via que menciona.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/339/indicacao_n._017.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/339/indicacao_n._017.24.pdf</t>
   </si>
   <si>
     <t>Indica encaminhamento de ofício à Prefeita e ao Secretário Municipal de Infraestrutura, com o fim de que promovam a reposição de areia em parquinho que menciona.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>DR. SANDRO BARBOSA, ADRIANA DO SALÃO, BETIM MONTEIRO, CLEBINHO DA PEGA DE FRANGO, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/347/ind_018.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/347/ind_018.24.pdf</t>
   </si>
   <si>
     <t>Indica a expedição de ofício à Prefeita solicitando-lhe que promova a adequação do piso salarial dos cirurgiões-dentistas do Município, encaminhando a esta Casa projeto de lei para alteração do piso salarial da categoria</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/348/ind_019.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/348/ind_019.24.pdf</t>
   </si>
   <si>
     <t>Indica a expedição de ofício a Prefeita e ao Secretário de Infraestrutura, solicitando-lhes que promovam, a pedido da comunidade residente nas imediações da Creche Colandy, a vedação da tampa da fossa ali situada, vez que se encontra praticamente a céu aberto</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/349/ind_020.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/349/ind_020.24.pdf</t>
   </si>
   <si>
     <t>Sugere o encaminhamento de ofício à Chefe do Poder Executivo, indicando-lhe que promova serviços de roçagem nas proximidades da sede do Serviço de Convivência e Fortalecimento de Vínculos</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/364/ind_021.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/364/ind_021.24.pdf</t>
   </si>
   <si>
     <t>Indica expedição de ofício à Prefeita e ao Secretário de Infraestrutura, com o fim de que promovam verificação sobre a coleta de lixo.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/365/ind_022.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/365/ind_022.24.pdf</t>
   </si>
   <si>
     <t>Indica expedição de ofício à Prefeita e ao Secretário de Infraestrutura, solicitando-lhes que promovam a instalação de uma contenção de água na Rua Ana Carolina Mendonça, quadra 07, lote 01, esquina com a Rua Pastor Libório Silva Neto, no bairro Tancredo Neves, tendo em vista o grande volume de enxurrada naquela via, bem como as solicitações dos moradores da região que sofrem na época de chuvas com a água invadindo seus quintais.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>BETIM MONTEIRO, ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/368/ind_023.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/368/ind_023.24.pdf</t>
   </si>
   <si>
     <t>Indica expedição de ofício à senhora Prefeita e ao Secretário de Infraestrutura, solicitando-lhes que promovam recuperação da Ponte do “Córrego do Corrente” (Região do Buriti) – Morro do Cruzeiro.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>ZÉLIA CANHETE, ADRIANA DO SALÃO, BETIM MONTEIRO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/369/ind_024.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/369/ind_024.24.pdf</t>
   </si>
   <si>
     <t>Sugere o encaminhamento de ofício à Chefe do Poder Executivo e ao Secretário de Infraestrutura, indicando-lhes que promovam serviços de poda em uma árvore localizada na Rua José Antônio Leite, n. 28, bairro São Miguel, uma vez que já foram realizados inúmeros pedidos na Empresa Equatorial, sem êxito.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/370/ind_025.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/370/ind_025.24.pdf</t>
   </si>
   <si>
     <t>Indica expedição de ofício à senhora Prefeita e ao Secretário de Infraestrutura, solicitando-lhes que promovam serviços de tapa-buraco na Avenida Corumbá, bairro Novo Horizonte, nas proximidades da rotatória, tendo em vista o grande tráfego de veículos na região, bem como por tratar-se de via rápida, a fim de evitar danos materiais aos motoristas e maior prejuízo ao erário por eventuais indenizações.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/372/ind_026.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/372/ind_026.24.pdf</t>
   </si>
   <si>
     <t>Sugere o encaminhamento de ofício à Chefe do Poder Executivo e ao Secretário de Infraestrutura, indicando-lhes que promovam serviços de poda das palmeiras localizadas na Avenida Cosme José do Nascimento, uma vez que já se encontram muito altas, algumas já alcançando a fiação elétrica.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/373/ind_027.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/373/ind_027.24.pdf</t>
   </si>
   <si>
     <t>Sugere o encaminhamento de ofício à Chefe do Poder Executivo e ao Secretário de Infraestrutura, indicando-lhes que promovam serviços cascalhamento da Rua 2, no setor Industrial, porquanto encontra-se intransitável.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>ADRIANA DO SALÃO</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/374/ind_028.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/374/ind_028.24.pdf</t>
   </si>
   <si>
     <t>Indica expedição de ofício à senhora Prefeita e ao Secretário de Infraestrutura, solicitando-lhes que promovam a sinalização da Avenida Michel Santinoni, tendo em vista o grande tráfego de veículos na região.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/375/ind_029.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/375/ind_029.24.pdf</t>
   </si>
   <si>
     <t>Indica expedição de ofício à senhora Prefeita, solicitando-lhe que promova o encaminhamento de projeto de lei alusivo à emenda impositiva destinada ao Clube de Aventureiros Araras, tendo em vista que já foi reconhecido como de utilidade pública por esta municipalidade, por meio da Lei n. 4.209, de 20 de março de 2024.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/376/ind_030.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/376/ind_030.24.pdf</t>
   </si>
   <si>
     <t>Sugere o encaminhamento de ofício à Chefe do Poder Executivo e ao Secretário de Infraestrutura, indicando-lhes que promovam serviços de patrolamento e cascalhamento da estrada que liga à região do Laranjal, uma vez que encontra-se intransitável.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/377/ind_031.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/377/ind_031.24.pdf</t>
   </si>
   <si>
     <t>Sugere o encaminhamento de ofício à Chefe do Poder Executivo e ao Secretário de Infraestrutura, indicando-lhes que promovam serviços de patrolamento e cascalhamento da estrada que liga à região do Bananal, uma vez que encontra-se intransitável.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/378/ind_032.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/378/ind_032.24.pdf</t>
   </si>
   <si>
     <t>Requer envio de ofício à senhora Prefeita indicando a manutenção e limpeza dos logradouros públicos e áreas de calçada no bairro Sinhô Nogueira, especificamente nas proximidades da quadra esportiva e na quadra conhecida como “Rosa Cruz”.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>NEGUIM</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/379/ind_033.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/379/ind_033.24.pdf</t>
   </si>
   <si>
     <t>Sugere o encaminhamento de ofício à Chefe do Poder Executivo e ao Secretário de Infraestrutura, indicando-lhes que promovam serviços de roçagem e tapa-buraco na extensão da Rua 01, Loteamento Residencial Chácara Flora - Parque Santana.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/380/ind_034.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/380/ind_034.24.pdf</t>
   </si>
   <si>
     <t>Sugere o encaminhamento de ofício ao Presidente da GOINFRA, solicitando-lhes os bons préstimos no sentido de que promova a roçagem e melhoria na sinalização no trevo entre a GO-330 com a GO-220, dando acesso à BR-050, uma vez que tem sido recorrentes os acidentes naquela via. _x000D_
 Além disso, solicita-lhe, desde já, a melhoria da sinalização na rodovia entre Pires do Rio e Urutaí.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/383/ind_035.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/383/ind_035.24.pdf</t>
   </si>
   <si>
     <t>Indica a expedição de ofício à senhora Prefeita e ao Secretário de Infraestrutura, solicitando-lhes que promovam a reconstrução de dois quebra-molas na Rua Flávio Porto, bairro Vila Nova.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/389/ind_036.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/389/ind_036.24.pdf</t>
   </si>
   <si>
     <t>Sugere o encaminhamento de ofício à Chefe do Poder Executivo e ao Secretário de Infraestrutura, indicando-lhes que promovam serviços de roçagem e manutenção, com a realização de tapa-buraco, na pista de caminhada situada às margens da Rodovia GO-330, saída para Urutaí.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/390/ind_037.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/390/ind_037.24.pdf</t>
   </si>
   <si>
     <t>Sugere o encaminhamento de ofício à Chefe do Poder Executivo e ao Secretário de Infraestrutura, indicando-lhes que promovam a instalação de bancos na Praça Dr. Pedro Ferreira de Azevedo (praça em que está situado o Batalhão do Corpo de Bombeiros).</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/391/ind_038.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/391/ind_038.24.pdf</t>
   </si>
   <si>
     <t>Sugere o encaminhamento de ofício à Chefe do Poder Executivo e ao Secretário de Infraestrutura, indicando-lhes que promovam serviços de asfalto na Rua Abrão Kalil, no setor Santa Cecília, diante das dificuldades enfrentadas pelos moradores daquela via.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/392/ind_039.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/392/ind_039.24.pdf</t>
   </si>
   <si>
     <t>Indica o encaminhamento de ofício à senhora Prefeita e ao Secretário de Infraestrutura, solicitando-lhes que promovam a instalação, havendo possibilidade técnica, de quebra-molas na Rua Manoel Gonçalves de Araújo, esquina com a Rua Adozina Ferreira Sampaio, bairro Santa Terezinha, tendo em vista o grande tráfego de veículos e a solicitação de moradores da região.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>JÚNIOR DA METASA, ADRIANA DO SALÃO, DENILSON CASTRO, DR. SANDRO BARBOSA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/397/ind_040.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/397/ind_040.24.pdf</t>
   </si>
   <si>
     <t>Sugere o encaminhamento de ofício ao Presidente da GOINFRA solicitando-lhe os bons préstimos no sentido de que promova a realização de estudo técnico e, posteriormente, a instalação de uma lombada eletrônica no melhor local da Rodovia GO-330 – saída para Orizona, na região em que, recentemente, foi inaugurada uma pista de caminhada, a fim de se evitarem acidentes, tendo em vista que veículos podem trafegar em alta velocidade na referida via.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>DENILSON CASTRO, NEGUIM</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/398/ind_041.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/398/ind_041.24.pdf</t>
   </si>
   <si>
     <t>Indica a expedição de ofício à senhora Prefeita, solicitando-lhe que coloque em prática a Lei n. 3.967/2019, de sua autoria, cuja ementa é “Autoriza a implantação do programa ‘Mãos à Obra: meu bairro, minha casa, e dá outras providências”, tendo em vista o período de seca que se inicia.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/399/ind_042.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/399/ind_042.24.pdf</t>
   </si>
   <si>
     <t>Indica a expedição de ofício à senhora Prefeita e ao Secretário de Infraestrutura, solicitando-lhes que promovam a aquisição de uma mangueira para aguar a vegetação da praça Elias Dagher.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>RODRIGUINHO DA ÓTICA, NENECO</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/414/ind_043.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/414/ind_043.24.pdf</t>
   </si>
   <si>
     <t>Indica a expedição de ofício à senhora Prefeita e ao Secretário de Infraestrutura, solicitando-lhes que promovam o envio de caminhão pipa à região situada aos fundos do Colégio Dinâmico, às margens da ferrovia, a fim de que a água possa amenizar a poeira e que tem ocasionado transtornos aos moradores, comerciantes e usuários daquela passagem.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/415/ind_044.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/415/ind_044.24.pdf</t>
   </si>
   <si>
     <t>Indica a expedição de ofício à senhora Prefeita e ao Secretário de Infraestrutura, solicitando-lhes que promovam o reforço da pintura da faixa de pedestres situada defronte ao Colégio Dinâmico. Esse pedido visa atender solicitação da Diretoria daquela unidade escolar e garantir a segurança de nossas crianças e de transeuntes que utilizam a via.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/416/ind_045.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/416/ind_045.24.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício a Prefeita Municipal, solicitando-lhe que determine ao departamento competente o patrolamento das estradas: 1 – Que liga ao Sítio Esperança – Sentido Orizona – Região do Baú e, 2 – Que liga a Fazenda Barreiro, próximo ao Laticínio do Ladico.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, DR. SANDRO BARBOSA, JÚNIOR DA METASA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/443/ind_046.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/443/ind_046.24.pdf</t>
   </si>
   <si>
     <t>Indica encaminhamento de ofício à senhora Prefeita, em resposta ao ofício n. 241/2024, ao qual comunicou a impossibilidade de cumprimento de emenda impositiva.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>CLEBINHO DA PEGA DE FRANGO, ADRIANA DO SALÃO, DENILSON CASTRO, DR. SANDRO BARBOSA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/427/ind_047.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/427/ind_047.24.pdf</t>
   </si>
   <si>
     <t>Sugere o encaminhamento de ofício à Chefe do Poder Executivo e ao Secretário de Infraestrutura, indicando-lhes que promovam serviços de substituição/manutenção do pavimento da feira livre.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/428/ind_048.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/428/ind_048.24.pdf</t>
   </si>
   <si>
     <t>Indica a expedição de ofício à senhora Prefeita, solicitando-lhe que promova a manutenção das lâmpadas do Velório Municipal, a fim de garantir a segurança e o conforto das famílias que utilizam aquele espaço.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/429/ind_049.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/429/ind_049.24.pdf</t>
   </si>
   <si>
     <t>Indica a expedição de ofício à senhora Prefeita e ao Secretário de Infraestrutura, solicitando-lhes que promovam a instalação, havendo possibilidade técnica, de um quebra-molas na Rua Francisco de Souza Lobo, n. 143, bairro Colegial.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/453/indicacao_050.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/453/indicacao_050.pdf</t>
   </si>
   <si>
     <t>Indica encaminhamento de ofício à Prefeita Municipal, com o fim de sugerir-lhe a regulamentação da legislação acerca do Governo Digital.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/475/ind_051.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/475/ind_051.24.pdf</t>
   </si>
   <si>
     <t>Sugere o encaminhamento de ofício à Chefe do Poder Executivo e ao Secretário de Infraestrutura, indicando-lhes que promovam serviços de troca da iluminação, tanto de lâmpadas, quanto de arandelas, em toda a extensão da Avenida Egídio Francisco Rodrigues, promovendo o conserto da fiação dos pontos onde não funcionam os referidos equipamentos públicos.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/603/ind_052.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/603/ind_052.24.pdf</t>
   </si>
   <si>
     <t>Indica encaminhamento de ofício à Prefeita, a fim de que promova a correção em painel que menciona.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/606/ind_053.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/606/ind_053.24.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício a Prefeita Municipal, solicitando-lhe que determine ao departamento competente que faça a pintura da faixa de pedestre de frente a Escola Caminho Feliz, na Av. Castelo Branco.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/607/ind_054.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/607/ind_054.24.pdf</t>
   </si>
   <si>
     <t>Indica o encaminhamento de ofício à senhora Prefeita e ao Secretário de Infraestrutura, com o fim de que promovam a instalação de quebra-molas em via que menciona.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1092/ind_055.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1092/ind_055.24.pdf</t>
   </si>
   <si>
     <t>Indica o encaminhamento de ofício à senhora Prefeita e ao Secretário de Infraestrutura, para que sejam verificadas as ruas mencionadas.</t>
   </si>
   <si>
+    <t>1164</t>
+  </si>
+  <si>
+    <t>RINFO</t>
+  </si>
+  <si>
+    <t>Requerimento de Informação</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1164/reqinfo_n._001.24.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações do Presidente da Câmara Municipal, a fim de que encaminhe resposta sobre disponibilidade financeira em caixa desta Casa Legislativa.</t>
+  </si>
+  <si>
     <t>305</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/305/requerimento_n._001.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/305/requerimento_n._001.24.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizada uma 2ª Sessão Extraordinária, para aprovar a matéria em pauta.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/306/requerimento_n._002.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/306/requerimento_n._002.24.pdf</t>
   </si>
   <si>
     <t>Requer a inserção em pauta do Projeto de Lei Ordinária n. 002/2024, que autoriza a contratação temporária de excepcional interesse público para o_x000D_
 cargo de Agente de Combate às Endemias - I, pelo prazo de 06 (seis) meses, prorrogáveis por igual período, e dá outras providências.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/307/requerimento_n._003.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/307/requerimento_n._003.24.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Extraordinária para a votação do(s) projeto(s) discutido(s) na corrente data.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/308/requerimento_n._004.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/308/requerimento_n._004.24.pdf</t>
   </si>
   <si>
     <t>Requer registro de votos de louvor à atleta Anair de Alecrim Silva Lima, em virtude de prêmio em primeiro lugar na categoria das Corridas Unimed – etapa Dia de Saúde, realizada em 24 de fevereiro.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/309/requerimento_n._005.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/309/requerimento_n._005.24.pdf</t>
   </si>
   <si>
     <t>Requer o registro dos votos de pêsames desta Casa de Leis aos familiares do Dr. Ronaldo Correia Freire.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/310/requerimento_n._006.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/310/requerimento_n._006.24.pdf</t>
   </si>
   <si>
     <t>Requer o registro dos votos de pêsames desta Casa de Leis aos familiares de Natalino Francisco de Lima.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/316/requerimento_n._007.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/316/requerimento_n._007.24.pdf</t>
   </si>
   <si>
     <t>Requer a abertura de Processo na Comissão de Ética para a apuração desta Casa, das condutas do Vereador DENILSON DE CASTRO, com base no Processo 5041863-89.2024.8.09.0127 da Polícia Civil do Estado de Goiás.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>DENILSON CASTRO, BETIM MONTEIRO, CLEBINHO DA PEGA DE FRANGO, MARINA DA FARMÁCIA, NEGUIM, NENECO, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/327/requerimento_n._008.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/327/requerimento_n._008.24.pdf</t>
   </si>
   <si>
     <t>Requerem o registro de votos de louvor aos auxiliares de limpeza e serviços gerais que se dedicam ao serviço municipal de Pires do Rio.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/328/requerimento_n._009.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/328/requerimento_n._009.24.pdf</t>
   </si>
   <si>
     <t>Requer que seja expedida convocação/convite à Secretária Municipal de Administração, Planejamento e Finanças, Dr.ª Fernanda de Jesus Barbosa, para que esclareça aos vereadores e à sociedade piresina pontos sobre o Decreto n. 8.775/23 que declara área como Zona de Habitação de Interesse Social.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/329/requerimento_n._010.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/329/requerimento_n._010.24.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora: no dia 20 de fevereiro de 2024 foi apresentado ao Plenário o requerimento protocolado sob o n. 025/2024, de Ana Lúcia Teixeira. Diante disso, requer cópia digitada em detalhes sobre as falas do uso da Tribuna feita pela Vereadora Adriana do Salão e as cópias digitadas de inteiro teor sobre toda a discussão em torno deste requerimento. No dia 27 de fevereiro de 2024 foi a discussão e votação do requerimento protocolado sob o n. 025/2024, de Ana Lúcia Teixeira. Diante disso, requer também todas as cópias digitadas em detalhes de inteiro teor sobre as discussões deste requerimento.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/330/requerimento_n._011.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/330/requerimento_n._011.24.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de pêsames desta Casa de Leis aos familiares do Sr. Jorge Antônio Diogo.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/331/requerimento_n._012.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/331/requerimento_n._012.24.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de uma Sessão Extraordinária logo após o encerramento desta Sessão Ordinária para votação do Projeto de Lei Ordinária N° 003/24 do Poder Executivo que está em pauta.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>BETIM MONTEIRO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, MARINA DA FARMÁCIA, NEGUIM, NENECO, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/352/req_013.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/352/req_013.24.pdf</t>
   </si>
   <si>
     <t>Requerem o registro de votos de louvor em favor do Sr. Jader Martins Vieira, atual vice-prefeito de Pires do Rio.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/353/req_014.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/353/req_014.24.pdf</t>
   </si>
   <si>
     <t>Requer registro de votos de pêsames desta Casa de Leis aos familiares da Sr.ª Luíza Francisca de Jesus Silva, recentemente falecida nesta urbe.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/354/req_015.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/354/req_015.24.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de pêsames desta Casa de Leis aos familiares do Sr. Humberto Eustáquio Gonçalves de Araújo Filho, falecido nesta urbe.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/355/req_016.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/355/req_016.24.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Extraordinária para a votação dos projetos de leis ordinárias discutidos na corrente data.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/356/req_017.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/356/req_017.24.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Extraordinária para a votação do projeto de lei complementar discutido na corrente data.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/357/req_018.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/357/req_018.24.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre possível extravio de documentos nesta Casa, vez que pedido de informações de sua autoria não foi respondido pelo Poder Executivo, havendo alegação pela Secretária de Administração de que o documento não foi recebido naquele Poder.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, DENILSON CASTRO, DR. SANDRO BARBOSA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/358/req_019.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/358/req_019.24.pdf</t>
   </si>
   <si>
     <t>Requerem registro de votos de louvor em favor do Deputado Lucas Calil, pelos relevantes serviços prestados à sociedade piresina.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/359/req_020.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/359/req_020.24.pdf</t>
   </si>
   <si>
     <t>Requer a inserção em pauta do Projeto de Lei Ordinária n. 012/2024, que “Concede Subvenção Social ao Centro Espírita Luz da Humanidade, e dá outras providências”.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/360/req_021.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/360/req_021.24.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de uma Sessão Extraordinária, logo após o encerramento desta Sessão Ordinária, para votação dos Projetos.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/361/req_022.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/361/req_022.24.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de uma Sessão Extraordinária, logo após o encerramento desta Sessão Ordinária, para votação dos Projetos de Leis Ordinárias que estão em pauta.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/371/req_023.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/371/req_023.24.pdf</t>
   </si>
   <si>
     <t>Requer que o Município envie documento apto a comprovar que houve a complementação da guia alusiva aos impostos do prédio situado nesta cidade.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/381/req_024.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/381/req_024.24.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de pêsames desta Casa de Leis aos familiares da Senhora Simone Felipe, recentemente falecida nesta urbe.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/385/req_025.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/385/req_025.24.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma 2ª Sessão Extraordinária para a votação do projeto de lei ordinária discutido na corrente data.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, BETIM MONTEIRO, CLEBINHO DA PEGA DE FRANGO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/387/req_026.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/387/req_026.24.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de condolências desta Casa de Leis ao Reverendíssimo Frei Renildo Cirineu da Silva, Pároco da Paróquia Sagrado Coração de Jesus, em virtude do recente falecimento de seu genitor, o Senhor João Luiz da Silva.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/388/req_027.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/388/req_027.24.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de pêsames desta Casa de Leis aos familiares do Senhor Edmundo de Almeida, recentemente falecido.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>NENECO, ADRIANA DO SALÃO, DENILSON CASTRO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/396/req_028.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/396/req_028.24.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de pêsames desta Casa de Leis aos familiares do Senhor Domingos Santos Fernandes, recentemente falecido nesta urbe</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/400/req_029.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/400/req_029.24.pdf</t>
   </si>
   <si>
     <t>Requer destaque para votação em deparado dos artigos 1º, 2º e 3º (neste caso, das duas disposições nele constantes) do Projeto de Lei Complementar n. 005/2023.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>NENECO, ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/403/req_030.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/403/req_030.24.pdf</t>
   </si>
   <si>
     <t>Requer o registro dos votos de pêsames desta Casa de Leis aos familiares do Senhor José Antônio Gouveia, recentemente falecido nesta urbe.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/413/req_031.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/413/req_031.24.pdf</t>
   </si>
   <si>
     <t>Requer seja recebido este Requerimento e colocado em apreciação do Plenário para Convocação do Sr. Secretário de Saúde - Bruno Maia -, a fim de que preste informações específicas sobre o Novo PAC -, ficando a cargo de V. Excelência Presidente designar a data do comparecimento quando do envio do ofício, comunicando previamente este subscrevente.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/426/req_032.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/426/req_032.24.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Extraordinária para votação do(s) projeto(s) discutido(s).</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>NENECO, ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, DR. SANDRO BARBOSA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/430/req_033.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/430/req_033.24.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de pêsames desta Casa de Leis aos familiares da Senhora Margarida Maria Miranda, recentemente falecida nesta urbe.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/432/req_034.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/432/req_034.24.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de pêsames desta Casa de Leis aos familiares da Senhora Erly Josué Tavares, recentemente falecida nesta urbe.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/433/req_035.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/433/req_035.24.pdf</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>NENECO, ADRIANA DO SALÃO, BETIM MONTEIRO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, JÚNIOR DA METASA, MARINA DA FARMÁCIA, NEGUIM, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/449/req_036.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/449/req_036.24.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de pêsames desta Casa de Leis aos familiares do Senhor Edmundo Gonçalves Filho, recentemente falecido nesta urbe.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/</t>
   </si>
   <si>
     <t>Requer o registro de votos de louvor em favor do Senhor Maurício Aparecido Madeira.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/451/req_038.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/451/req_038.24.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de louvor em favor das Varas Judiciais da Comarca de Pires do Rio, em virtude de suas premiações por produtividade.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>RODRIGUINHO DA ÓTICA, ADRIANA DO SALÃO, BETIM MONTEIRO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, JÚNIOR DA METASA, MARINA DA FARMÁCIA, NEGUIM, NENECO, WANDERLEY DO MOTO TÁXI</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/452/req_039.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/452/req_039.24.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de pêsames desta Casa de Leis aos filhos da Senhora Terezinha Carvalho de Meireles (falecida há 2 meses e 12 dias) e do Senhor Eduardo Meireles, recentemente falecido.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/454/requerimento_040.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/454/requerimento_040.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de pesar. (Iolanda Rincón Mazão)</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>NENECO, NEGUIM</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/476/req_041.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/476/req_041.24.pdf</t>
   </si>
   <si>
     <t>Requer o registro dos votos de pêsames desta Casa de Leis aos familiares do Senhor Leider Lelis Ferreira, recentemente falecido nesta urbe.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/477/req_042.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/477/req_042.24.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de louvor em favor do Clube Esportivo Império de Pires do Rio.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/520/req_043.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/520/req_043.24.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de louvor em favor dos atletas do projeto Construindo Campões e da Academia Ricardo Favorito.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/521/req_044.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/521/req_044.24.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de uma Sessão Extraordinária logo após o encerramento desta Sessão Ordinária para votação do Projeto de Lei Ordinária em pauta.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/594/req_045.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/594/req_045.24.pdf</t>
   </si>
   <si>
     <t>Requer o registro dos votos de pêsames desta Casa de Leis aos familiares do Senhor Allan Kardec Lobo Paes, recentemente falecido nesta urbe.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/595/req_046.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/595/req_046.24.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de louvor em favor da equipe  do Centro de Referência de Assistência Social - CRAS.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/608/req_047.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/608/req_047.24.pdf</t>
   </si>
   <si>
     <t>Requer o arquivamento do Projeto de Lei n. 028/24, de sua autoria.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/609/req_048.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/609/req_048.24.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora autorização para que o Dr. Murilo Budaz Rezende use a Tribuna desta Casa, mesmo sem inscrição prévia.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/610/req_049.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/610/req_049.24.pdf</t>
   </si>
   <si>
     <t>Requer a retirada de pauta dos Projetos de Lei Ordinária n. 023/2024 e n. 026/2024 que, dá denominação a uma praça e outras providências - Praça Maria Rosa Silveira (Dona Deca) e Dá denominação a uma praça e outras providências - Praça Maria Olinda Alexandre Miziara Teixeira (Dona Linda), respectivamente, ambos de sua autoria.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/611/req_050.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/611/req_050.24.pdf</t>
   </si>
   <si>
     <t>Requer a retirada de pauta do Projeto de Lei Ordinária n. 021/2024 que Institui as Quintas-Feiras como o Dia Municipal da Feirinha da Praça Gaudêncio Rincon Segóvia - Praça Central, e dá outras providências, de sua autoria.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/612/req_051.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/612/req_051.24.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora autorização para que o Pastor Ideraldo Almeida e Dr. Marcelo Rodrigues Leite usem a Tribuna desta Casa, mesmo sem inscrição prévia.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/613/req_052.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/613/req_052.24.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de uma Sessão Extraordinária, logo após o encerramento da Sessão Ordinária, para votação dos Projetos de Lei que estão em pauta.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/617/req_053.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/617/req_053.24.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Extraordinária para votação dos Projetos de Lei Ordinária n. 029/24 e n. 032/24, ambos discutidos na presente data.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/618/req_054.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/618/req_054.24.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de uma 2ª Sessão Extraordinária, logo após o encerramento da 1ª Sessão Extraordinária, para votação do Projeto de Lei nº 030/24 que está em pauta.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>MARINA DA FARMÁCIA, DENILSON CASTRO, JÚNIOR DA METASA, NEGUIM, NENECO, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/622/req_055.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/622/req_055.24.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de pesar desta Casa de Leis aos familiares da Senhora Antônia Gonçalves de Araújo, secretária do ex-Presidente Tancredo Neves.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/625/req_056.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/625/req_056.24.pdf</t>
   </si>
   <si>
     <t>Requer o registro dos votos de pêsames desta Casa de Leis aos familiares do Senhor Onísio de Araújo, recentemente falecido nesta urbe.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/627/req_057.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/627/req_057.24.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de uma Sessão Extraordinária para votação do Projeto de Lei que está em Pauta - P.L.O. n. 036/24, de autoria do Poder Executivo, que "Define as alíquotas de contribuição previdenciária suplementar do Município de Pires do Rio para o custeio do Regime Próprio de Previdência social do Município de Pires do Rio/GO, e dá outras providências".</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/918/req_058.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/918/req_058.24.pdf</t>
   </si>
   <si>
     <t>Requer a inserção em pauta do Projeto de Lei Ordinária n. 040/2024, que “Autoriza o Poder Executivo a realizar Processo Seletivo Simplificado para Contratação Temporária de Excepcional Interesse Público de Professores e Monitores de Creche, e dá outras providências”.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/920/req_059.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/920/req_059.24.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Extraordinária para votação do Projeto de Lei Ordinária n. 040/2024, de autoria do Poder Executivo, que “Autoriza o Poder Executivo a realizar Processo Seletivo Simplificado para Contratação Temporária de Excepcional Interesse Público de Professores e Monitores de Creche, e dá outras providências”.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1090/req_060.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1090/req_060.24.pdf</t>
   </si>
   <si>
     <t>Requer a concessão do uso da Tribuna ao Sr. Murilo Celestino Pires, uma vez que trata de interesse específico, o Projeto de Lei Ordinária n. 039/2024.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1091/req_061.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1091/req_061.24.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Extraordinária para votação do projeto de lei.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1149/req._062.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1149/req._062.24.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Extraordinária para votação do Projeto de Lei que está em pauta._x000D_
 P.L.O. n. 038/2024, de autoria da Mesa Diretora, que “Dispõe sobre o tratamento diferenciado, favorecido e simplificado às microempresas e às empresas de pequeno porte, nas contratações realizadas no âmbito da Administração Municipal, e dá providências correlatas”.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1150/req._063.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1150/req._063.24.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de louvor em favor do Sr. Pedro Paulo da Fonseca Rincon.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1151/req._064.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1151/req._064.24.pdf</t>
   </si>
   <si>
     <t>Requer a retirada de urgência do Projeto de Emenda à Lei Orgânica do Município n. 003/2024.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Requer inserção em pauta do Projeto de Lei Ordinária n. 041/2024, de autoria do Poder Executivo, que “Autoriza a contratação temporária e formação de cadastro reserva de excepcional interesse público de 06 (seis) cargos, sendo: Assistente Social, Psicólogo, Educador Físico, Educador Social, Facilitador(a) de Oficinas e Cuidador(a), para atuarem na Secretaria Municipal de Assistência Social pelo prazo de 06 (seis) meses”.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>CLEBINHO DA PEGA DE FRANGO, ADRIANA DO SALÃO, DENILSON CASTRO, DR. SANDRO BARBOSA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, PROF.º ARIOVALDO, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1153/req._066.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1153/req._066.24.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de pêsames desta Casa de Leis aos familiares do Senhor Welington Basílio de Lima, recentemente falecido nesta urbe.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Requer inserção em pauta do Projeto de Lei Ordinária n. 042/2024, de autoria do Poder Executivo, que “Dispõe sobre a distribuição de honorários de sucumbência dos Procuradores Jurídicos efetivos do Município de Pires do Rio/GO, e dá outras providências”.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1155/req._068.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1155/req._068.24.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Extraordinária para a votação do(s) Projeto(s) de Lei Ordinária n. 042, discutido(s) na corrente data.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Requer inserção em pauta do Projeto de Lei Ordinária n. 042/2024, de autoria do Poder Executivo, que “Dispõe sobre a distribuição de honorários de sucumbência dos Procuradores Jurídicos efetivos do Município de Pires do Rio/GO, e dá outras providências”, e do Projeto de Emenda à Lei Orgânica do Município n. 003/2024, de autoria dos Vereadores Adriana do Salão, Dr. Sandro Barbosa, Marquim Mega Som, Neguim, Prof.º Ariovaldo e Rodriguinho da Ótica, que "Altera o Art. 87, inciso IV e Art. 130 da Lei Orgânica do Município de Pires do Rio e dá outras providências".</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1160/req._070.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1160/req._070.24.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de uma Sessão Ordinária para votação do Projeto de Lei que está em pauta - P.L.O. n. 044/2024.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1161/req._n._071.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1161/req._n._071.24.pdf</t>
   </si>
   <si>
     <t>Requer o registro de moção de aplausos em favor da Sra. Mônica Aparecida da Cunha Pícolo.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Requer a inserção em pauta do Projeto de Lei Ordinária n. 043/2024, de autoria do Poder Executivo, que “Autoriza o Poder Executivo Municipal aprovar o loteamento PARQUE CAPITAL, no perímetro urbano de Pires do Rio/GO, e dá outras providências”.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1166/req._073.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1166/req._073.24.pdf</t>
   </si>
   <si>
     <t>Requer a inserção em pauta do Projeto de Lei Ordinária n. 044/2024, de autoria dos Vereadores Júnior da Metasa, Marina da Farmácia e outros Vereadores, que “Determina atendimento preferencial e direito ao uso vagas preferenciais de estacionamento às pessoas portadoras de fibromialgia e do transtorno do espectro autista, e dá outras providências”.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1167/req._074.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1167/req._074.24.pdf</t>
   </si>
   <si>
     <t>Requer a inserção em pauta do Projeto de Lei Ordinária n. 045/2024, de autoria do Poder Executivo, que “Dispõe Sobre as Alterações no Plano Plurianual, para o exercício de 2025 e dá outras providências”.</t>
   </si>
   <si>
+    <t>1145</t>
+  </si>
+  <si>
+    <t>VETO</t>
+  </si>
+  <si>
+    <t>Veto Parcial</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1145/veto_parcial_ao_autografo_de_lei_complementar_n._003-24.pdf</t>
+  </si>
+  <si>
+    <t>Veto Parcial aposto ao Autógrafo de Lei Complementar n. 003/2024, que “Altera o Anexo II da Lei Complementar nº 105/11, de 16 de novembro de 2011, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>362</t>
+  </si>
+  <si>
+    <t>DEN</t>
+  </si>
+  <si>
+    <t>Denúncia</t>
+  </si>
+  <si>
+    <t>Eleitor</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/362/denuncia.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO DE DENÚNCIA – Protocolo sob o Registro N. 025/2024 de 29 de janeiro de 2024; Autor: Ana Lúcia Teixeira de Araújo; PROCESSO DE CASSAÇÃO: Mandato Legislativo do Vereador – DL 201/1967 DENILSON EYMARD DE CASTRO.</t>
+  </si>
+  <si>
+    <t>363</t>
+  </si>
+  <si>
+    <t>REC</t>
+  </si>
+  <si>
+    <t>Recurso</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/363/recurso_n._001.24.pdf</t>
+  </si>
+  <si>
+    <t>Recurso n. 001/24, de autoria do Vereador Denilson Castro e referente ao requerimento n. 007/24, da Vereadora Adriana do Salão, que foi deferido pela Mesa Diretora e encaminhado à Comissão de Ética.</t>
+  </si>
+  <si>
     <t>311</t>
   </si>
   <si>
     <t>PINFO</t>
   </si>
   <si>
     <t>Pedido de Informações</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/311/pedido_de_informacoes_n._001.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/311/pedido_de_informacoes_n._001.24.pdf</t>
   </si>
   <si>
     <t>Requer expedição de ofício à Chefe do Poder Executivo, a fim de que encaminhe informações sobre Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/312/pedido_de_informacoes_n._002.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/312/pedido_de_informacoes_n._002.24.pdf</t>
   </si>
   <si>
     <t>Requer expedição de ofício à Chefe do Poder Executivo, a fim de que encaminhe informações sobre Secretaria Municipal de Educação.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/313/pedido_de_informacoes_n._003.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/313/pedido_de_informacoes_n._003.24.pdf</t>
   </si>
   <si>
     <t>Requer expedição de ofício à Chefe do Poder Executivo, a fim de que encaminhe informações sobre a Secretaria Municipal de Meio Ambiente.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/314/pedido_de_informacoes_n._004.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/314/pedido_de_informacoes_n._004.24.pdf</t>
   </si>
   <si>
     <t>Requer expedição de ofício à Chefe do Poder Executivo, a fim de que encaminhe informações sobre a Secretaria Municipal de Infraestrutura.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/315/pedido_de_informacoes_n._005.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/315/pedido_de_informacoes_n._005.24.pdf</t>
   </si>
   <si>
     <t>Requer expedição de ofício à Chefe do Poder Executivo, solicitando informações que menciona.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/350/pinfo_006.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/350/pinfo_006.24.pdf</t>
   </si>
   <si>
     <t>Solicita ao Secretário de Assistência Social, Sr. Charles Rincon, que informe se houve o cumprimento da prestação de contas em atendimento ao Ofício n. 280/2024-OVG, enviando cópia da prestação de contas declaradas ou se ainda não o fez, que justifique o motivo.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/351/pinfo_007.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/351/pinfo_007.24.pdf</t>
   </si>
   <si>
     <t>Requer expedição de ofício à Chefe do Poder Executivo, a fim de que informe sobre possível violação ambiental no curtume próximo ao Rio Corumbá.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/382/pinfo_008.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/382/pinfo_008.24.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiada a Chefe do Poder Executivo, a fim de que informe sobre o andamento de emenda impositiva destinada à construção do Calçadão no Parque Santana.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/404/pinfo_009.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/404/pinfo_009.24.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora as seguintes informações: _x000D_
 1 – Como está o andamento do Requerimento de sua autoria de n. 007/24, do dia 28 de fevereiro de 2024? _x000D_
 2 – Por qual ou quais motivos ainda não houve resposta a este Requerimento por parte da Mesa Diretora? _x000D_
 3 – Qual a previsão para esta resposta?</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/405/pinfo_010.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/405/pinfo_010.24.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiada a Chefe do Poder Executivo, a fim de que informe a esta Casa se há previsão de publicação de Edital de Processo Seletivo para contratação de Agente de Combate às Endemias, em decorrência da aprovação da  Lei 4.199/2024, “Autoriza a contratação temporária de excepcional interesse público para o cargo de Agente de Combate às Endemias - I, pelo prazo de 06 (seis) meses, prorrogáveis por igual período, e dá outras providências.”</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/444/pinfo_011.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/444/pinfo_011.24.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora informações sobre quando será reaberto o Procedimento Administrativo da Portaria 018/22.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/522/pinfo_012.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/522/pinfo_012.24.pdf</t>
   </si>
   <si>
     <t>Solicita à Senhora Prefeita que informe a relação de quantos servidores foram compradas as licenças prêmio no período 2021/2024, fazendo juntar o processo administrativo que culminou nas concessões.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/592/pinfo_013.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/592/pinfo_013.24.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que informe quantos mata-burros foram adquiridos com a emenda impositiva do ano de 2023 (emenda de autoria dos vereadores: Adriana do Salão, Júnior da Metasa, Marquim Mega Som e Dr. Sandro Barbosa), informando também quais localidades da zona rural eles foram colocados.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/593/pinfo_014.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/593/pinfo_014.24.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que informe a aplicação da devolução do duodécimo da Câmara Municipal em 2023.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>PROF.º ARIOVALDO</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/626/pinfo_015.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/626/pinfo_015.24.pdf</t>
   </si>
   <si>
     <t>Requer expedição de ofício à Chefe do Poder Executivo e à Secretaria do Meio Ambiente, a fim de que encaminhe informações sobre possível remoção irregular de árvore que menciona.</t>
-  </si>
-[...217 lines deleted...]
-    <t>Solicita encaminhamento de ofício à Prefeita Municipal e à Equatorial, com o fim de que seja adotada a providência que menciona.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2706,67 +2706,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/262/009_24.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/340/plo_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/343/plo_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/282/plo_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/263/plo_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/264/plo_006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/265/plo_007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/266/plo_008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/267/plo_009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/280/plo_010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/281/plo_011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/332/plo_012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/345/plo_013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/346/plo_014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/367/plo_015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/384/plo_016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/393/plo_017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/386/plo_018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/394/plo_019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/401/plo_020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/402/plo_021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/471/plo_022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/472/plo_023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/489/plo_024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/597/plo_025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/598/plo_026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/599/plo_027.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/600/plo_028.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/601/plo_029.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/604/plo_030.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/605/plo_031.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/614/plo_032.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/615/plo_033.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/616/plo_034.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/619/plo_035.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/620/plo_n._036.24.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/621/projeto_de_lei_n._037-24.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/629/plo_038.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/731/plo_039.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/814/plo_040.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/994/plo_041.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/996/plo_042.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1156/plo_043.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1157/plo_044.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/341/plc_001.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/283/plc_002.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/596/plc_003.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/588/pdl_001.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/602/pdl_002.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/317/indicacao_n._001.24.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/318/indicacao_n._002.24.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/319/indicacao_n._003.24.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/320/indicacao_n._004.24.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/321/indicacao_n._005.24.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/322/indicacao_n._006.24.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/323/indicacao_n._007.24.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/324/indicacao_n._008.24.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/325/indicacao_n._009.24.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/326/indicacao_n._010.24.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/333/indicacao_n._011.24.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/334/indicacao_n._012.24.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/335/indicacao_n._013.24.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/336/indicacao_n._014.24.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/337/indicacao_n._015.24.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/338/indicacao_n._016.24.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/339/indicacao_n._017.24.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/347/ind_018.24.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/348/ind_019.24.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/349/ind_020.24.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/364/ind_021.24.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/365/ind_022.24.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/368/ind_023.24.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/369/ind_024.24.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/370/ind_025.24.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/372/ind_026.24.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/373/ind_027.24.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/374/ind_028.24.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/375/ind_029.24.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/376/ind_030.24.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/377/ind_031.24.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/378/ind_032.24.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/379/ind_033.24.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/380/ind_034.24.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/383/ind_035.24.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/389/ind_036.24.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/390/ind_037.24.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/391/ind_038.24.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/392/ind_039.24.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/397/ind_040.24.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/398/ind_041.24.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/399/ind_042.24.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/414/ind_043.24.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/415/ind_044.24.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/416/ind_045.24.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/443/ind_046.24.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/427/ind_047.24.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/428/ind_048.24.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/429/ind_049.24.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/453/indicacao_050.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/475/ind_051.24.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/603/ind_052.24.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/606/ind_053.24.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/607/ind_054.24.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1092/ind_055.24.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/305/requerimento_n._001.24.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/306/requerimento_n._002.24.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/307/requerimento_n._003.24.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/308/requerimento_n._004.24.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/309/requerimento_n._005.24.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/310/requerimento_n._006.24.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/316/requerimento_n._007.24.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/327/requerimento_n._008.24.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/328/requerimento_n._009.24.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/329/requerimento_n._010.24.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/330/requerimento_n._011.24.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/331/requerimento_n._012.24.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/352/req_013.24.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/353/req_014.24.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/354/req_015.24.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/355/req_016.24.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/356/req_017.24.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/357/req_018.24.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/358/req_019.24.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/359/req_020.24.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/360/req_021.24.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/361/req_022.24.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/371/req_023.24.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/381/req_024.24.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/385/req_025.24.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/387/req_026.24.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/388/req_027.24.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/396/req_028.24.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/400/req_029.24.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/403/req_030.24.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/413/req_031.24.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/426/req_032.24.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/430/req_033.24.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/432/req_034.24.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/433/req_035.24.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/449/req_036.24.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/451/req_038.24.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/452/req_039.24.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/454/requerimento_040.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/476/req_041.24.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/477/req_042.24.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/520/req_043.24.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/521/req_044.24.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/594/req_045.24.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/595/req_046.24.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/608/req_047.24.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/609/req_048.24.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/610/req_049.24.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/611/req_050.24.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/612/req_051.24.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/613/req_052.24.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/617/req_053.24.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/618/req_054.24.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/622/req_055.24.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/625/req_056.24.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/627/req_057.24.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/918/req_058.24.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/920/req_059.24.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1090/req_060.24.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1091/req_061.24.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1149/req._062.24.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1150/req._063.24.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1151/req._064.24.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1153/req._066.24.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1155/req._068.24.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1160/req._070.24.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1161/req._n._071.24.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1166/req._073.24.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1167/req._074.24.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/311/pedido_de_informacoes_n._001.24.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/312/pedido_de_informacoes_n._002.24.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/313/pedido_de_informacoes_n._003.24.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/314/pedido_de_informacoes_n._004.24.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/315/pedido_de_informacoes_n._005.24.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/350/pinfo_006.24.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/351/pinfo_007.24.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/382/pinfo_008.24.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/404/pinfo_009.24.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/405/pinfo_010.24.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/444/pinfo_011.24.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/522/pinfo_012.24.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/592/pinfo_013.24.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/593/pinfo_014.24.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/626/pinfo_015.24.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/342/elom_001.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/344/elom_002.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1147/pelom_003.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1148/pelom_004.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/366/pr_001.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/395/pr_002.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/623/proj_res_003.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/624/projeto_de_resolucao_n._004.24.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/628/pr_005.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1146/pr_006.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1159/pr_007.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/362/denuncia.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/363/recurso_n._001.24.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1145/veto_parcial_ao_autografo_de_lei_complementar_n._003-24.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1163/mocao_de_aplauso_n._001.24.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1164/reqinfo_n._001.24.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1165/pedido_de_providencias._n._001.24.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/342/elom_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/344/elom_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1147/pelom_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1148/pelom_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/341/plc_001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/283/plc_002.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/596/plc_003.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/262/009_24.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/340/plo_002.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/343/plo_003.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/282/plo_004.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/263/plo_005.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/264/plo_006.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/265/plo_007.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/266/plo_008.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/267/plo_009.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/280/plo_010.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/281/plo_011.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/332/plo_012.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/345/plo_013.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/346/plo_014.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/367/plo_015.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/384/plo_016.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/393/plo_017.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/386/plo_018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/394/plo_019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/401/plo_020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/402/plo_021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/471/plo_022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/472/plo_023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/489/plo_024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/597/plo_025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/598/plo_026.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/599/plo_027.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/600/plo_028.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/601/plo_029.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/604/plo_030.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/605/plo_031.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/614/plo_032.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/615/plo_033.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/616/plo_034.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/619/plo_035.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/620/plo_n._036.24.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/621/projeto_de_lei_n._037-24.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/629/plo_038.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/731/plo_039.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/814/plo_040.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/994/plo_041.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/996/plo_042.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1156/plo_043.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1157/plo_044.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/588/pdl_001.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/602/pdl_002.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/366/pr_001.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/395/pr_002.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/623/proj_res_003.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/624/projeto_de_resolucao_n._004.24.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/628/pr_005.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1146/pr_006.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1159/pr_007.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1163/mocao_de_aplauso_n._001.24.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1165/pedido_de_providencias._n._001.24.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/317/indicacao_n._001.24.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/318/indicacao_n._002.24.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/319/indicacao_n._003.24.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/320/indicacao_n._004.24.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/321/indicacao_n._005.24.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/322/indicacao_n._006.24.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/323/indicacao_n._007.24.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/324/indicacao_n._008.24.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/325/indicacao_n._009.24.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/326/indicacao_n._010.24.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/333/indicacao_n._011.24.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/334/indicacao_n._012.24.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/335/indicacao_n._013.24.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/336/indicacao_n._014.24.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/337/indicacao_n._015.24.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/338/indicacao_n._016.24.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/339/indicacao_n._017.24.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/347/ind_018.24.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/348/ind_019.24.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/349/ind_020.24.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/364/ind_021.24.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/365/ind_022.24.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/368/ind_023.24.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/369/ind_024.24.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/370/ind_025.24.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/372/ind_026.24.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/373/ind_027.24.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/374/ind_028.24.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/375/ind_029.24.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/376/ind_030.24.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/377/ind_031.24.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/378/ind_032.24.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/379/ind_033.24.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/380/ind_034.24.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/383/ind_035.24.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/389/ind_036.24.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/390/ind_037.24.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/391/ind_038.24.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/392/ind_039.24.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/397/ind_040.24.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/398/ind_041.24.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/399/ind_042.24.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/414/ind_043.24.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/415/ind_044.24.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/416/ind_045.24.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/443/ind_046.24.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/427/ind_047.24.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/428/ind_048.24.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/429/ind_049.24.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/453/indicacao_050.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/475/ind_051.24.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/603/ind_052.24.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/606/ind_053.24.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/607/ind_054.24.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1092/ind_055.24.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1164/reqinfo_n._001.24.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/305/requerimento_n._001.24.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/306/requerimento_n._002.24.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/307/requerimento_n._003.24.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/308/requerimento_n._004.24.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/309/requerimento_n._005.24.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/310/requerimento_n._006.24.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/316/requerimento_n._007.24.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/327/requerimento_n._008.24.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/328/requerimento_n._009.24.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/329/requerimento_n._010.24.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/330/requerimento_n._011.24.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/331/requerimento_n._012.24.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/352/req_013.24.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/353/req_014.24.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/354/req_015.24.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/355/req_016.24.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/356/req_017.24.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/357/req_018.24.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/358/req_019.24.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/359/req_020.24.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/360/req_021.24.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/361/req_022.24.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/371/req_023.24.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/381/req_024.24.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/385/req_025.24.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/387/req_026.24.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/388/req_027.24.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/396/req_028.24.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/400/req_029.24.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/403/req_030.24.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/413/req_031.24.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/426/req_032.24.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/430/req_033.24.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/432/req_034.24.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/433/req_035.24.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/449/req_036.24.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/451/req_038.24.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/452/req_039.24.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/454/requerimento_040.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/476/req_041.24.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/477/req_042.24.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/520/req_043.24.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/521/req_044.24.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/594/req_045.24.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/595/req_046.24.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/608/req_047.24.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/609/req_048.24.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/610/req_049.24.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/611/req_050.24.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/612/req_051.24.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/613/req_052.24.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/617/req_053.24.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/618/req_054.24.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/622/req_055.24.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/625/req_056.24.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/627/req_057.24.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/918/req_058.24.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/920/req_059.24.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1090/req_060.24.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1091/req_061.24.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1149/req._062.24.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1150/req._063.24.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1151/req._064.24.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1153/req._066.24.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1155/req._068.24.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1160/req._070.24.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1161/req._n._071.24.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1166/req._073.24.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1167/req._074.24.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/1145/veto_parcial_ao_autografo_de_lei_complementar_n._003-24.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/362/denuncia.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/363/recurso_n._001.24.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/311/pedido_de_informacoes_n._001.24.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/312/pedido_de_informacoes_n._002.24.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/313/pedido_de_informacoes_n._003.24.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/314/pedido_de_informacoes_n._004.24.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/315/pedido_de_informacoes_n._005.24.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/350/pinfo_006.24.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/351/pinfo_007.24.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/382/pinfo_008.24.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/404/pinfo_009.24.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/405/pinfo_010.24.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/444/pinfo_011.24.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/522/pinfo_012.24.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/592/pinfo_013.24.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/593/pinfo_014.24.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2024/626/pinfo_015.24.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H211"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="242.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2795,5459 +2795,5459 @@
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="H6" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
         <v>33</v>
       </c>
-      <c r="B7" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="H7" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="H8" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>42</v>
+        <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="H9" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" t="s">
         <v>45</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="E10" t="s">
         <v>46</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="H10" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="H11" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="H12" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="H13" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="H14" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="H15" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F16" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H16" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H17" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H18" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H19" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H20" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H21" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E22" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F22" t="s">
-        <v>96</v>
+        <v>34</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>97</v>
       </c>
       <c r="H22" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>99</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>100</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E23" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F23" t="s">
-        <v>13</v>
+        <v>101</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H23" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E24" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F24" t="s">
-        <v>105</v>
+        <v>34</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>106</v>
       </c>
       <c r="H24" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>108</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>109</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E25" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F25" t="s">
+        <v>34</v>
+      </c>
+      <c r="G25" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="G25" s="1" t="s">
+      <c r="H25" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>112</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
         <v>113</v>
       </c>
-      <c r="B26" t="s">
-[...2 lines deleted...]
-      <c r="C26" t="s">
+      <c r="D26" t="s">
+        <v>45</v>
+      </c>
+      <c r="E26" t="s">
+        <v>46</v>
+      </c>
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="D26" t="s">
-[...8 lines deleted...]
-      <c r="G26" s="1" t="s">
+      <c r="H26" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>116</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
         <v>117</v>
       </c>
-      <c r="B27" t="s">
-[...2 lines deleted...]
-      <c r="C27" t="s">
+      <c r="D27" t="s">
+        <v>45</v>
+      </c>
+      <c r="E27" t="s">
+        <v>46</v>
+      </c>
+      <c r="F27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="D27" t="s">
-[...5 lines deleted...]
-      <c r="F27" t="s">
+      <c r="H27" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>120</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>121</v>
+      </c>
+      <c r="D28" t="s">
+        <v>45</v>
+      </c>
+      <c r="E28" t="s">
+        <v>46</v>
+      </c>
+      <c r="F28" t="s">
+        <v>34</v>
+      </c>
+      <c r="G28" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="B28" t="s">
-[...2 lines deleted...]
-      <c r="C28" t="s">
+      <c r="H28" t="s">
         <v>123</v>
-      </c>
-[...13 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>124</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>125</v>
+      </c>
+      <c r="D29" t="s">
+        <v>45</v>
+      </c>
+      <c r="E29" t="s">
+        <v>46</v>
+      </c>
+      <c r="F29" t="s">
         <v>126</v>
       </c>
-      <c r="B29" t="s">
-[...2 lines deleted...]
-      <c r="C29" t="s">
+      <c r="G29" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="D29" t="s">
-[...8 lines deleted...]
-      <c r="G29" s="1" t="s">
+      <c r="H29" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>129</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
         <v>130</v>
       </c>
-      <c r="B30" t="s">
-[...2 lines deleted...]
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>45</v>
+      </c>
+      <c r="E30" t="s">
+        <v>46</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="D30" t="s">
-[...8 lines deleted...]
-      <c r="G30" s="1" t="s">
+      <c r="H30" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>133</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
         <v>134</v>
       </c>
-      <c r="B31" t="s">
-[...2 lines deleted...]
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>45</v>
+      </c>
+      <c r="E31" t="s">
+        <v>46</v>
+      </c>
+      <c r="F31" t="s">
         <v>135</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>136</v>
       </c>
       <c r="H31" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>138</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>139</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E32" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F32" t="s">
-        <v>26</v>
+        <v>140</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H32" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E33" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F33" t="s">
-        <v>13</v>
+        <v>126</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="H33" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E34" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F34" t="s">
-        <v>13</v>
+        <v>149</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="H34" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E35" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F35" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="H35" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E36" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F36" t="s">
-        <v>156</v>
+        <v>56</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H36" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E37" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F37" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="H37" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E38" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F38" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="H38" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E39" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F39" t="s">
-        <v>156</v>
+        <v>56</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H39" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E40" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F40" t="s">
-        <v>173</v>
+        <v>34</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>174</v>
       </c>
       <c r="H40" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>176</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>177</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E41" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F41" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>178</v>
       </c>
       <c r="H41" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>180</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>181</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E42" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F42" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>182</v>
       </c>
       <c r="H42" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>184</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>185</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E43" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F43" t="s">
-        <v>13</v>
+        <v>186</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="H43" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E44" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F44" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H44" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E45" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F45" t="s">
-        <v>194</v>
+        <v>34</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>195</v>
       </c>
       <c r="H45" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>197</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>10</v>
+        <v>198</v>
       </c>
       <c r="D46" t="s">
-        <v>198</v>
+        <v>45</v>
       </c>
       <c r="E46" t="s">
+        <v>46</v>
+      </c>
+      <c r="F46" t="s">
+        <v>186</v>
+      </c>
+      <c r="G46" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="F46" t="s">
-[...2 lines deleted...]
-      <c r="G46" s="1" t="s">
+      <c r="H46" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>201</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
         <v>202</v>
       </c>
-      <c r="B47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D47" t="s">
-        <v>198</v>
+        <v>45</v>
       </c>
       <c r="E47" t="s">
-        <v>199</v>
+        <v>46</v>
       </c>
       <c r="F47" t="s">
         <v>203</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H47" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>206</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>21</v>
+        <v>207</v>
       </c>
       <c r="D48" t="s">
-        <v>198</v>
+        <v>45</v>
       </c>
       <c r="E48" t="s">
-        <v>199</v>
+        <v>46</v>
       </c>
       <c r="F48" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H48" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>10</v>
+        <v>211</v>
       </c>
       <c r="D49" t="s">
-        <v>210</v>
+        <v>45</v>
       </c>
       <c r="E49" t="s">
-        <v>211</v>
+        <v>46</v>
       </c>
       <c r="F49" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>212</v>
       </c>
       <c r="H49" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>214</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>17</v>
+        <v>215</v>
       </c>
       <c r="D50" t="s">
-        <v>210</v>
+        <v>45</v>
       </c>
       <c r="E50" t="s">
-        <v>211</v>
+        <v>46</v>
       </c>
       <c r="F50" t="s">
-        <v>119</v>
+        <v>34</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="H50" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>10</v>
+        <v>219</v>
       </c>
       <c r="D51" t="s">
-        <v>218</v>
+        <v>45</v>
       </c>
       <c r="E51" t="s">
-        <v>219</v>
+        <v>46</v>
       </c>
       <c r="F51" t="s">
-        <v>110</v>
+        <v>34</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>220</v>
       </c>
       <c r="H51" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>222</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>17</v>
+        <v>223</v>
       </c>
       <c r="D52" t="s">
-        <v>218</v>
+        <v>45</v>
       </c>
       <c r="E52" t="s">
-        <v>219</v>
+        <v>46</v>
       </c>
       <c r="F52" t="s">
-        <v>26</v>
+        <v>224</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="H52" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>218</v>
+        <v>228</v>
       </c>
       <c r="E53" t="s">
-        <v>219</v>
+        <v>229</v>
       </c>
       <c r="F53" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="H53" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>232</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>17</v>
+      </c>
+      <c r="D54" t="s">
         <v>228</v>
       </c>
-      <c r="B54" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E54" t="s">
-        <v>219</v>
+        <v>229</v>
       </c>
       <c r="F54" t="s">
-        <v>26</v>
+        <v>149</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="H54" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>218</v>
+        <v>236</v>
       </c>
       <c r="E55" t="s">
-        <v>219</v>
+        <v>237</v>
       </c>
       <c r="F55" t="s">
-        <v>232</v>
+        <v>38</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="H55" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="D56" t="s">
-        <v>218</v>
+        <v>236</v>
       </c>
       <c r="E56" t="s">
-        <v>219</v>
+        <v>237</v>
       </c>
       <c r="F56" t="s">
-        <v>232</v>
+        <v>186</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="H56" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="D57" t="s">
-        <v>218</v>
+        <v>236</v>
       </c>
       <c r="E57" t="s">
-        <v>219</v>
+        <v>237</v>
       </c>
       <c r="F57" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="H57" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="D58" t="s">
-        <v>218</v>
+        <v>236</v>
       </c>
       <c r="E58" t="s">
-        <v>219</v>
+        <v>237</v>
       </c>
       <c r="F58" t="s">
-        <v>239</v>
+        <v>186</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="H58" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="D59" t="s">
-        <v>218</v>
+        <v>236</v>
       </c>
       <c r="E59" t="s">
-        <v>219</v>
+        <v>237</v>
       </c>
       <c r="F59" t="s">
-        <v>26</v>
+        <v>186</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="H59" t="s">
-        <v>244</v>
+        <v>252</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="D60" t="s">
-        <v>218</v>
+        <v>236</v>
       </c>
       <c r="E60" t="s">
-        <v>219</v>
+        <v>237</v>
       </c>
       <c r="F60" t="s">
-        <v>248</v>
+        <v>186</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="H60" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="D61" t="s">
-        <v>218</v>
+        <v>236</v>
       </c>
       <c r="E61" t="s">
-        <v>219</v>
+        <v>237</v>
       </c>
       <c r="F61" t="s">
-        <v>252</v>
+        <v>186</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="H61" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>218</v>
+        <v>260</v>
       </c>
       <c r="E62" t="s">
-        <v>219</v>
+        <v>261</v>
       </c>
       <c r="F62" t="s">
-        <v>173</v>
+        <v>262</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="H62" t="s">
-        <v>224</v>
+        <v>264</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>62</v>
+        <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>218</v>
+        <v>266</v>
       </c>
       <c r="E63" t="s">
-        <v>219</v>
+        <v>267</v>
       </c>
       <c r="F63" t="s">
-        <v>26</v>
+        <v>268</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="H63" t="s">
-        <v>259</v>
+        <v>270</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>260</v>
+        <v>271</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>66</v>
+        <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E64" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F64" t="s">
-        <v>26</v>
+        <v>140</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>261</v>
+        <v>274</v>
       </c>
       <c r="H64" t="s">
-        <v>224</v>
+        <v>275</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>262</v>
+        <v>276</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="D65" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E65" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F65" t="s">
-        <v>173</v>
+        <v>56</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>263</v>
+        <v>277</v>
       </c>
       <c r="H65" t="s">
-        <v>264</v>
+        <v>278</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>265</v>
+        <v>279</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="D66" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E66" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F66" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>266</v>
+        <v>280</v>
       </c>
       <c r="H66" t="s">
-        <v>267</v>
+        <v>281</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>268</v>
+        <v>282</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="D67" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E67" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F67" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>269</v>
+        <v>283</v>
       </c>
       <c r="H67" t="s">
-        <v>270</v>
+        <v>284</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>271</v>
+        <v>285</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>83</v>
+        <v>60</v>
       </c>
       <c r="D68" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E68" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F68" t="s">
-        <v>272</v>
+        <v>286</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>273</v>
+        <v>287</v>
       </c>
       <c r="H68" t="s">
-        <v>274</v>
+        <v>288</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>275</v>
+        <v>289</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>87</v>
+        <v>64</v>
       </c>
       <c r="D69" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E69" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F69" t="s">
-        <v>26</v>
+        <v>286</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>276</v>
+        <v>290</v>
       </c>
       <c r="H69" t="s">
-        <v>277</v>
+        <v>291</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>278</v>
+        <v>292</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>91</v>
+        <v>68</v>
       </c>
       <c r="D70" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E70" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F70" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>280</v>
+        <v>293</v>
       </c>
       <c r="H70" t="s">
-        <v>281</v>
+        <v>294</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>282</v>
+        <v>295</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>95</v>
+        <v>72</v>
       </c>
       <c r="D71" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E71" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F71" t="s">
-        <v>173</v>
+        <v>268</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="H71" t="s">
-        <v>284</v>
+        <v>297</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>285</v>
+        <v>298</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="D72" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E72" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F72" t="s">
-        <v>173</v>
+        <v>56</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>286</v>
+        <v>299</v>
       </c>
       <c r="H72" t="s">
-        <v>287</v>
+        <v>297</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>288</v>
+        <v>300</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>104</v>
+        <v>80</v>
       </c>
       <c r="D73" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E73" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F73" t="s">
-        <v>289</v>
+        <v>301</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>290</v>
+        <v>302</v>
       </c>
       <c r="H73" t="s">
-        <v>291</v>
+        <v>303</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>292</v>
+        <v>304</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>109</v>
+        <v>84</v>
       </c>
       <c r="D74" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E74" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F74" t="s">
-        <v>293</v>
+        <v>305</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>294</v>
+        <v>306</v>
       </c>
       <c r="H74" t="s">
-        <v>295</v>
+        <v>307</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>296</v>
+        <v>308</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>114</v>
+        <v>88</v>
       </c>
       <c r="D75" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E75" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F75" t="s">
-        <v>239</v>
+        <v>203</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>297</v>
+        <v>309</v>
       </c>
       <c r="H75" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>299</v>
+        <v>310</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>118</v>
+        <v>92</v>
       </c>
       <c r="D76" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E76" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F76" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>300</v>
+        <v>311</v>
       </c>
       <c r="H76" t="s">
-        <v>301</v>
+        <v>312</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>123</v>
+        <v>96</v>
       </c>
       <c r="D77" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E77" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F77" t="s">
-        <v>239</v>
+        <v>56</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="H77" t="s">
-        <v>304</v>
+        <v>278</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>305</v>
+        <v>315</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>127</v>
+        <v>100</v>
       </c>
       <c r="D78" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E78" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F78" t="s">
-        <v>306</v>
+        <v>203</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
       <c r="H78" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>131</v>
+        <v>105</v>
       </c>
       <c r="D79" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E79" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F79" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>310</v>
+        <v>319</v>
       </c>
       <c r="H79" t="s">
-        <v>311</v>
+        <v>320</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>312</v>
+        <v>321</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>135</v>
+        <v>109</v>
       </c>
       <c r="D80" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E80" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F80" t="s">
-        <v>306</v>
+        <v>56</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>313</v>
+        <v>322</v>
       </c>
       <c r="H80" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>139</v>
+        <v>113</v>
       </c>
       <c r="D81" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E81" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F81" t="s">
-        <v>306</v>
+        <v>325</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>316</v>
+        <v>326</v>
       </c>
       <c r="H81" t="s">
-        <v>317</v>
+        <v>327</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>143</v>
+        <v>117</v>
       </c>
       <c r="D82" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E82" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F82" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="H82" t="s">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>147</v>
+        <v>121</v>
       </c>
       <c r="D83" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E83" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F83" t="s">
-        <v>322</v>
+        <v>332</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
       <c r="H83" t="s">
-        <v>324</v>
+        <v>334</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>325</v>
+        <v>335</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>151</v>
+        <v>125</v>
       </c>
       <c r="D84" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E84" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F84" t="s">
-        <v>248</v>
+        <v>203</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>326</v>
+        <v>336</v>
       </c>
       <c r="H84" t="s">
-        <v>327</v>
+        <v>337</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>328</v>
+        <v>338</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>155</v>
+        <v>130</v>
       </c>
       <c r="D85" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E85" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F85" t="s">
-        <v>173</v>
+        <v>203</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="H85" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>331</v>
+        <v>341</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>160</v>
+        <v>134</v>
       </c>
       <c r="D86" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E86" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F86" t="s">
-        <v>279</v>
+        <v>342</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H86" t="s">
-        <v>333</v>
+        <v>344</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>334</v>
+        <v>345</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="D87" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E87" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F87" t="s">
-        <v>279</v>
+        <v>346</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="H87" t="s">
-        <v>336</v>
+        <v>348</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>337</v>
+        <v>349</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>168</v>
+        <v>144</v>
       </c>
       <c r="D88" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E88" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F88" t="s">
-        <v>110</v>
+        <v>268</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>338</v>
+        <v>350</v>
       </c>
       <c r="H88" t="s">
-        <v>339</v>
+        <v>351</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>340</v>
+        <v>352</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>172</v>
+        <v>148</v>
       </c>
       <c r="D89" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E89" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F89" t="s">
-        <v>110</v>
+        <v>56</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="H89" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>343</v>
+        <v>355</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>177</v>
+        <v>153</v>
       </c>
       <c r="D90" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E90" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F90" t="s">
-        <v>344</v>
+        <v>268</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="H90" t="s">
-        <v>346</v>
+        <v>357</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>347</v>
+        <v>358</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>181</v>
+        <v>157</v>
       </c>
       <c r="D91" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E91" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F91" t="s">
-        <v>348</v>
+        <v>262</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>349</v>
+        <v>359</v>
       </c>
       <c r="H91" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>185</v>
+        <v>161</v>
       </c>
       <c r="D92" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E92" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F92" t="s">
-        <v>348</v>
+        <v>56</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>352</v>
+        <v>362</v>
       </c>
       <c r="H92" t="s">
-        <v>353</v>
+        <v>363</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>354</v>
+        <v>364</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>189</v>
+        <v>165</v>
       </c>
       <c r="D93" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E93" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F93" t="s">
-        <v>355</v>
+        <v>262</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>356</v>
+        <v>365</v>
       </c>
       <c r="H93" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>193</v>
+        <v>169</v>
       </c>
       <c r="D94" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E94" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F94" t="s">
-        <v>355</v>
+        <v>262</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="H94" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>361</v>
+        <v>370</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>362</v>
+        <v>173</v>
       </c>
       <c r="D95" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E95" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F95" t="s">
-        <v>306</v>
+        <v>56</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="H95" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>365</v>
+        <v>373</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>366</v>
+        <v>177</v>
       </c>
       <c r="D96" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E96" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F96" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="H96" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>371</v>
+        <v>181</v>
       </c>
       <c r="D97" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E97" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F97" t="s">
-        <v>372</v>
+        <v>301</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="H97" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>376</v>
+        <v>185</v>
       </c>
       <c r="D98" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E98" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F98" t="s">
-        <v>110</v>
+        <v>203</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="H98" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>380</v>
+        <v>190</v>
       </c>
       <c r="D99" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E99" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F99" t="s">
-        <v>239</v>
+        <v>332</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="H99" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>384</v>
+        <v>194</v>
       </c>
       <c r="D100" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E100" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F100" t="s">
-        <v>156</v>
+        <v>332</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="H100" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>388</v>
+        <v>198</v>
       </c>
       <c r="D101" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E101" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F101" t="s">
-        <v>26</v>
+        <v>140</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="H101" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>392</v>
+        <v>202</v>
       </c>
       <c r="D102" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="E102" t="s">
-        <v>219</v>
+        <v>273</v>
       </c>
       <c r="F102" t="s">
-        <v>110</v>
+        <v>140</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>393</v>
       </c>
       <c r="H102" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>395</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
+        <v>207</v>
+      </c>
+      <c r="D103" t="s">
+        <v>272</v>
+      </c>
+      <c r="E103" t="s">
+        <v>273</v>
+      </c>
+      <c r="F103" t="s">
         <v>396</v>
-      </c>
-[...7 lines deleted...]
-        <v>306</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>397</v>
       </c>
       <c r="H103" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>399</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
+        <v>211</v>
+      </c>
+      <c r="D104" t="s">
+        <v>272</v>
+      </c>
+      <c r="E104" t="s">
+        <v>273</v>
+      </c>
+      <c r="F104" t="s">
         <v>400</v>
-      </c>
-[...7 lines deleted...]
-        <v>110</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>401</v>
       </c>
       <c r="H104" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>403</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
+        <v>215</v>
+      </c>
+      <c r="D105" t="s">
+        <v>272</v>
+      </c>
+      <c r="E105" t="s">
+        <v>273</v>
+      </c>
+      <c r="F105" t="s">
+        <v>400</v>
+      </c>
+      <c r="G105" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="D105" t="s">
-[...8 lines deleted...]
-      <c r="G105" s="1" t="s">
+      <c r="H105" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>406</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>219</v>
+      </c>
+      <c r="D106" t="s">
+        <v>272</v>
+      </c>
+      <c r="E106" t="s">
+        <v>273</v>
+      </c>
+      <c r="F106" t="s">
         <v>407</v>
       </c>
-      <c r="B106" t="s">
-[...5 lines deleted...]
-      <c r="D106" t="s">
+      <c r="G106" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="E106" t="s">
+      <c r="H106" t="s">
         <v>409</v>
-      </c>
-[...7 lines deleted...]
-        <v>411</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
+        <v>410</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>223</v>
+      </c>
+      <c r="D107" t="s">
+        <v>272</v>
+      </c>
+      <c r="E107" t="s">
+        <v>273</v>
+      </c>
+      <c r="F107" t="s">
+        <v>407</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="H107" t="s">
         <v>412</v>
-      </c>
-[...19 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>413</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>414</v>
+      </c>
+      <c r="D108" t="s">
+        <v>272</v>
+      </c>
+      <c r="E108" t="s">
+        <v>273</v>
+      </c>
+      <c r="F108" t="s">
+        <v>262</v>
+      </c>
+      <c r="G108" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="B108" t="s">
-[...14 lines deleted...]
-      <c r="G108" s="1" t="s">
+      <c r="H108" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>417</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
         <v>418</v>
       </c>
-      <c r="B109" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D109" t="s">
-        <v>408</v>
+        <v>272</v>
       </c>
       <c r="E109" t="s">
-        <v>409</v>
+        <v>273</v>
       </c>
       <c r="F109" t="s">
-        <v>119</v>
+        <v>419</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H109" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>30</v>
+        <v>423</v>
       </c>
       <c r="D110" t="s">
-        <v>408</v>
+        <v>272</v>
       </c>
       <c r="E110" t="s">
-        <v>409</v>
+        <v>273</v>
       </c>
       <c r="F110" t="s">
-        <v>110</v>
+        <v>424</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="H110" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>34</v>
+        <v>428</v>
       </c>
       <c r="D111" t="s">
-        <v>408</v>
+        <v>272</v>
       </c>
       <c r="E111" t="s">
-        <v>409</v>
+        <v>273</v>
       </c>
       <c r="F111" t="s">
-        <v>110</v>
+        <v>140</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="H111" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>38</v>
+        <v>432</v>
       </c>
       <c r="D112" t="s">
-        <v>408</v>
+        <v>272</v>
       </c>
       <c r="E112" t="s">
-        <v>409</v>
+        <v>273</v>
       </c>
       <c r="F112" t="s">
-        <v>306</v>
+        <v>268</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="H112" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>42</v>
+        <v>436</v>
       </c>
       <c r="D113" t="s">
-        <v>408</v>
+        <v>272</v>
       </c>
       <c r="E113" t="s">
-        <v>409</v>
+        <v>273</v>
       </c>
       <c r="F113" t="s">
-        <v>431</v>
+        <v>186</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="H113" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>46</v>
+        <v>440</v>
       </c>
       <c r="D114" t="s">
-        <v>408</v>
+        <v>272</v>
       </c>
       <c r="E114" t="s">
-        <v>409</v>
+        <v>273</v>
       </c>
       <c r="F114" t="s">
-        <v>119</v>
+        <v>56</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="H114" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>50</v>
+        <v>444</v>
       </c>
       <c r="D115" t="s">
-        <v>408</v>
+        <v>272</v>
       </c>
       <c r="E115" t="s">
-        <v>409</v>
+        <v>273</v>
       </c>
       <c r="F115" t="s">
-        <v>248</v>
+        <v>140</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>438</v>
+        <v>445</v>
       </c>
       <c r="H115" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>54</v>
+        <v>448</v>
       </c>
       <c r="D116" t="s">
-        <v>408</v>
+        <v>272</v>
       </c>
       <c r="E116" t="s">
-        <v>409</v>
+        <v>273</v>
       </c>
       <c r="F116" t="s">
-        <v>110</v>
+        <v>262</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>441</v>
+        <v>449</v>
       </c>
       <c r="H116" t="s">
-        <v>442</v>
+        <v>450</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>443</v>
+        <v>451</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>58</v>
+        <v>452</v>
       </c>
       <c r="D117" t="s">
-        <v>408</v>
+        <v>272</v>
       </c>
       <c r="E117" t="s">
-        <v>409</v>
+        <v>273</v>
       </c>
       <c r="F117" t="s">
-        <v>119</v>
+        <v>140</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="H117" t="s">
-        <v>445</v>
+        <v>454</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>446</v>
+        <v>455</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>62</v>
+        <v>456</v>
       </c>
       <c r="D118" t="s">
-        <v>408</v>
+        <v>272</v>
       </c>
       <c r="E118" t="s">
-        <v>409</v>
+        <v>273</v>
       </c>
       <c r="F118" t="s">
-        <v>447</v>
+        <v>262</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="H118" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>450</v>
+        <v>459</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>66</v>
+        <v>10</v>
       </c>
       <c r="D119" t="s">
-        <v>408</v>
+        <v>460</v>
       </c>
       <c r="E119" t="s">
-        <v>409</v>
+        <v>461</v>
       </c>
       <c r="F119" t="s">
-        <v>110</v>
+        <v>268</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>451</v>
+        <v>462</v>
       </c>
       <c r="H119" t="s">
-        <v>452</v>
+        <v>463</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>453</v>
+        <v>464</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="D120" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E120" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F120" t="s">
-        <v>110</v>
+        <v>56</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>454</v>
+        <v>467</v>
       </c>
       <c r="H120" t="s">
-        <v>455</v>
+        <v>468</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>456</v>
+        <v>469</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>75</v>
+        <v>17</v>
       </c>
       <c r="D121" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E121" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F121" t="s">
-        <v>119</v>
+        <v>56</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>457</v>
+        <v>470</v>
       </c>
       <c r="H121" t="s">
-        <v>458</v>
+        <v>471</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>459</v>
+        <v>472</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="D122" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E122" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F122" t="s">
-        <v>119</v>
+        <v>149</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>460</v>
+        <v>473</v>
       </c>
       <c r="H122" t="s">
-        <v>461</v>
+        <v>474</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>462</v>
+        <v>475</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>83</v>
+        <v>27</v>
       </c>
       <c r="D123" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E123" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F123" t="s">
-        <v>26</v>
+        <v>149</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>463</v>
+        <v>476</v>
       </c>
       <c r="H123" t="s">
-        <v>464</v>
+        <v>477</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
+        <v>478</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>60</v>
+      </c>
+      <c r="D124" t="s">
         <v>465</v>
       </c>
-      <c r="B124" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E124" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F124" t="s">
-        <v>466</v>
+        <v>140</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>467</v>
+        <v>479</v>
       </c>
       <c r="H124" t="s">
-        <v>468</v>
+        <v>480</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="D125" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E125" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F125" t="s">
-        <v>119</v>
+        <v>140</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="H125" t="s">
-        <v>471</v>
+        <v>483</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>95</v>
+        <v>68</v>
       </c>
       <c r="D126" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E126" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F126" t="s">
-        <v>119</v>
+        <v>262</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>473</v>
+        <v>485</v>
       </c>
       <c r="H126" t="s">
-        <v>474</v>
+        <v>486</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>475</v>
+        <v>487</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>100</v>
+        <v>72</v>
       </c>
       <c r="D127" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E127" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F127" t="s">
-        <v>119</v>
+        <v>488</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>476</v>
+        <v>489</v>
       </c>
       <c r="H127" t="s">
-        <v>477</v>
+        <v>490</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>478</v>
+        <v>491</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>104</v>
+        <v>76</v>
       </c>
       <c r="D128" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E128" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F128" t="s">
-        <v>26</v>
+        <v>149</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>479</v>
+        <v>492</v>
       </c>
       <c r="H128" t="s">
-        <v>480</v>
+        <v>493</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>481</v>
+        <v>494</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
       <c r="D129" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E129" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F129" t="s">
-        <v>482</v>
+        <v>301</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>483</v>
+        <v>495</v>
       </c>
       <c r="H129" t="s">
-        <v>484</v>
+        <v>496</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>485</v>
+        <v>497</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>114</v>
+        <v>84</v>
       </c>
       <c r="D130" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E130" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F130" t="s">
-        <v>119</v>
+        <v>140</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>486</v>
+        <v>498</v>
       </c>
       <c r="H130" t="s">
-        <v>487</v>
+        <v>499</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>488</v>
+        <v>500</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>118</v>
+        <v>88</v>
       </c>
       <c r="D131" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E131" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F131" t="s">
-        <v>489</v>
+        <v>149</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>490</v>
+        <v>501</v>
       </c>
       <c r="H131" t="s">
-        <v>491</v>
+        <v>502</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>492</v>
+        <v>503</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>123</v>
+        <v>92</v>
       </c>
       <c r="D132" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E132" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F132" t="s">
-        <v>489</v>
+        <v>504</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>493</v>
+        <v>505</v>
       </c>
       <c r="H132" t="s">
-        <v>494</v>
+        <v>506</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>495</v>
+        <v>507</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>127</v>
+        <v>96</v>
       </c>
       <c r="D133" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E133" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F133" t="s">
-        <v>496</v>
+        <v>140</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>497</v>
+        <v>508</v>
       </c>
       <c r="H133" t="s">
-        <v>498</v>
+        <v>509</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>499</v>
+        <v>510</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>131</v>
+        <v>100</v>
       </c>
       <c r="D134" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E134" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F134" t="s">
-        <v>119</v>
+        <v>140</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>500</v>
+        <v>511</v>
       </c>
       <c r="H134" t="s">
-        <v>501</v>
+        <v>512</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>502</v>
+        <v>513</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>135</v>
+        <v>105</v>
       </c>
       <c r="D135" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E135" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F135" t="s">
-        <v>503</v>
+        <v>149</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>504</v>
+        <v>514</v>
       </c>
       <c r="H135" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>506</v>
+        <v>516</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>139</v>
+        <v>109</v>
       </c>
       <c r="D136" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E136" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F136" t="s">
-        <v>26</v>
+        <v>149</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>507</v>
+        <v>517</v>
       </c>
       <c r="H136" t="s">
-        <v>508</v>
+        <v>518</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>509</v>
+        <v>519</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>143</v>
+        <v>113</v>
       </c>
       <c r="D137" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E137" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F137" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>510</v>
+        <v>520</v>
       </c>
       <c r="H137" t="s">
-        <v>511</v>
+        <v>521</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>512</v>
+        <v>522</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>147</v>
+        <v>117</v>
       </c>
       <c r="D138" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E138" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F138" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>514</v>
+        <v>524</v>
       </c>
       <c r="H138" t="s">
-        <v>515</v>
+        <v>525</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>516</v>
+        <v>526</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>151</v>
+        <v>121</v>
       </c>
       <c r="D139" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E139" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F139" t="s">
-        <v>513</v>
+        <v>149</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>517</v>
+        <v>527</v>
       </c>
       <c r="H139" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>519</v>
+        <v>529</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>155</v>
+        <v>125</v>
       </c>
       <c r="D140" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E140" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F140" t="s">
-        <v>239</v>
+        <v>149</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>520</v>
+        <v>530</v>
       </c>
       <c r="H140" t="s">
-        <v>511</v>
+        <v>531</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>521</v>
+        <v>532</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>160</v>
+        <v>130</v>
       </c>
       <c r="D141" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E141" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F141" t="s">
-        <v>522</v>
+        <v>149</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>523</v>
+        <v>533</v>
       </c>
       <c r="H141" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>164</v>
+        <v>134</v>
       </c>
       <c r="D142" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E142" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F142" t="s">
-        <v>322</v>
+        <v>56</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="H142" t="s">
-        <v>527</v>
+        <v>537</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>528</v>
+        <v>538</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>168</v>
+        <v>139</v>
       </c>
       <c r="D143" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E143" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F143" t="s">
-        <v>119</v>
+        <v>539</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>529</v>
+        <v>540</v>
       </c>
       <c r="H143" t="s">
-        <v>530</v>
+        <v>541</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>531</v>
+        <v>542</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>172</v>
+        <v>144</v>
       </c>
       <c r="D144" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E144" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F144" t="s">
-        <v>532</v>
+        <v>149</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>533</v>
+        <v>543</v>
       </c>
       <c r="H144" t="s">
-        <v>534</v>
+        <v>544</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>535</v>
+        <v>545</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>177</v>
+        <v>148</v>
       </c>
       <c r="D145" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E145" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F145" t="s">
-        <v>110</v>
+        <v>546</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>536</v>
+        <v>547</v>
       </c>
       <c r="H145" t="s">
-        <v>537</v>
+        <v>548</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>538</v>
+        <v>549</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>181</v>
+        <v>153</v>
       </c>
       <c r="D146" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E146" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F146" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>540</v>
+        <v>550</v>
       </c>
       <c r="H146" t="s">
-        <v>541</v>
+        <v>551</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>185</v>
+        <v>157</v>
       </c>
       <c r="D147" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E147" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F147" t="s">
-        <v>173</v>
+        <v>553</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>543</v>
+        <v>554</v>
       </c>
       <c r="H147" t="s">
-        <v>544</v>
+        <v>555</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>545</v>
+        <v>556</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>189</v>
+        <v>161</v>
       </c>
       <c r="D148" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E148" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F148" t="s">
-        <v>26</v>
+        <v>149</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>546</v>
+        <v>557</v>
       </c>
       <c r="H148" t="s">
-        <v>547</v>
+        <v>558</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>548</v>
+        <v>559</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>193</v>
+        <v>165</v>
       </c>
       <c r="D149" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E149" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F149" t="s">
-        <v>110</v>
+        <v>560</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>549</v>
+        <v>561</v>
       </c>
       <c r="H149" t="s">
-        <v>550</v>
+        <v>562</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>551</v>
+        <v>563</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>362</v>
+        <v>169</v>
       </c>
       <c r="D150" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E150" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F150" t="s">
-        <v>539</v>
+        <v>56</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>552</v>
+        <v>564</v>
       </c>
       <c r="H150" t="s">
-        <v>553</v>
+        <v>565</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>554</v>
+        <v>566</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>366</v>
+        <v>173</v>
       </c>
       <c r="D151" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E151" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F151" t="s">
-        <v>555</v>
+        <v>56</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>556</v>
+        <v>567</v>
       </c>
       <c r="H151" t="s">
-        <v>557</v>
+        <v>568</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>558</v>
+        <v>569</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>371</v>
+        <v>177</v>
       </c>
       <c r="D152" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E152" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F152" t="s">
-        <v>26</v>
+        <v>570</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>559</v>
+        <v>571</v>
       </c>
       <c r="H152" t="s">
-        <v>560</v>
+        <v>572</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>561</v>
+        <v>573</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>376</v>
+        <v>181</v>
       </c>
       <c r="D153" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E153" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F153" t="s">
-        <v>26</v>
+        <v>570</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>562</v>
+        <v>574</v>
       </c>
       <c r="H153" t="s">
-        <v>563</v>
+        <v>575</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>564</v>
+        <v>576</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>380</v>
+        <v>185</v>
       </c>
       <c r="D154" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E154" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F154" t="s">
-        <v>119</v>
+        <v>268</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="H154" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>567</v>
+        <v>578</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>384</v>
+        <v>190</v>
       </c>
       <c r="D155" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E155" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F155" t="s">
-        <v>96</v>
+        <v>579</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>568</v>
+        <v>580</v>
       </c>
       <c r="H155" t="s">
-        <v>569</v>
+        <v>581</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>570</v>
+        <v>582</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>388</v>
+        <v>194</v>
       </c>
       <c r="D156" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E156" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F156" t="s">
-        <v>26</v>
+        <v>374</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>571</v>
+        <v>583</v>
       </c>
       <c r="H156" t="s">
-        <v>572</v>
+        <v>584</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>573</v>
+        <v>585</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>392</v>
+        <v>198</v>
       </c>
       <c r="D157" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E157" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F157" t="s">
-        <v>119</v>
+        <v>149</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>574</v>
+        <v>586</v>
       </c>
       <c r="H157" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>576</v>
+        <v>588</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>396</v>
+        <v>202</v>
       </c>
       <c r="D158" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E158" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F158" t="s">
-        <v>119</v>
+        <v>589</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>577</v>
+        <v>590</v>
       </c>
       <c r="H158" t="s">
-        <v>578</v>
+        <v>591</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>579</v>
+        <v>592</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>400</v>
+        <v>207</v>
       </c>
       <c r="D159" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E159" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F159" t="s">
-        <v>119</v>
+        <v>140</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>580</v>
+        <v>593</v>
       </c>
       <c r="H159" t="s">
-        <v>581</v>
+        <v>594</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>582</v>
+        <v>595</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>404</v>
+        <v>211</v>
       </c>
       <c r="D160" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E160" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F160" t="s">
-        <v>583</v>
+        <v>596</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>584</v>
+        <v>597</v>
       </c>
       <c r="H160" t="s">
-        <v>585</v>
+        <v>598</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>586</v>
+        <v>599</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>587</v>
+        <v>215</v>
       </c>
       <c r="D161" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E161" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F161" t="s">
-        <v>110</v>
+        <v>203</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>588</v>
+        <v>600</v>
       </c>
       <c r="H161" t="s">
-        <v>589</v>
+        <v>601</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>591</v>
+        <v>219</v>
       </c>
       <c r="D162" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E162" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F162" t="s">
-        <v>119</v>
+        <v>56</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>592</v>
+        <v>603</v>
       </c>
       <c r="H162" t="s">
-        <v>593</v>
+        <v>604</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>594</v>
+        <v>605</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>595</v>
+        <v>223</v>
       </c>
       <c r="D163" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E163" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F163" t="s">
-        <v>26</v>
+        <v>140</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>596</v>
+        <v>606</v>
       </c>
       <c r="H163" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>598</v>
+        <v>608</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>599</v>
+        <v>414</v>
       </c>
       <c r="D164" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E164" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F164" t="s">
-        <v>26</v>
+        <v>596</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>600</v>
+        <v>609</v>
       </c>
       <c r="H164" t="s">
-        <v>601</v>
+        <v>610</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>602</v>
+        <v>611</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>603</v>
+        <v>418</v>
       </c>
       <c r="D165" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E165" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F165" t="s">
-        <v>26</v>
+        <v>612</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>604</v>
+        <v>613</v>
       </c>
       <c r="H165" t="s">
-        <v>605</v>
+        <v>614</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>606</v>
+        <v>615</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>607</v>
+        <v>423</v>
       </c>
       <c r="D166" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E166" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F166" t="s">
-        <v>119</v>
+        <v>56</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>608</v>
+        <v>616</v>
       </c>
       <c r="H166" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>610</v>
+        <v>618</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>611</v>
+        <v>428</v>
       </c>
       <c r="D167" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E167" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F167" t="s">
-        <v>239</v>
+        <v>56</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="H167" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>614</v>
+        <v>621</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>615</v>
+        <v>432</v>
       </c>
       <c r="D168" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E168" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F168" t="s">
-        <v>616</v>
+        <v>149</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="H168" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>620</v>
+        <v>436</v>
       </c>
       <c r="D169" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E169" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F169" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="H169" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>624</v>
+        <v>440</v>
       </c>
       <c r="D170" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E170" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F170" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>526</v>
+        <v>628</v>
       </c>
       <c r="H170" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>627</v>
+        <v>444</v>
       </c>
       <c r="D171" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E171" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F171" t="s">
-        <v>628</v>
+        <v>149</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="H171" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>632</v>
+        <v>448</v>
       </c>
       <c r="D172" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E172" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F172" t="s">
-        <v>26</v>
+        <v>149</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>526</v>
+        <v>634</v>
       </c>
       <c r="H172" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>635</v>
+        <v>452</v>
       </c>
       <c r="D173" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E173" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F173" t="s">
-        <v>119</v>
+        <v>149</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="H173" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>639</v>
+        <v>456</v>
       </c>
       <c r="D174" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E174" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F174" t="s">
-        <v>26</v>
+        <v>640</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>526</v>
+        <v>641</v>
       </c>
       <c r="H174" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="D175" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E175" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F175" t="s">
-        <v>119</v>
+        <v>140</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="H175" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="D176" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E176" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F176" t="s">
-        <v>110</v>
+        <v>149</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="H176" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="D177" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E177" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F177" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
       <c r="H177" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D178" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E178" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F178" t="s">
-        <v>96</v>
+        <v>56</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="H178" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="D179" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="E179" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="F179" t="s">
-        <v>119</v>
+        <v>56</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="H179" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>10</v>
+        <v>664</v>
       </c>
       <c r="D180" t="s">
-        <v>661</v>
+        <v>465</v>
       </c>
       <c r="E180" t="s">
-        <v>662</v>
+        <v>466</v>
       </c>
       <c r="F180" t="s">
-        <v>26</v>
+        <v>149</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="H180" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>17</v>
+        <v>668</v>
       </c>
       <c r="D181" t="s">
-        <v>661</v>
+        <v>465</v>
       </c>
       <c r="E181" t="s">
-        <v>662</v>
+        <v>466</v>
       </c>
       <c r="F181" t="s">
-        <v>26</v>
+        <v>268</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="H181" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>21</v>
+        <v>672</v>
       </c>
       <c r="D182" t="s">
-        <v>661</v>
+        <v>465</v>
       </c>
       <c r="E182" t="s">
-        <v>662</v>
+        <v>466</v>
       </c>
       <c r="F182" t="s">
-        <v>26</v>
+        <v>673</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="H182" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>25</v>
+        <v>677</v>
       </c>
       <c r="D183" t="s">
-        <v>661</v>
+        <v>465</v>
       </c>
       <c r="E183" t="s">
-        <v>662</v>
+        <v>466</v>
       </c>
       <c r="F183" t="s">
-        <v>26</v>
+        <v>149</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>672</v>
+        <v>678</v>
       </c>
       <c r="H183" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>30</v>
+        <v>681</v>
       </c>
       <c r="D184" t="s">
-        <v>661</v>
+        <v>465</v>
       </c>
       <c r="E184" t="s">
-        <v>662</v>
+        <v>466</v>
       </c>
       <c r="F184" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>675</v>
+        <v>583</v>
       </c>
       <c r="H184" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>34</v>
+        <v>684</v>
       </c>
       <c r="D185" t="s">
-        <v>661</v>
+        <v>465</v>
       </c>
       <c r="E185" t="s">
-        <v>662</v>
+        <v>466</v>
       </c>
       <c r="F185" t="s">
-        <v>26</v>
+        <v>685</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>678</v>
+        <v>686</v>
       </c>
       <c r="H185" t="s">
-        <v>679</v>
+        <v>687</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>680</v>
+        <v>688</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>38</v>
+        <v>689</v>
       </c>
       <c r="D186" t="s">
-        <v>661</v>
+        <v>465</v>
       </c>
       <c r="E186" t="s">
-        <v>662</v>
+        <v>466</v>
       </c>
       <c r="F186" t="s">
-        <v>119</v>
+        <v>56</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>681</v>
+        <v>583</v>
       </c>
       <c r="H186" t="s">
-        <v>682</v>
+        <v>690</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>683</v>
+        <v>691</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>42</v>
+        <v>692</v>
       </c>
       <c r="D187" t="s">
-        <v>661</v>
+        <v>465</v>
       </c>
       <c r="E187" t="s">
-        <v>662</v>
+        <v>466</v>
       </c>
       <c r="F187" t="s">
-        <v>239</v>
+        <v>149</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>684</v>
+        <v>693</v>
       </c>
       <c r="H187" t="s">
-        <v>685</v>
+        <v>694</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>686</v>
+        <v>695</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>46</v>
+        <v>696</v>
       </c>
       <c r="D188" t="s">
-        <v>661</v>
+        <v>465</v>
       </c>
       <c r="E188" t="s">
-        <v>662</v>
+        <v>466</v>
       </c>
       <c r="F188" t="s">
-        <v>306</v>
+        <v>56</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>687</v>
+        <v>583</v>
       </c>
       <c r="H188" t="s">
-        <v>688</v>
+        <v>697</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>689</v>
+        <v>698</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>50</v>
+        <v>699</v>
       </c>
       <c r="D189" t="s">
-        <v>661</v>
+        <v>465</v>
       </c>
       <c r="E189" t="s">
-        <v>662</v>
+        <v>466</v>
       </c>
       <c r="F189" t="s">
-        <v>322</v>
+        <v>149</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>690</v>
+        <v>700</v>
       </c>
       <c r="H189" t="s">
-        <v>691</v>
+        <v>701</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>692</v>
+        <v>702</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>54</v>
+        <v>703</v>
       </c>
       <c r="D190" t="s">
-        <v>661</v>
+        <v>465</v>
       </c>
       <c r="E190" t="s">
-        <v>662</v>
+        <v>466</v>
       </c>
       <c r="F190" t="s">
-        <v>306</v>
+        <v>140</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>693</v>
+        <v>704</v>
       </c>
       <c r="H190" t="s">
-        <v>694</v>
+        <v>705</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>695</v>
+        <v>706</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>58</v>
+        <v>707</v>
       </c>
       <c r="D191" t="s">
-        <v>661</v>
+        <v>465</v>
       </c>
       <c r="E191" t="s">
-        <v>662</v>
+        <v>466</v>
       </c>
       <c r="F191" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>696</v>
+        <v>583</v>
       </c>
       <c r="H191" t="s">
-        <v>697</v>
+        <v>708</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>698</v>
+        <v>709</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>62</v>
+        <v>710</v>
       </c>
       <c r="D192" t="s">
-        <v>661</v>
+        <v>465</v>
       </c>
       <c r="E192" t="s">
-        <v>662</v>
+        <v>466</v>
       </c>
       <c r="F192" t="s">
-        <v>306</v>
+        <v>126</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>699</v>
+        <v>711</v>
       </c>
       <c r="H192" t="s">
-        <v>700</v>
+        <v>712</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>701</v>
+        <v>713</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>66</v>
+        <v>714</v>
       </c>
       <c r="D193" t="s">
-        <v>661</v>
+        <v>465</v>
       </c>
       <c r="E193" t="s">
-        <v>662</v>
+        <v>466</v>
       </c>
       <c r="F193" t="s">
-        <v>26</v>
+        <v>149</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>702</v>
+        <v>715</v>
       </c>
       <c r="H193" t="s">
-        <v>703</v>
+        <v>716</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>704</v>
+        <v>717</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="D194" t="s">
-        <v>661</v>
+        <v>718</v>
       </c>
       <c r="E194" t="s">
-        <v>662</v>
+        <v>719</v>
       </c>
       <c r="F194" t="s">
-        <v>705</v>
+        <v>34</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>706</v>
+        <v>720</v>
       </c>
       <c r="H194" t="s">
-        <v>707</v>
+        <v>721</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>708</v>
+        <v>722</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
         <v>10</v>
       </c>
       <c r="D195" t="s">
-        <v>709</v>
+        <v>723</v>
       </c>
       <c r="E195" t="s">
-        <v>710</v>
+        <v>724</v>
       </c>
       <c r="F195" t="s">
-        <v>711</v>
+        <v>725</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>712</v>
+        <v>726</v>
       </c>
       <c r="H195" t="s">
-        <v>713</v>
+        <v>727</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>714</v>
+        <v>728</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D196" t="s">
-        <v>709</v>
+        <v>729</v>
       </c>
       <c r="E196" t="s">
-        <v>710</v>
+        <v>730</v>
       </c>
       <c r="F196" t="s">
-        <v>715</v>
+        <v>301</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>716</v>
+        <v>731</v>
       </c>
       <c r="H196" t="s">
-        <v>717</v>
+        <v>732</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>718</v>
+        <v>733</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D197" t="s">
-        <v>709</v>
+        <v>734</v>
       </c>
       <c r="E197" t="s">
-        <v>710</v>
+        <v>735</v>
       </c>
       <c r="F197" t="s">
-        <v>719</v>
+        <v>56</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>720</v>
+        <v>736</v>
       </c>
       <c r="H197" t="s">
-        <v>721</v>
+        <v>737</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>722</v>
+        <v>738</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D198" t="s">
-        <v>709</v>
+        <v>734</v>
       </c>
       <c r="E198" t="s">
-        <v>710</v>
+        <v>735</v>
       </c>
       <c r="F198" t="s">
-        <v>723</v>
+        <v>56</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>724</v>
+        <v>739</v>
       </c>
       <c r="H198" t="s">
-        <v>725</v>
+        <v>740</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>726</v>
+        <v>741</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D199" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="E199" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="F199" t="s">
-        <v>203</v>
+        <v>56</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>729</v>
+        <v>742</v>
       </c>
       <c r="H199" t="s">
-        <v>730</v>
+        <v>743</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>731</v>
+        <v>744</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D200" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="E200" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="F200" t="s">
-        <v>156</v>
+        <v>56</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>732</v>
+        <v>745</v>
       </c>
       <c r="H200" t="s">
-        <v>733</v>
+        <v>746</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
+        <v>747</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>60</v>
+      </c>
+      <c r="D201" t="s">
         <v>734</v>
       </c>
-      <c r="B201" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E201" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="F201" t="s">
-        <v>735</v>
+        <v>56</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>736</v>
+        <v>748</v>
       </c>
       <c r="H201" t="s">
-        <v>737</v>
+        <v>749</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>738</v>
+        <v>750</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
       <c r="D202" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="E202" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="F202" t="s">
-        <v>156</v>
+        <v>56</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>739</v>
+        <v>751</v>
       </c>
       <c r="H202" t="s">
-        <v>740</v>
+        <v>752</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>741</v>
+        <v>753</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="D203" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="E203" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="F203" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>742</v>
+        <v>754</v>
       </c>
       <c r="H203" t="s">
-        <v>743</v>
+        <v>755</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>744</v>
+        <v>756</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>34</v>
+        <v>72</v>
       </c>
       <c r="D204" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="E204" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="F204" t="s">
-        <v>156</v>
+        <v>268</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>745</v>
+        <v>757</v>
       </c>
       <c r="H204" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>747</v>
+        <v>759</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="D205" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="E205" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="F205" t="s">
-        <v>156</v>
+        <v>262</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>748</v>
+        <v>760</v>
       </c>
       <c r="H205" t="s">
-        <v>749</v>
+        <v>761</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>750</v>
+        <v>762</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="D206" t="s">
-        <v>751</v>
+        <v>734</v>
       </c>
       <c r="E206" t="s">
-        <v>752</v>
+        <v>735</v>
       </c>
       <c r="F206" t="s">
-        <v>753</v>
+        <v>374</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>754</v>
+        <v>763</v>
       </c>
       <c r="H206" t="s">
-        <v>755</v>
+        <v>764</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>756</v>
+        <v>765</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>10</v>
+        <v>84</v>
       </c>
       <c r="D207" t="s">
-        <v>757</v>
+        <v>734</v>
       </c>
       <c r="E207" t="s">
-        <v>758</v>
+        <v>735</v>
       </c>
       <c r="F207" t="s">
-        <v>248</v>
+        <v>262</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>759</v>
+        <v>766</v>
       </c>
       <c r="H207" t="s">
-        <v>760</v>
+        <v>767</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>761</v>
+        <v>768</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>10</v>
+        <v>88</v>
       </c>
       <c r="D208" t="s">
-        <v>762</v>
+        <v>734</v>
       </c>
       <c r="E208" t="s">
-        <v>763</v>
+        <v>735</v>
       </c>
       <c r="F208" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="H208" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>10</v>
+        <v>92</v>
       </c>
       <c r="D209" t="s">
-        <v>767</v>
+        <v>734</v>
       </c>
       <c r="E209" t="s">
-        <v>768</v>
+        <v>735</v>
       </c>
       <c r="F209" t="s">
-        <v>306</v>
+        <v>262</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="H209" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>10</v>
+        <v>96</v>
       </c>
       <c r="D210" t="s">
-        <v>772</v>
+        <v>734</v>
       </c>
       <c r="E210" t="s">
-        <v>773</v>
+        <v>735</v>
       </c>
       <c r="F210" t="s">
-        <v>239</v>
+        <v>56</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="H210" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="D211" t="s">
-        <v>777</v>
+        <v>734</v>
       </c>
       <c r="E211" t="s">
+        <v>735</v>
+      </c>
+      <c r="F211" t="s">
         <v>778</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>779</v>
       </c>
       <c r="H211" t="s">
         <v>780</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>