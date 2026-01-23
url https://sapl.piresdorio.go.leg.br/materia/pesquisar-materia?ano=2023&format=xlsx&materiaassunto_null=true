--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -51,51 +51,51 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>Poder Executivo - EXECUTIVO</t>
+    <t>Poder Executivo</t>
   </si>
   <si>
     <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/139/025.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de direito real de uso de uma área de terreno para implantação de unidade industrial e dá outras providências.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/149/044_-_i.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do valor do piso salarial nacional para os profissionais do magistério público municipal da educação básica do vencimento base percebido pelo profissional do magistério e dá outras providências.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>3</t>
   </si>