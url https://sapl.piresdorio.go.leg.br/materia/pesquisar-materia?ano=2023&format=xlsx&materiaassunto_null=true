--- v1 (2026-01-23)
+++ v2 (2026-03-16)
@@ -36,2880 +36,2880 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>PELOM</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda à Lei Orgânica</t>
+  </si>
+  <si>
+    <t>Poder Executivo</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/170/159.pdf</t>
+  </si>
+  <si>
+    <t>PROPOSTA DE EMENDA À LEI ORGÂNICA Nº 001/2023. ACRESCENTA O § 14 AO ARTIGO 43 DA LEI ORGÂNICA NO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/155/065.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Organização da Estrutura Administrativa do Poder Executivo Municipal de Pires do Rio/GO, cria cargos e funções comissionadas, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/158/069.pdf</t>
+  </si>
+  <si>
+    <t>autoriza o Município de Pires do Rio a conceder isenção tributária, incidente sobre construção e alienação de conjuntos habitacionais de interesse social, inseridos em programas habitacionais dos governos Federal, Estadual e Municipal,</t>
+  </si>
+  <si>
+    <t>410</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Mesa Diretora - MESA</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/410/plc_n._003.23.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar nº 165/2021 para acrescentar Funções Gratificadas e Auxílio que indica, e dá outras providências correlatas.</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/172/379.pdf</t>
+  </si>
+  <si>
+    <t>Altera o artigo 117 da Lei Complementar Municipal n° 107, de 09 de março de 2012 que Dispõe sobre o Plano Diretor e do Processo de Planejamento do Município de Pires do Rio/GO, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/46/plc_0051.pdf</t>
+  </si>
+  <si>
+    <t>Faz alterações na Lei Complementar n° 004, de 2 de agosto de 1991, na Lei Complementar n° 175, de 15 de março de 2023, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/159/622.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar Municipal nº 107, de 09 de março de 2012, e dá outras providências.</t>
+  </si>
+  <si>
     <t>139</t>
   </si>
   <si>
-    <t>2023</t>
-[...4 lines deleted...]
-  <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>Poder Executivo</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/139/025.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/139/025.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de direito real de uso de uma área de terreno para implantação de unidade industrial e dá outras providências.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/149/044_-_i.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/149/044_-_i.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do valor do piso salarial nacional para os profissionais do magistério público municipal da educação básica do vencimento base percebido pelo profissional do magistério e dá outras providências.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/417/p.l.o._n._003.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/417/p.l.o._n._003.23.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social ao Centro Espírita Luz da Humanidade, e dá outras providências.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>NEGUIM</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/409/p.l.o._n._004.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/409/p.l.o._n._004.23.pdf</t>
   </si>
   <si>
     <t>Reconhece como de Utilidade Pública a Entidade (Associação dos Aposentados e Pensionistas de Pires do Rio).</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>5</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/160/074.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/160/074.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no orçamento de 2023.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>6</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/163/086.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/163/086.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei n° 4.072, de 21 de dezembro de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/165/087.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/165/087.pdf</t>
   </si>
   <si>
     <t>Incorpora ao perímetro urbano as áreas rurais que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/164/125.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/164/125.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PIRES DO RIO/GO A FIRMAR CONVÊNIO DE PARCERIA COM AS FACULDADES INTEGRADAS DA AMÉRICA DO SUL LTDA EPP, DA FORMA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/161/105.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/161/105.pdf</t>
   </si>
   <si>
     <t>INSTITUI NOVO PROGRAMA DE RECUPERAÇÃO DE CRÉDITOS FISCAIS – PROCRÉDITO VISANDO A RECUPERAÇÃO DE TRIBUTOS E TAXAS MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>Mesa Diretora - MESA</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/408/p.l.o._n._010.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/408/p.l.o._n._010.23.pdf</t>
   </si>
   <si>
     <t>Institui regulamento do Concurso Estadual de Poesia Escrita de Pires do Rio, autoriza a premiação dos vencedores, e dá outras providências.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/168/142.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/168/142.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PIRES DO RIO, A PARTICIPAR DO CONSÓRCIO INTERMUNICIPAL BRASIL CENTRAL/GO, RATIFICANDO O PROTOCOLO DE INTENÇÕES E SEUS ADITIVOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>DENILSON CASTRO, BETIM MONTEIRO, NEGUIM, NENECO, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/407/p.l.o._n._012.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/407/p.l.o._n._012.23.pdf</t>
   </si>
   <si>
     <t>Institui prazo para a Prefeitura proceder à reparação de danos ou defeitos em vias públicas pavimentadas ou não pavimentadas, concede desconto no IPTU - Imposto sobre a Propriedade Predial e Territorial Urbana, e dá outras providências.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/152/164.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/152/164.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE MEDIDAS PARA EQUACIONAMENTO DO DÉFICIT ATUARIAL DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE PIRES DO RIO/GO, AUTORIZA A CONCESSÃO DE EMPRÉSTIMOS CONSIGNADOS PELO FPS, GARANTE RENTABILIDADE DA CARTEIRA DE INVESTIMENTOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/174/177.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/174/177.pdf</t>
   </si>
   <si>
     <t>AUTORIZA SUBVENÇÃO À APROAAB - ASSOCIAÇÃO PROTETORA DOS ANIMAIS ABANDONADOS NO EXERCÍCIO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/175/184.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/175/184.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LEI DE DIRETRIZES ORÇAMENTÁRIAS – LDO PARA O EXERCÍCIO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/147/237.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/147/237.pdf</t>
   </si>
   <si>
     <t>AUTORIZA SUBVENÇÃO À ASSOCIAÇÃO ESPORTIVO IMPÉRIO PIRES DO RIO, NO EXERCÍCIO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/150/256.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/150/256.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL EM 2023 SOBRE OS VENCIMENTOS DOS SERVIDORES EFETIVOS ATIVOS E INATIVOS, FUNCIONÁRIOS COMISSIONADOS, E SUBSÍDIOS DOS AGENTES POLÍTICOS DO MUNICÍPIO DE PIRES DO RIO/GO, NA FORMA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>DR. SANDRO BARBOSA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/406/p.l.o._n._018.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/406/p.l.o._n._018.23.pdf</t>
   </si>
   <si>
     <t>Institui o dia do Casamento Civil Comunitário no âmbito do Município e dá outras providências.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/166/361.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/166/361.pdf</t>
   </si>
   <si>
     <t>Autoriza Subvenção à Instituição Adventista Central Brasileira de Educação e Assistência Social (Ame+), no exercício de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/169/369.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/169/369.pdf</t>
   </si>
   <si>
     <t>Altera as Leis Municipais nº 2.785, de 29 de maio de 2002 e nº 4.171, de 26 de maio de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/173/380.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/173/380.pdf</t>
   </si>
   <si>
     <t>Estabelece a Estrutura e o Funcionamento do Conselho Tutelar de Pires do Rio e dá outras providências.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/177/395.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/177/395.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional de Natureza Suplementar no Orçamento de 2023, na forma que especifica e dá outras providências</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/176/397.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/176/397.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de um veículo que especifica, para a Instituição Adventista Central Brasileira de Educação e Assistência Social (AME+), e dá outras providências.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/185/431.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/185/431.pdf</t>
   </si>
   <si>
     <t>PROMOVE ADEQUAÇÃO ORÇAMENTÁRIA NO ÂMBITO DO MUNICÍPIO DE PIRES DO RIO/GO E AUTORIZA ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO NO VALOR DE R$ 297.193,15, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, DR. SANDRO BARBOSA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/418/p.l.o_n._026.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/418/p.l.o_n._026.23.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal da Marcha para Jesus.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/180/436.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/180/436.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ALIENAR BENS INSERVÍVEIS DE PROPRIEDADE DO MUNICÍPIO, POR MEIO DO LEILÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/182/439.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/182/439.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO DE CARGO DE AGENTE DE COMBATE ÀS ENDEMIAS – I, PELO PRAZO DE 12 (DOZE) MESES, PRORROGÁVEIS POR IGUAL PERÍODO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/181/438.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/181/438.pdf</t>
   </si>
   <si>
     <t>RECONHECE COMO DE UTILIDADE PÚBLICA A ASSDEP - ASSOCIAÇÃO BENEFICENTE DEUS PROVERÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/154/456.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/154/456.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional de natureza suplementar no orçamento de 2023, na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/184/457_-_ppa_ok.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/184/457_-_ppa_ok.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS ALTERAÇÕES NO PLANO PLURIANUAL, PARA O EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/183/457_-_loa__-_parte_1_ok.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/183/457_-_loa__-_parte_1_ok.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO PARA O EXERCÍCIO DE 2024.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/179/545.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/179/545.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR REPASSADA PELA UNIÃO FEDERAL VISANDO DAR CUMPRIMENTO AO DISPOSTO NA LEI FEDERAL Nº 14.434, DE 4 DE AGOSTO DE 2022 QUE INSTITUI O PISO SALARIAL NACIONAL DO ENFERMEIRO, DO TÉCNICO DE ENFERMAGEM, DO AUXILIAR DE ENFERMAGEM E DA PARTEIRA.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/135/554.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/135/554.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar Processo Seletivo Simplificado para Contratações Temporárias de Excepcional Interesse Público, e dá outras providências.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/146/591.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/146/591.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no Orçamento de 2023.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/1/plo036.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/1/plo036.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a desapropriar terreno que especifica via utilidade pública, com finalidade exclusiva de ampliação da área do Cemitério Municipal Esplanada, e dá outras providências.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/157/616.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/157/616.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional de natureza suplementar no orçamento de 2023, na forma que especifica e dá outras providências</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/167/635.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/167/635.pdf</t>
   </si>
   <si>
     <t>Denomina ANTÔNIA APARECIDA DE MELO ALMEIDA, a pista de caminhada a ser construída às margens da rodovia GO-330, no bairro Vila Mutirão, nesta cidade, e dá outras providências.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/420/p.l.o._n._039.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/420/p.l.o._n._039.23.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pires do Rio/GO a firmar convênio de parceria com o CENTRO DE EDUCAÇÃO PROFISSIONAL IRMÃ DULCE LTDA-ME, da forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/419/p.l.o_n._040.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/419/p.l.o_n._040.23.pdf</t>
   </si>
   <si>
     <t>Reserva aos candidatos (as) negros (as) 10% (dez por cento) das vagas oferecidas nos concursos públicos para provimento de cargos efetivos e empregos públicos no âmbito da administração pública.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/171/648.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/171/648.pdf</t>
   </si>
   <si>
     <t>Define as diretrizes gerais a serem observadas na implantação da política de educação em escola de tempo integral.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/178/682_-_i_-_alteracoes_-_ppa.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/178/682_-_i_-_alteracoes_-_ppa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Alterações no Plano Plurianual, para o exercício de 2024 e dá outras providências</t>
   </si>
   <si>
-    <t>155</t>
-[...56 lines deleted...]
-    <t>Altera a Lei Complementar Municipal nº 107, de 09 de março de 2012, e dá outras providências.</t>
+    <t>412</t>
+  </si>
+  <si>
+    <t>PRES</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/412/projeto_de_resolucao_n._001.23.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o uso de uniformes funcionais pelos servidores da Câmara Municipal de Pires do Rio/GO, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>411</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/411/projeto_de_resolucao_n._002.23.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração dos anexos I, II e IV da Lei Complementar nº 165/21, conforme a concessão da revisão geral anual prevista na Lei nº 4173, de 26 de maio de 2023.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/38/indicacao_01.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/38/indicacao_01.pdf</t>
   </si>
   <si>
     <t>Indica encaminhamento de ofício à Prefeita Municipal, com o fim de que promova serviços de capina e roçagem na Rua 8, antiga Rosa Cruz, no setor Sinhô Nogueira.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/39/indicacao_02.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/39/indicacao_02.pdf</t>
   </si>
   <si>
     <t>Indica encaminhamento de ofício à Prefeita Municipal, com o fim de que promova estudo para atender e viabilizar as demandas de transportes escolar urbano.</t>
   </si>
   <si>
     <t>DENILSON CASTRO</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/40/indicacao_03.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/40/indicacao_03.pdf</t>
   </si>
   <si>
     <t>Indica encaminhamento de ofício ao Poder Executivo, sugerindo-lhe que faça a recuperação da rua não pavimentada, com urgência - Rua 2, do bairro Nadin Saud, atrás do CEPROH.</t>
   </si>
   <si>
     <t>MARINA DA FARMÁCIA, ADRIANA DO SALÃO, BETIM MONTEIRO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, MARQUIM MEGA SOM, NEGUIM, NENECO, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/41/indicacao_04.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/41/indicacao_04.pdf</t>
   </si>
   <si>
     <t>Indica o envio de ofício ao Presidente da GOINFRA, Senhor Lucas Vissotto, solicitando-lhe que determine ao departamento competente que sejam realizados, com urgência, serviços de tapa-buraco na Rodovia GO-020.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/47/indicacao_05.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/47/indicacao_05.pdf</t>
   </si>
   <si>
     <t>Indica o envio de oficio ao Poder Executivo, solicitando-lhe que encaminhe a esta Casa de Leis Projeto de Lei que dispõe sobre o reajuste do piso salarial para os profissionais do magistério.</t>
   </si>
   <si>
     <t>NENECO, WANDERLEY DO MOTO TÁXI</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/42/indicacao_06.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/42/indicacao_06.pdf</t>
   </si>
   <si>
     <t>Indica o envio de ofício à senhora Prefeita Municipal, solicitando-lhe sejam realizados serviços de reparo na via de acesso à Estação Ferroviária, localizada aos fundos do Supermercado Ribeiro.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/43/indicacao_07.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/43/indicacao_07.pdf</t>
   </si>
   <si>
     <t>Indica encaminhamento de ofício à Prefeita Municipal, com o fim de que promova a criação de mais 03 (três) vagas para taxistas, conforme determinação Legal, bem como verifique-se os detentores de concessões irregulares para abrir vagas para novos interessados.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/44/indicacao_08.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/44/indicacao_08.pdf</t>
   </si>
   <si>
     <t>Indica o envio de ofício à senhora Prefeita Municipal, reiterando solicitações já realizadas, a fim que sejam promovidos serviços de recuperação na Rua 3, do setor Industrial, que encontra-se intransitável, principalmente nesse período de chuvas intensas, ocasião em que deverá ser indagada sobre previsão de início das obras, uma vez que os moradores daquela região padecem há anos com o mesmo problema.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>NENECO</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/45/indicacao_09.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/45/indicacao_09.pdf</t>
   </si>
   <si>
     <t>Indica o envio de oficio ao Poder Executivo, solicitando-lhe providências, visando a instalação de uma academia ao ar livre no Bairro Novo Horizonte.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>DENILSON CASTRO, ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/48/indicacao_010.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/48/indicacao_010.pdf</t>
   </si>
   <si>
     <t>Indica o envio de oficio ao Poder Executivo, sugerindo-lhe a concessão ou doação de um terreno à Associação Protetora de Animais Abandonados (APROAAB).</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/56/indicacao_011.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/56/indicacao_011.pdf</t>
   </si>
   <si>
     <t>Indica que o Poder Executivo verifique a possibilidade de apresentação de projeto de lei para regulamentação das bases salariais dos auxiliares de enfermagem, monitores de creche e dos serviços gerais.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>MARQUIM MEGA SOM</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/</t>
   </si>
   <si>
     <t>Indica o envio de ofício ao Poder Executivo, solicitando-lhe a substituição do alambrado que circula a Escola Municipal Joaquim Câmara Filho por muro de tijolo ou concreto.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/60/indicacao_013.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/60/indicacao_013.pdf</t>
   </si>
   <si>
     <t>Indica o envio de ofício à Prefeita Municipal, solicitando-lhe sejam realizados serviços de tapa buraco em toda a extensão da Rua Getulino Artiaga, especialmente, no bairro Colegial.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/62/indicacao_014.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/62/indicacao_014.pdf</t>
   </si>
   <si>
     <t>Indica encaminhamento de ofício à Prefeita Municipal, sugerindo-lhe a transformação das Ruas Francisco de Souza Lobo e Francisco Rodrigues Naves em vias de mão única.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/64/indicacao_015.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/64/indicacao_015.pdf</t>
   </si>
   <si>
     <t>Indica encaminhamento de oficio à chefe do Poder Executivo, sugerindo a elaboração de projeto de lei para viabilização da Guarda Municipal.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/67/indicacao_016.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/67/indicacao_016.pdf</t>
   </si>
   <si>
     <t>Indica encaminhamento de ofício à Prefeita Municipal, solicitando-lhe sejam realizados, com urgência, serviços de tapa buraco em toda a extensão das Ruas JM 6, JM 18, JM 19, JM 20, todas no bairro Jardim Maratá.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/69/indicacao_017.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/69/indicacao_017.pdf</t>
   </si>
   <si>
     <t>Indica encaminhamento de ofício à Prefeita Municipal, solicitando-lhe sejam realizados, com urgência, serviços de tapa buraco em toda a extensão das Ruas São João Batista, São Lucas, Avenida Espírito Santo e Avenida Jesus de Nazaré, no bairro Dr. Wilson Teixeira.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/70/indicacao_018.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/70/indicacao_018.pdf</t>
   </si>
   <si>
     <t>Indica encaminhamento de ofício à Prefeita Municipal, solicitando-lhe sejam realizados estudos e, posteriormente, a instalação de redutor de velocidade na Avenida Corumbá, no setor Industrial, nas proximidades da esquina da Rua 15.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Indica encaminhamento de ofício a GOINFRA, solicitando-lhe a execução dos serviços de tapa-buracos, em caráter de urgência, no entroncamento da GO-020, rotatória de acesso à saída para Urutaí e Caldas Novas.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/74/indicacao_020.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/74/indicacao_020.pdf</t>
   </si>
   <si>
     <t>Sugere o envio de ofício à Prefeita Municipal,  indicando-lhe que sejam realizados serviços de patrolamento e cascalhamento das vias de acesso ao CEPROH, em Pires do Rio.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>JÚNIOR DA METASA, ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/75/indicacao_021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/75/indicacao_021.pdf</t>
   </si>
   <si>
     <t>Indica o envio de ofício à Prefeita Municipal, solicitando-lhe que encaminhe a esta Casa um Projeto de Lei Complementar que substitua a tabela de valores constante no Anexo II da Lei Complementar nº 097/2010, estabelecendo percentuais sobre o Piso Nacional para o Magistério de acordo com o Nível de cada profissional.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>NENECO, DENILSON CASTRO</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/76/indicacao_022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/76/indicacao_022.pdf</t>
   </si>
   <si>
     <t>Sugere o envio de ofício à Prefeita Municipal indicando-lhe que sejam realizados serviços de reparação dos brinquedos instalados no pátio do CEPROH, bem como seja feita a manutenção do referido pátio colocando-se brita naquele lugar.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/77/indicacao_023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/77/indicacao_023.pdf</t>
   </si>
   <si>
     <t>Sugere o encaminhamento de ofício à Chefe do Poder Executivo, indicando-lhe que promova serviços de roçagem do mato no bairro Osvaldo Gonçalves.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>RODRIGUINHO DA ÓTICA, ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/78/indicacao_024.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/78/indicacao_024.pdf</t>
   </si>
   <si>
     <t>Indica o envio de ofício ao Delegado de Polícia Dr. Jean Carlos Arruda, titular da 9ª Delegacia Regional de Polícia de Catalão/GO, sugerindo-lhe a instalação de uma Delegacia Especializada da Mulher, na cidade de Pires do Rio/GO.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>JÚNIOR DA METASA, ADRIANA DO SALÃO, BETIM MONTEIRO, DR. SANDRO BARBOSA, MARQUIM MEGA SOM, NEGUIM, NENECO, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/79/indicacao_025.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/79/indicacao_025.pdf</t>
   </si>
   <si>
     <t>Indica o envio de ofício ao Secretário Municipal de Obras e Desenvolvimento Urbano, Sr. Jacob Saud Filho, solicitando-lhe que sejam realizados os serviços de reparos, serviços de manutenção, no calçamento (blocos sextavados de concreto "bloquetes") ao longo da Av. Jaime Guiotti (antiga Av. Castelo Branco), no trecho entre a linha férrea e o mercado Municipal.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>MARINA DA FARMÁCIA, ADRIANA DO SALÃO, BETIM MONTEIRO, DENILSON CASTRO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARQUIM MEGA SOM, NEGUIM, NENECO, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/80/indicacao_026.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/80/indicacao_026.pdf</t>
   </si>
   <si>
     <t>Sugere o envio de ofício à Prefeita Municipal, solicitando-lhe que sejam realizados, com urgência, serviços de tapa-buraco em toda a extensão da Rua Maria Priscila de Lima.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/81/indicacao_027.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/81/indicacao_027.pdf</t>
   </si>
   <si>
     <t>Indica encaminhamento de ofício à Prefeita Municipal, com o fim de que promova a revitalização da iluminação pública do Centro Poliesportivo Vereador Roy.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>RODRIGUINHO DA ÓTICA, ADRIANA DO SALÃO, BETIM MONTEIRO, DENILSON CASTRO, DR. SANDRO BARBOSA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/93/indicacao_028.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/93/indicacao_028.pdf</t>
   </si>
   <si>
     <t>Indica o envio de ofício ao Presidente da Agência Goiana de Infraestrutura e Transportes - GOINFRA, Sr. Lucas Alberto Vissoto Júnior, sugerindo-lhe a realização de um estudo pormenorizado no Trevo onde se encontram a GO-330 e GO-020, no sentido ao entroncamento entre os municípios de Pires do Rio/GO, Urutaí/GO e Cristalina/GO, tendo em vista os recorrentes acidentes nesta localidade.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/95/indicacao_029.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/95/indicacao_029.pdf</t>
   </si>
   <si>
     <t>Indica o envio de ofício ao Poder Executivo, solicitando-lhe serviços na Rua Ana Carolina Mendonça Gonçalves, via de acesso ao Condomínio Portal do Sol, Bairro São João.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/96/indicacao_030.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/96/indicacao_030.pdf</t>
   </si>
   <si>
     <t>Sugere o encaminhamento de ofício à Chefe do Poder Executivo, indicando-lhe que promova serviços de roçagem do mato no antigo Dergo.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/98/indicacao_031.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/98/indicacao_031.pdf</t>
   </si>
   <si>
     <t>Sugere o encaminhamento de ofício à Chefe do Poder Executivo, indicando-lhe que promova serviços de tapa buraco em toda a extensão da Rua A, no setor Dergo.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>JÚNIOR DA METASA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/99/indicacao_032.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/99/indicacao_032.pdf</t>
   </si>
   <si>
     <t>Indica o envio de ofício à Prefeita Municipal, Exma. Sra. Maria Aparecida Marasco Tomazini, e ao Secretário Municipal de Obras e Desenvolvimento Urbano, Sr. Jacob Saud Filho, solicitando respeitosamente que sejam executados o serviço de concretagem do piso da calçada (passeio) nos fundos da Escola Municipal Sebastião Leite, Rua 4-A, Bairro São Sebastião.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/100/indicacao_033.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/100/indicacao_033.pdf</t>
   </si>
   <si>
     <t>Sugere o envio de ofício ao Poder Executivo, indicando-lhe que promova a iluminação pública da Rua 02, no setor Industrial, nesta municipalidade, uma vez que referida via encontra-se às escuras.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>MARINA DA FARMÁCIA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/101/indicacao_034.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/101/indicacao_034.pdf</t>
   </si>
   <si>
     <t>Sugere o envio de ofício ao Senhor Presidente da GOINFRA, Sr. Lucas Vissotto, indicando-lhe que sejam realizados, com urgência, serviços de limpeza e roçagem no trevo situado entre as rodovias GO-020 e GO 330.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/72/indicacao_35.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/72/indicacao_35.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo providências necessárias, em caratér de urgência, para sinalização e pintura do quebra mola da Rua Vitor Arruda, esquina com a Rua Professor Ivan Ferreira, nas proximidades da Moto Caldas. _x000D_
 Indica também que seja feito um levantamento de todos os quebra-molas sem sinalização e pintura, para que possa ser refeito esse trabalho.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/71/indicacao_36.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/71/indicacao_36.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo a implantação de pista de caminhada no trecho da Av. Cristófaro de Paula Resende, a partir da esquina da Rua Getulino Artiaga e término na esquina com a Rua Araguari. Requer ainda que seja implantados equipamentos de ginástica no início, meio e no final da pista de caminhada (Academia ao Ar Livre).</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/68/indicacao_37.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/68/indicacao_37.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo serviços de tapa buraco em toda extensão da Rua Pedro Mazon.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/66/indicacao_38.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/66/indicacao_38.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo serviços de tapa buraco em toda extensão da Av. Dr° Nadin Saud e em seu entroncamento com a Rua Piracanjuba.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/65/indicacao_39.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/65/indicacao_39.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo fiscalização na antiga sede do Posto Brascom.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/63/indicacao_40.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/63/indicacao_40.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que encaminhe Projeto de Lei concedendo subvenção a ASSOCIAÇÃO DOS UNIVERSITÁRIOS DO TRANSPORTE VIÁRIO DO SUDESTE GOIANO.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/61/indicacao_41.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/61/indicacao_41.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo serviço de tapa buraco na Rua Abrão João Kalil, no bairro Santa Cecília, em toda sua extensão.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/59/indicacao_42.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/59/indicacao_42.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo para promover os pagamentos dos valores retroativos do Piso Nacional dos Professores no pagamento do mês de abril/2023.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/57/indicacao_43.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/57/indicacao_43.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo sugerindo que encaminhe o Projeto de Lei referente à emenda impositiva concedida no exercício financeiro de 2023 à Associação Esportivo Império Pires do Rio.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/55/indicacao_44.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/55/indicacao_44.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo sugerindo que promova o encaminhando do Projeto de Lei referente à revisão geral da remuneração dos servidores públicos municipais de Pires do Rio.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/54/indicacao_45.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/54/indicacao_45.pdf</t>
   </si>
   <si>
     <t>Indicação ao Pode Executivo sugerindo que promova serviços de tapa buraco na Av. Cel. Lino Sampaio, nas proximidades da lombada eletrônica, na saída de Goiânia.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/53/indicacao_46.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/53/indicacao_46.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo solicitando que reforce a pintura da faixa de pedestre , da Av. Castelo Branco, em frente ao Posto Castelo Branco.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>RODRIGUINHO DA ÓTICA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/52/indicacao_47.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/52/indicacao_47.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo sugerindo-lhes que promova estudos e, posteriormente, implementem uma lombada nas proximidades da CAPRI.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/51/indicacao_48.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/51/indicacao_48.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo sugerindo-lhes que promova manutenção da estrada que dá acesso à região em que se encontra a propriedade do Hélio Chaveiro, uma vez que se encontra bastante danificada e com dificuldades de acesso.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/50/indicacao_49.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/50/indicacao_49.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo para sugerir serviços de tapa buraco em toda extensão da rua JM-10 do bairro Jardim Maratá.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/49/indicacao_50.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/49/indicacao_50.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo para promover a devolução do Autográfo de Lei Complementar n° 001/2023 (Lei Complementar n° 175/2023) à Câmara Municipal de Pires do Rio.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/37/indicacao_51.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/37/indicacao_51.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo solicitando-lhes que viabilize a substituição do alambrado instalado na Escola Municipal Joaquim Câmara Filho, por muro de alvenaria, visando dar maior segurança e proteção aos alunos daquele estabelecimento de ensino.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/36/indicacao_52.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/36/indicacao_52.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo solicitando-lhes, em caratér de urgência, operação de tapa buraco na Rua JM-6, bairro Jardim Maratá, em toda sua extensão.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/35/indicacao_53.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/35/indicacao_53.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo, sugerindo que promova a instalação de um quebra-molas na Rua dos Ferroviários, nas proximidades do n°29, bairro Nadin Saúd.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/34/indicacao_54.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/34/indicacao_54.pdf</t>
   </si>
   <si>
     <t>Indicação à Mesa Diretora, sugerindo-lhes a implantação de sistema fotovoltaico de geração elétrica no edifício da Câmara Municipal de Pires do Rio.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/33/indicacao_55.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/33/indicacao_55.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo solicitando a instalação de um quebra-mola na Avenida Corumbá, Rua 2, Setor Industrial.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/32/indicacao_56.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/32/indicacao_56.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo solicitando que viabilize a instalação de lixeiras de coleta seletiva em pontos estratégicos do município: portas de bancos, estabelecimentos de ensino, Prefeitura, Câmara Municipal e outros.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/31/indicacao_57.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/31/indicacao_57.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo pedindo a instalação de dois quebra-molas na Rua Flavito Porto Cavalcante, sendo um na altura do n°51, Bairro Vila Nova, visando coibir o excesso de velocidade dos veículos que por ali trafegam.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/30/indicacao_58.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/30/indicacao_58.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Legislativo solicitando aguamento dos jardins da Praça Elias Daguer.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/29/indicacao_59.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/29/indicacao_59.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo solicitando a troca das luminárias queimadas próximo a Capela Nossa Senhora Abadia, em frente a construção do novo Hospital Municipal no Setor Dergo.</t>
   </si>
   <si>
     <t>Indicação ao Pode Executivo para que seja promovido serviços de roçagem nos fundos da Vila Mutirão, bem como realizar recuperação das vias e sua iluminação.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/27/indicacao_61.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/27/indicacao_61.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo, para envio de ofício ao Deputado Estadual Cristiano Galindo, visando a implantação do Comboio Rural em nosso município para patrolamento das estradas e o recapeamento já previsto pelo Goiás em Movimento.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/26/indicacao_62.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/26/indicacao_62.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Legislativo, sugerindo envio de ofício ao Deputado Estadual Jamil Calife requerendo equipamentos hospitalares e mobiliário para o novo Hospital Municipal que está em construção, e também emendas para asfaltamento das ruas que dão acesso ao mesmo.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/25/indicacao_63.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/25/indicacao_63.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo para promover o reforço da pintura dos quebra-molas e a instalação de placas de trânsito situados na Rua Sara Saud, no bairro Santa Cecília.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/24/indicacao_64.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/24/indicacao_64.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo sugerindo que encaminhe o caminhão-pipa nas ruas Professor Angêlo Milazo e Francisco de Souza Lobo, a fim de que execute serviços de manutenção, uma vez que a poeira deixava pelos trabalhos de recapeamento, muito tem prejudicado a saúde dos moradores daquele local.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/23/indicacao_65.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/23/indicacao_65.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo para promover a regularização da forma de contratação do Engenheiro, para que o mesmo possua disponibilidade e carga horária compatível para o atendimento às demandas dos construtores do município.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/22/indicacao_66.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/22/indicacao_66.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo sugerindo que encaminhe o caminhão-pipa para realizar serviços de aguamento da Rua Clarisse Meireles, uma vez que com período de estiagem, a poeira muito tem prejudicado os moradores daquela região.</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo sugerindo que promova serviços de tapa buraco em toda a extensão da Rua 04, no setor São Francisco.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/20/indicacao_68.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/20/indicacao_68.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo requerendo envio de oficio ao Deputado Estadual JAMIL CALIFE, solicitando a doação para o município de um Caminhão Comboio de Lubrificação, também conhecida como MELOSA.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/19/indicacao_69.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/19/indicacao_69.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo solicitando que determine ao departamento competente os serviços de limpeza geral e pequenos resparos (se necessário) em todos os banheiros públicos do município (Praça Central, Quadras de Esportes, banheiro dos congos, Terminal Rodoviário e outros).</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/18/indicacao_70.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/18/indicacao_70.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo para promover serviços de recuperação dos dois primeiros mata-burros da estrada da região do Laranjal.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/17/indicacao_71.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/17/indicacao_71.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo. Promover o conserto de todos os aparelhos de ares-condicionados das creches, PSF´s e departamentos públicos em caráter de urgência.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/16/indicacao_72.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/16/indicacao_72.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo para promover a remessa do Projeto de Lei referente à emenda impositiva concedida no exercício financeiro de 2023 à Instituição Central Brasileira de Educação e Assistência Social (Ame+).</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>DR. SANDRO BARBOSA, ADRIANA DO SALÃO, JÚNIOR DA METASA, MARQUIM MEGA SOM</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/103/indicacao_073.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/103/indicacao_073.pdf</t>
   </si>
   <si>
     <t>Autoriza a alteração da Emenda Impositiva no valor de R$25.000,00 (vinte e cinco mil reais): Projeto Dengue Móvel da Secretaria de Saúde e Epidemiologia - Troca de Lixo por matérias escolares, por: Aquisição de Chips e sistema para chipagem e controle dos animais.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/111/indicacao_074.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/111/indicacao_074.pdf</t>
   </si>
   <si>
     <t>Sugere o encaminhamento de oficio à Chefe do Poder Executivo, indicando-lhe, tendo em vista o dia do pedestre celebrado hoje, que promova a_x000D_
 manutenção de todas as faixas de pedestres desta municipalidade, em especial aquelas localizadas nas proximidades dos estabelecimentos de ensino.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/115/indicacao_075.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/115/indicacao_075.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo que promova estudos e, posteriormente, instalação de um redutor de velocidade (quebra-molas) na Av. Priscila Maria de Lima Oliveira, a fim de evitar acidentes que acontecem sistematicamente naquele logradouro.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/15/indicacao_76.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/15/indicacao_76.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo sugerindo-lhe que faça revisão dos Decretos que estipulam o valor das Diárias, considerando estarem totalmente desatualizadas.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/14/indicacao_77.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/14/indicacao_77.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo solicitando-lhe providências, em caráter de urgência, serviços de poda das árvores as margens da Av. Cristófaro de Paula Rezende (Av. Boiadeiro), em toda sua extensão.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/13/indicacao_78.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/13/indicacao_78.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo solicitando que determine o departamento competente a instalação de manilhas a partir do entroncamento da via férrea com a Rua Pedro dos Santos Nascimento até o final da Praça Virmondes Campos, visando o escoamento da água pluvial que invade residências nas proximidades.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/12/indicacao_79.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/12/indicacao_79.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo solicitando que determine o departamento competente que faça os devidos procedimentos para mudança do sentido do trânsito da Rua David Abdalla Rassi, no Centro da cidade. O pedido é para que a rua em questão seja uma via de MÃO ÚNICA, sentido Praça Gaudêncio Rincon Segóvia para a Av. Castelo Branco.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/11/indicacao_80.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/11/indicacao_80.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo para promover a manutenção de vias, no cruzamento da Av. Egídio Francisco Rodrigues e Cristóforo de Paula Rezende (antiga Boiadeiro), devido à existência de uma cratera nas proximidades da lombada eletrônica.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_81.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_81.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo solicitando, em caratér de urgência, a reforma dos banheiros da Escola Municipal Joaquim Câmara Filho, e também que viabilize a construção de mais 02 (dois) banheiros considerando a grande demanda de alunos daquela escola.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/9/indicacao_82.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/9/indicacao_82.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo sugerindo que regulamente o auxílio-natalidade.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/8/indicacao_83.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/8/indicacao_83.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo para instalação de um redutor de velocidade na Av. Dr. Nadim Saud, nas proximidades da Igreja El Shaday.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/250/indicacao_n_084_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/250/indicacao_n_084_2023.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que determine ao departamento competente, a realização do serviço de tapa buraco da Rua Augusto Monteiro de Godoy, esquina com o Supermercado Oliveira, nas proximidades do n° 134 - Bairro Colegial.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/7/indicacao_85.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/7/indicacao_85.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo para construção em caratér de urgência de uma calçada na Rua 4A, nos fundos da Escola Sebastião Leite situada no bairro São Sebastião.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/6/indicacao_86.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/6/indicacao_86.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo para promover a manutenção da estrada vicinal que dá acesso à Cascalheira, situada no município de Santa Cruz de Goiás, o que viabilizará seu transporte a esta municipalidade.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Indicação para o Poder Executivo promover a verificação da rede elétrica das unidades escolares e sua devida substituição antes da aquisição dos pretensos ares-condicionados, e caso não seja possível a substituição das redes elétricas, realizar o ETP no Processo Licitatório para verificar a melhor solução e aquisição de climatização.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/4/indicacao_88.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/4/indicacao_88.pdf</t>
   </si>
   <si>
     <t>Indicação para promover a retirada das placas de Obras asfálticas colocadas às margens da Avenida Boiadeiro (Trecho em frente o Parque Santana).</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/3/indicacao_89.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/3/indicacao_89.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo solicitando-lhe que viabilize a equiparação salarial dos Técnicos e Auxiliares de Enfermagem, considerando que exercem a mesma função, com as mesmas atribuições.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/304/indicacao_n._090.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/304/indicacao_n._090.23.pdf</t>
   </si>
   <si>
     <t>Indica o envio de ofício ao Secretário Municipal de Saúde, solicitando-lhe a verificação da periodicidade e efetividade dos trabalhos realizados pelos Agentes Comunitários de Saúde, no bairro Jardim Maratá.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/251/indicacao_n_091_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/251/indicacao_n_091_2023.pdf</t>
   </si>
   <si>
     <t>Sugere que o Poder Executivo envie Projeto de Lei visando regulamentar as atribuições e vencimentos dos servidores públicos ocupantes do cargo de auxiliar de enfermagem.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/252/indicacao_n_092_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/252/indicacao_n_092_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que promova a proteção e isolamento do buraco do LAGO SECO, para que não ocorra nenhum acidente no local, deixando as pistas de caminhadas mais seguras.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/253/indicacao_n_093_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/253/indicacao_n_093_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo a revisão do ato administrativo relacionado a cobrança do ITBI, do imovél conhecido como ¨Prédio de Pires do Rio¨, a fim de afastar o prejuízo ao erário público e também que informe ao Poder Legislativo se a indicação será acatada ou não, para que se tome conhecimento, considerando  o latente prejuízo ao erário público.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>MARINA DA FARMÁCIA, ADRIANA DO SALÃO, BETIM MONTEIRO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/254/indicacao_n_094_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/254/indicacao_n_094_2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo a disponibilização de um servidor (vigia ou monitor) para resguardar a Praça Elias Dagher, reinaugurada recentemente.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/255/indicacao_n_095_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/255/indicacao_n_095_2023.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo os serviços de manutenção das câmeras de monitoramento e segurança instaladas em nosso município em caratér de urgência.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/256/indicacao_n_096_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/256/indicacao_n_096_2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo que faça revisão nos Decretos que estipulam o valor das Diárias, considerando estarem totalmente desatualizadas, aplicando inclusive o princípio de impessoalidade, onde todos tem o mesmo direito, devendo receber o mesmo valor, independente de cargos/funções que ocupam.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/257/indicacao_n_097_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/257/indicacao_n_097_2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo a realização pelo Departamento de Trânsito, estudo pormenorizado da região onde cruzam as movimentadas avenidas Lino Sampaio e Boiadeiro, com a futura instalação de equipamentos aptos a auxiliar na redução de acidentes naquele local.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/258/indicacao_n_098_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/258/indicacao_n_098_2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo a instalação, pela Secretaria de Obras, de uma placa indicando aos caminhões que transitam no sentido Catalão/Anápolis para que sigam em ferente, uma vez que a entrada desses veículos na Av. Castelo Branco gera situação caótica no trânsito daquela região.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/259/indicacao_n_099_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/259/indicacao_n_099_2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo a realização de podas de árvores na região da Av. Contorno, uma vez que, com as fortes chuvas, as árvores estão com os galhos caindo na fiação.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>DENILSON CASTRO, BETIM MONTEIRO, CLEBINHO DA PEGA DE FRANGO, MARINA DA FARMÁCIA, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/260/indicacao_n_100_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/260/indicacao_n_100_2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo que aplique todo montante que será arrecadado com o leilão de bens inservíveis na reforma dos prédios dentro do pátio interno da SEINFRA- Secretaria Municipal de Infraestrutura.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/261/indicacao_n_101_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/261/indicacao_n_101_2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo a aquisição, com urgência, de lâmpadas para a municipalidade, a fim de garantir melhor iluminação pública.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/192/requerimentos_001_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/192/requerimentos_001_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de louvor aos policias militares 1° Sgt Miltair Damascena e Sd Wemerson Martins dos Santos.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/193/requerimentos_002_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/193/requerimentos_002_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer registro de votos de louvor ao Major Olegário, atualmente Comandante do 11° Batalhão da Polícia Militar, Batalhão Corumbá.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>DR. SANDRO BARBOSA, ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, JÚNIOR DA METASA, WANDERLEY DO MOTO TÁXI</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/194/requerimentos_003_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/194/requerimentos_003_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora mais 60 dias de prazo para a conclusão dos trabalhos da CPI para averiguação da execução do Contrato n° 303/2021, cujo objeto é a obra asfáltica do Bairro Nadim Saud.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>NENECO, ADRIANA DO SALÃO, BETIM MONTEIRO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/195/requerimentos_004_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/195/requerimentos_004_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer ofício de pêsames à família do Senhor Antônio Monteiro Calzada, popularmente conhecido como Tonim Monteiro, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/196/requerimentos_005_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/196/requerimentos_005_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer a retirada da proposição, ou seja, o arquivamento do Projeto de Lei 042/2022, nos termos do artigo 150, §1°, do Regimento Interno da Câmara Municipal de Pires do Rio.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/197/requerimentos_006_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/197/requerimentos_006_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo o Arquivamento do Decreto Lei n° 2.501/23, que dispõe sobre a nomeação do ¨Diretor do Departamento Municipal de Trânsito¨.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/198/requerimentos_7_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/198/requerimentos_7_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer o encaminhamento de ofício ao Senhor Delegado de Polícia Civil, indagando-lhe acerca do andamento do Inquérito Policial que trata sobre as câmeras encontradas na sala da servidora da Câmara Municipal de Pires do Rio.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/199/requerimentos_008_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/199/requerimentos_008_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de louvor a IÊDA CRISTINA DA COSTA, pelo excepcional serviço prestado junto à saúde em nosso município.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/200/requerimentos_009_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/200/requerimentos_009_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de uma Sessão Extraordinária para votação dos Projetos de Lei Ordinária n° 003/23 e Projeto de Lei Complementar n° 001/23.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/201/requerimentos_010_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/201/requerimentos_010_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer que as emendas apresentadas ao Projeto de Lei n° 002/23, propostas pelo Vereador Denilson Castro, sejam analisadas e votadas rapidamente.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/202/requerimentos_011_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/202/requerimentos_011_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de uma Sessão Extraordinária para votação dos Projetos de Lei Ordinária n°002/23 e do Projeto de Lei Complementar-Substitutivo n° 001/23 ambos do Poder Executivo.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/203/requerimentos_012_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/203/requerimentos_012_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de uma Sessão Extraordinária para votação do Projeto de Lei Ordinária n° 006/23 do Poder Executivo.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/204/requerimentos_013_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/204/requerimentos_013_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer votos de louvor aos Militares relacionados no arquivo anexado.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/205/requerimentos_014_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/205/requerimentos_014_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de uma Sessão Extraordinária para votação dos Projetos de Lei Ordinária n° 045/22, Projeto de Lei Ordinária n° 008/23 e do Projeto de Lei Ordinária n° 011/23.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/206/requerimentos_015_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/206/requerimentos_015_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer que o Presidente da Câmara Municipal disponibilize as filmagens da reunião do dia 29/03/2023 realizada na Sala das Comissões, bem como promova vistoria técnica para atestar se há dispositivos de captação de audiovisual instalados nesta Casa; _x000D_
 Requer que seja convocado o Sr. Pedro Paulo Rincon para fim de esclarecer de que forma ele conseguiu o áudio, visto que foi ele quem primeiro publicou no Grupo Política sem Filtro.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/207/requerimentos_016_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/207/requerimentos_016_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de uma Sessão Extraordinária para votação dos Projetos de Lei Ordinária n° 009/23, Projeto de Lei Complementar n° 009/22.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>CLEBINHO DA PEGA DE FRANGO</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/208/requerimentos_017_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/208/requerimentos_017_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de uma Audiência Pública, a fim de debater o Projeto de Lei Complementar n° 009/22 de autoria do Pode Executivo, que ¨Institui a Taxa de Resíduos Sólidos Urbanos (TRSU) e dá outras providências¨.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/209/requerimentos_018_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/209/requerimentos_018_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de uma Sessão Extraordinária para votação dos Projetos de Lei Ordinária n° 014/23 e do Projeto de Lei Complementar n° 000/23 ambos do Poder Executivo.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>RODRIGUINHO DA ÓTICA, DR. SANDRO BARBOSA, NENECO, WANDERLEY DO MOTO TÁXI</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/210/requerimentos_019_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/210/requerimentos_019_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer a retirada da proposição, ou seja, o arquivamento do Projeto de Resolução 001/2023, nos termos do artigo 150, § 2°, do Regimento Interno da Câmara Municipal de Pires do Rio.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/211/requerimentos_020_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/211/requerimentos_020_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer o envio de votos de louvor aos Diretores dos Colégios da Rede Estadual de Educação de Pires do Rio, que foram eleitos.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/212/requerimentos_021_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/212/requerimentos_021_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer registro dos votos de pêsames desta Casa de Lei aos familiares de GABRIEL LUCAS BORGES SILVA, recentemente falecido nesta urbe.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/213/requerimentos_022_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/213/requerimentos_022_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer registro de votos de pêsames desta Casa de Lei aos familiares de PATRÍCIA DOLVIRA BORGES, recentemente falecida nesta urbe.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/214/requerimentos_023_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/214/requerimentos_023_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer encaminhamento de ofício ao Senhor Promotor de Justiça desta Comarca, para que tome as providências pertinentes quanto à insuficiência de vagas em creches desta urbe.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/215/requerimentos_024_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/215/requerimentos_024_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer envio de Votos de Louvor a todos os enfermeiros e enfermeiras, técnicos de Enfermagem do nosso Município pela passagem do DIA INTERNACIONAL DA ENFERMAGEM.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/216/requerimentos_025_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/216/requerimentos_025_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de louvor aos garis de Pires do Rio.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>OBRAS - COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS E ATIVIDADES PRIVADAS</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/217/requerimentos_026_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/217/requerimentos_026_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer a contratação em caráter temporário de um Engenheiro Civil, para dar suporte técnico nas visitas (fiscalização) das obras que estão sendo executadas pela Prefeitura.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/218/requerimentos_027_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/218/requerimentos_027_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer o encaminhamento de ofício ao Senhor Promotor titular da 2ª Promotoria de Justiça desta Comarca, a fim de que lhe seja encaminhado o Acórdão n° 02498/23 proferido pelo Pleno do Tribunal de Contas dos Municípios do Estado de Goiás, no bojo do processo n° 07832/22, a fim de instruir o procedimento alusivo à pavimentação asfáltica setor Bouganville.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/219/requerimentos_028_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/219/requerimentos_028_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer encaminhamento de ofício ao Senhor Promotor titular da 1ª Promotoria de Justiça desta Comarca, a fim de que lhe seja dado acesso à integralidade do Plano Diretor desta urbe, inclusive seus mapas anexos, para que a referida documentação seja encartada aos Autos Extrajudiciais n° 202100286819 - Questão Ambiental.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/220/requerimentos_029_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/220/requerimentos_029_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício de pêsames à família da Professora JANE RINCON, pelo seu falecimento acorrido recentemente.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/221/requerimentos_030_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/221/requerimentos_030_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer renúncia ao cargo de 1° Secretário da Mesa Diretora.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/222/requerimentos_031_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/222/requerimentos_031_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Extraordinária para votação dos Projetos de Lei Ordinária n° 016/23, Projeto de Lei Ordinária n° 017/23 e Substitutivo n° 001/23 (Referente ao Projeto de Lei n° 013/23) ambos do Poder Executivo.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/223/requerimentos_032_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/223/requerimentos_032_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer o encaminhamento de oficio à Chefe do Poder Executivo, solicitando-lhe que sejam remetidos a esta Casa, todos os documentos atinentes ao processo licitatório alusivos à reforma do Coreto da Praça Central, ou seja, o procedimento na íntegra.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/224/requerimentos_033_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/224/requerimentos_033_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício de pêsames à família de EDÍZIA MACEDO, pelo seu falecimento.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/225/requerimentos_034_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/225/requerimentos_034_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de louvor aos magistrados e servidores do Tribunal de Justiça de Goiás lotados na Comarca de Pires do Rio.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/226/requerimentos_035_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/226/requerimentos_035_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo diligencie para verificar edificação que invade parte de imóvel público, no bairro Novo Horizonte.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/227/requerimentos_036_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/227/requerimentos_036_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que sejam remetidos a esta Casa, todos os documentos atinentes à prestação de contas da Associação dos Universitários Usuários do Transporte Viário do Sudeste Goiano (ASSUNUTV).</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/228/requerimentos_037_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/228/requerimentos_037_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo, que informe a lista dos bens (veículos) de todas as secretarias, indicando o período do seguro de cada veículo, e também informe se os veículos que sofreram acidentes nas últimas semanas, estão segurados, indicando o número da apólice para comprovação.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/229/requerimentos_038_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/229/requerimentos_038_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo que informe quais foram os motivos que levaram a empresa CONSTRUTORA RASSI LTDA não ter cumprido os contratos n° 267/2020 e 311/2020.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/230/requerimentos_039_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/230/requerimentos_039_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Extraordinária para votação dos Projetos em pauta.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/231/requerimentos_040_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/231/requerimentos_040_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer o registro de pesar pelo falecimento da irmã Franciscana dos Pobres IRMÃ HELENA PAULA DE CARVALHO.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/232/requerimentos_041_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/232/requerimentos_041_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer a convocação/convite da Secretária de Administração Drª Fernanda Barbosa, para que esclareça pontos sobre o Projeto de Lei 019/2023, que trata da autorização do empréstimo de 9 milhões, especificamente sobre quais serão os logradouros beneficiados.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/233/requerimentos_042_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/233/requerimentos_042_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer a retirada da proposição, ou seja, o arquivamento do Projeto de Lei Ordinária 004/2023, nos termos do artigo 150, §1°, do Regimento Interno da Câmara Municipal de Pires do Rio.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/234/requerimentos_043_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/234/requerimentos_043_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer a realização de perícia técnica no edifício Goiaz Cavalcanti Nogueira, sede do Poder Legislativo de Pires do Rio, a fim de se verificar se existem dispositivos de espionagem instalados em suas dependências.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/235/requerimentos_044_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/235/requerimentos_044_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer a retirada da proposição, ou seja, o arquivamento do Projeto de Lei Ordinária 012/2023, nos termos do artigo 150, § 1°, do Regimento Interno da Câmara Municipal de Pires do Rio.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/236/requerimentos_045_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/236/requerimentos_045_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a nomeação da Comissão de Ética, conforme determina § 2° do Art. 26 do Regimento Interno.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/82/requerimento_46.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/82/requerimento_46.pdf</t>
   </si>
   <si>
     <t>Requer a inserção em pauta do Projeto de Lei Ordinária n° 019/2023, que Autoriza o Poder Executivo a contratar operação de crédito com o Banco do Brasil S/A e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/83/requerimento_47.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/83/requerimento_47.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Extraordinária para a votação dos projetos discutidos na corrente data.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/237/requerimentos_048_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/237/requerimentos_048_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer registro de Votos de Louvor ao LEO CLUBE DE PIRES DO RIO e ao LIONS CLUBE DE PIRES DO RIO.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/238/requerimentos_049_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/238/requerimentos_049_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer realização de uma Sessão Extraordinária para votação dos Projetos em Pauta.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/239/requerimentos_050_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/239/requerimentos_050_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Extraordinária para votação dos Projetos em Pauta.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/240/requerimentos_051_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/240/requerimentos_051_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer a verificação dos ofícios que foram expedidos ao Poder Executivo, bem como a reiteração daqueles que ainda não foram respondidos.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/241/requerimentos_052_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/241/requerimentos_052_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer registro de votos de louvor à jornalista DIVINA NEUSA QUEIROZ pelos 37 anos de existência do Jornal do Sudeste.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/242/requerimentos_053_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/242/requerimentos_053_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer o registro de pesar pelo falecimento do senhor ODONIL RIBEIRO DA SILVA, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/243/requerimentos_054_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/243/requerimentos_054_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer registro de votos de louvor a ciclista LAURIELY ALVES DA SILVA, pelo desempenho vitorioso em recentes disputas esportivas.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/84/requerimento_55.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/84/requerimento_55.pdf</t>
   </si>
   <si>
     <t>Requer o registro dos votos de pêsames aos familiares de JOSÉ OSMAR CAIXETA, recentemente falecido nesta urbe.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/244/requerimentos_056_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/244/requerimentos_056_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Extraordinária para votação dos projetos discutidos na corrente data.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/245/requerimentos_057_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/245/requerimentos_057_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de louvor aos membros retirantes da Diretoria da APROAAB.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/246/requerimentos_058_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/246/requerimentos_058_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer registro de votos de louvor em favor do Esportivo Império de Pires do Rio, por ter conquistado a Classe A na competição Estadual.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/85/requerimento_59.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/85/requerimento_59.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora e da Ouvidoria que sejam levados a conhecimento do Plenário e dos vereadores, nos termos regimentais, as resoluções e providências das demandas protocoladas naquele canal.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/86/requerimento_60.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/86/requerimento_60.pdf</t>
   </si>
   <si>
     <t>Requer MOÇÃO DE REPÚDIO à Ação de Descumprimento de Preceito Fundamental (ADPF) 442, em tramitação no Supremo Tribunal Regional sob relatoria da Exma. Min. Sra. Rosa Weber, com a pretensão de descriminalizar o aborto no Brasil, em evidente negação do direito à vida, constitucionalmente estabelecido, permitindo o assassinato de nascituros indefesos.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/247/requerimentos_061_de_2023.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/247/requerimentos_061_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer registro de votos de louvor aos coletores de lixo que prestam serviços em nosso município.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/248/requerimentos_062_de_2023.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/87/requerimento_63.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/248/requerimentos_062_de_2023.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/87/requerimento_63.pdf</t>
   </si>
   <si>
     <t>Requer o registro de pesar pelo falecimento do Senhor SERAFIM PINTO MARRA, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/249/requerimentos_064_de_2023.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/88/requerimento_65.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/249/requerimentos_064_de_2023.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/88/requerimento_65.pdf</t>
   </si>
   <si>
     <t>Requer o encaminhamento de ofício à Chefe do Poder Legislativo, solicitando documentos que comprovem a última manutenção dos aparelhos de ar-condicionado de todas as unidades escolares e creches municipais.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/89/requerimento_66.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/90/requerimento_67.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/89/requerimento_66.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/90/requerimento_67.pdf</t>
   </si>
   <si>
     <t>Requer a retirada da proposição, ou seja, o arquivamento do Projeto de Lei Ordinária 018/2023, que institui o dia do Casamento Civil Comunitário no âmbito do Município e dá outras providências, nos termos do artigo 150, §1°, do Regimento Interno da Câmara Municipal de Pires do Rio.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/91/requerimento_68.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/91/requerimento_68.pdf</t>
   </si>
   <si>
     <t>Requer que sejam remetidas a esta Casa, xerocópias do processo completo de avaliação do ITBI na venda do edifício denominado ¨Residencial Quatro Estações¨, a fim de conferir maior lisura e prestação de informações à sociedade.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/92/requerimento_69.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/92/requerimento_69.pdf</t>
   </si>
   <si>
     <t>Requer a inserção em pauta do Projeto de Lei Ordinária n° 033/2023, que dispõe sobre a regulamentação da Assistência Financeira Complementar repassada pela União Federal visando dar cumprimento ao disposto na Lei Federal n° 14.434, de agosto de 2022, que institui o piso nacional do Enfermeiro, Técnico de Enfermagem, do Auxiliar de Enfermagem e da Parteira.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/94/requerimento_70.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/94/requerimento_70.pdf</t>
   </si>
   <si>
     <t>Requer a contratação, pela Presidência desta Casa, de avaliador devidamente habilitado, a fim de que auxilie a Comissão de Avaliação de bens e móveis no procedimento instaurado e que consta no bojo do Projeto de Lei Ordinária n° 027/2023.</t>
   </si>
   <si>
     <t>NENECO, ADRIANA DO SALÃO, BETIM MONTEIRO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/2/requerimento_71.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/2/requerimento_71.pdf</t>
   </si>
   <si>
     <t>Requer o registro de pesar pelo falecimento do senhor Joaquim Marques Rosa.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/97/requerimento_72.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/97/requerimento_72.pdf</t>
   </si>
   <si>
     <t>Requer a realização de Sessão Extraordinária para a votação dos projetos discutidos na corrente data.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/268/requerimento_073.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/268/requerimento_073.23.pdf</t>
   </si>
   <si>
     <t>Requer a inserção em pauta do Projeto de Lei Ordinária n.º 034/23, de autoria do Poder Executivo, que “Autoriza o Poder Executivo a realizar Processo Seletivo Simplificado para Contratações Temporárias de Excepcional Interesse Público, e dá outras providências”</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>CLEBINHO DA PEGA DE FRANGO, ADRIANA DO SALÃO, BETIM MONTEIRO, DENILSON CASTRO, MARINA DA FARMÁCIA, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/269/requerimento_n._074_23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/269/requerimento_n._074_23.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de louvor, pelo excepcional serviço prestado, aos Militares: Lucas Gonçalves Ferreira, Paulo Henrique Esperandir da Silva, Paulo Henrique Pereira, Emerson da Silva Pires, Agnaldo Estrela Vaz, Julyan do Vale Ferreira, Mateus Felipe Rosa, Wellington Rodrigues dos Santos Júnior, Geraldo Inácio Nogueira, Evanio Alves da Silva Pires, Wasley Alves Ferreira, Erson Novaes Júnior e Fernando Euclides da Paz.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, BETIM MONTEIRO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, DR. SANDRO BARBOSA, MARINA DA FARMÁCIA, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/270/requerimento_n._075_23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/270/requerimento_n._075_23.pdf</t>
   </si>
   <si>
     <t>Requerem o registro de pesar pelo falecimento do Sr. Aparecido de Oliveira Martins.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/271/requerimento_n._076.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/271/requerimento_n._076.23.pdf</t>
   </si>
   <si>
     <t>Requerem o registro de pesar pelo falecimento da Srª.  Rosinha Nassar.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/272/requerimento_n._077.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/272/requerimento_n._077.23.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de louvor aos Professores do IF Goiano: Leonice de Andrade Carvalho, Fernando Rocha, Mônica Isabel Canuto Nunes, Simone da Costa Estrela, Luciane Sperandio, Aline Sueli Rodrigues, Milton Lima, Maxwell Severo, Natália Macedo, Paulo César da Cunha – diretor do IF Goiano –, Ana Lúcia Teixeira de Araújo, ao Promotor de Justiça: Dr. Fabrício Roriz Hipólito, e ao Diretor Prisional de Pires do Rio: Sr. Jerry William Júnior de Oliveira Marques, pela parceria de tais entidades ao Programa “Tecendo a vida, narrativa e livros: a materialização da leitura e do corpo no cárcere”.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/273/requerimento_078.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/273/requerimento_078.23.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Extraordinária, logo após o encerramento desta, para votação do Projeto em pauta.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/274/requerimento_n._079.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/274/requerimento_n._079.23.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora, promoção de Mandato de Segurança para garantir a esta Casa acesso integral aos documentos do processo administrativo de apuração do ITBI imóvel “prédio”, sito à Rua Augusto Monteiro de Godoy.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/275/requerimento_n._080.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/275/requerimento_n._080.23.pdf</t>
   </si>
   <si>
     <t>Requer a retirada do requerimento n. 070/23, formulado em 06 de setembro de 2023.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/276/requerimento_n._081.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/276/requerimento_n._081.23.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo o encaminhamento, por intermédio da Comissão de Avaliação de Bens Móveis, do laudo/parecer conclusivo acerca da avaliação dos bens inservíveis discriminados no procedimento administrativo do Projeto de Lei Ordinária n.º 027/23.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/277/requerimento_n._082.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/277/requerimento_n._082.23.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de louvor ao Sr. Ronaildo Martins Arruda, mais conhecido como Tancredinho.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>NENECO, ADRIANA DO SALÃO, BETIM MONTEIRO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/278/requerimento_n._083.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/278/requerimento_n._083.23.pdf</t>
   </si>
   <si>
     <t>Requerem o registro de pesar pelo falecimento do Sr. Carlos Donizete Alves, servidor da prefeitura municipal.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/279/requerimento_084.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/279/requerimento_084.23.pdf</t>
   </si>
   <si>
     <t>Requerem o registro de pesar pelo falecimento do Sr. Vilson Machado.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/284/requerimento_n._085.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/284/requerimento_n._085.23.pdf</t>
   </si>
   <si>
     <t>Requer o encaminhamento do ofício anexo ao Promotor de Justiça, Dr. Fabrício Roriz Hipólito, a fim de agradecer-lhe seus bons préstimos por ter se diligenciado no sentido de auxiliar as demandas das salas de aula municipais, com a destinação de aparelhos de ar condicionado (frutos de transações penais, acordos de não persecução penal etc.) com potência suficiente para garantir a sua climatização.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/285/requerimento_n._086_23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/285/requerimento_n._086_23.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo informe a esta Casa o motivo pelo qual até o presente momento não foi remetido novo Projeto de Lei para atender as necessidades de cobertura endêmica e epidemiológica e caso tenham sido supridas as necessidades apontadas na justificativas do PL 028/2023 presente de forma pormenorizada.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/286/requerimento_n._087.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/286/requerimento_n._087.23.pdf</t>
   </si>
   <si>
     <t>Requer a retirada/arquivamento do requerimento n. 079/2023, que consistia na solicitação de promoção de Mandado de Segurança para garantir o acesso a documentos de processo administrativo do Poder Executivo.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/287/requerimento_n._088.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/287/requerimento_n._088.23.pdf</t>
   </si>
   <si>
     <t>Requer a inserção em pauta do Projeto de Lei n.º 037/23, de autoria do Poder Executivo, que “Autoriza abertura de crédito adicional de natureza suplementar no orçamento de 2023, na forma que especifica e dá outras providências”.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>Requerem o registro de pesar pelo falecimento da Profª. Soraia Maria Silva.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/289/requerimento_n._090.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/289/requerimento_n._090.23.pdf</t>
   </si>
   <si>
     <t>Requer a inserção em pauta do Projeto de Lei n.º 036/23, que Autoriza o Poder Executivo Municipal a desapropriar terreno que especifica via utilidade pública, com finalidade exclusiva de ampliação da área do Cemitério Municipal Esplanada, e dá outras providências.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/290/requerimento_n._091.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/290/requerimento_n._091.23.pdf</t>
   </si>
   <si>
     <t>Requer a inserção em pauta do Projeto de Lei Complementar n.º 007/23, que altera o Anexo I, da Lei Complementar n. 165/2021 que dispõe sobre a criação do Plano de Cargos, Carreira e Vencimentos dos Servidores da Câmara Municipal de Pires do Rio e dá outras providências.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/291/requerimento_n._092.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/291/requerimento_n._092.23.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Extraordinária para a votação do(s) projeto(s) discutido(s) na corrente data, qual seja n. 036/2023.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/292/requerimento_n._093.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/292/requerimento_n._093.23.pdf</t>
   </si>
   <si>
     <t>Requer a inserção em pauta do Projeto de Lei Complementar n.º 006/23, que altera a Lei Complementar Municipal n.º 107, de 09 de março de 2012, e dá outras providências.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/293/requerimento_n._094.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/293/requerimento_n._094.23.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Extraordinária para a votação do(s) projeto(s) discutido(s) na corrente data, qual seja n. Projeto de Lei Complementar n. 006/2023 e Projeto de Lei Ordinária n. 038/2023.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/294/requerimento_n._095.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/294/requerimento_n._095.23.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de louvor aos empresários Edvan Carlos de Carvalho e Reinaldo Fernandes Rodrigues, por estarem comemorando 27 anos de fundação da empresa Madeireira Real, gerando empregos no munícipio.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>NENECO, ADRIANA DO SALÃO, BETIM MONTEIRO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARQUIM MEGA SOM, NEGUIM, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/295/requerimento_n._096.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/295/requerimento_n._096.23.pdf</t>
   </si>
   <si>
     <t>Requerem o registro de pesar à família do Senhor Sebastião Roberto da Silva.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/296/requerimento_n._097.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/296/requerimento_n._097.23.pdf</t>
   </si>
   <si>
     <t>Requerem o registro de pesar à família da Magda Rosa Morais Monteiro.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/297/requerimento_n._098.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/297/requerimento_n._098.23.pdf</t>
   </si>
   <si>
     <t>Requerem o registro de pesar à família do Sr. Onofre Sebastião dos Santos.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/298/requerimento_n._099.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/298/requerimento_n._099.23.pdf</t>
   </si>
   <si>
     <t>Requer a inserção em pauta do Projeto de Lei n.º 040/23, que reserva aos candidatos (as) negros (as) 10% (dez por cento) das vagas oferecidas nos concursos públicos para provimento de cargos efetivos e empregos públicos no âmbito da administração pública.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/299/requerimento_n._100.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/299/requerimento_n._100.23.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Extraordinária para a votação do(s) projeto(s) discutido(s) na corrente data, n. 027/2023 e n. 039/2023.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>NENECO, BETIM MONTEIRO, CLEBINHO DA PEGA DE FRANGO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, RODRIGUINHO DA ÓTICA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/300/requerimento_n._101.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/300/requerimento_n._101.23.pdf</t>
   </si>
   <si>
     <t>Requer o registro dos votos de pêsames desta Casa de Leis aos familiares de Célia Maria Mota de Brito.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/301/requerimento_102.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/301/requerimento_102.23.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Extraordinária para a votação do(s) projeto(s) discutido(s) na corrente data, qual seja, Projeto de Lei Ordinária n. 041/2023.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/302/requerimento_103.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/302/requerimento_103.23.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Extraordinária para a votação do(s) projeto(s) discutido(s) na corrente data.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/303/requerimento_n._104.23.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/303/requerimento_n._104.23.pdf</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>PINFO</t>
   </si>
   <si>
     <t>Pedido de Informações</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/130/1.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/130/1.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a lista dos empossados no concurso público do Poder Executivo.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/131/2.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/131/2.pdf</t>
   </si>
   <si>
     <t>Requer expedição de ofício à chefe do Poder Executivo, a fim de que informe sobre reforma realizada na praça da Biblioteca Municipal.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/132/3.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/132/3.pdf</t>
   </si>
   <si>
     <t>Requer expedição de ofício à chefe do Poder Executivo.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/102/pedido_de_informacoes_004.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/102/pedido_de_informacoes_004.pdf</t>
   </si>
   <si>
     <t>Requer expedição de ofício à Chefe do Poder Executivo, a fim de que informe sobre a instalação de placas na praça Francisco Felipe Machado.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/133/5.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/133/5.pdf</t>
   </si>
   <si>
     <t>Requer expedição de ofício à chefe do Poder Executivo, a fim de que informe sobre licitação referente à pavimentação do bairro Nadin Saud.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/128/brnb422001382b3_034305.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/128/brnb422001382b3_034305.pdf</t>
   </si>
   <si>
     <t>Requer expedição de ofício à Chefe do Poder Executivo, a fim de que informe sobre previsão de início de obras.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/105/pedidos_de_informacoes_007.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/105/pedidos_de_informacoes_007.pdf</t>
   </si>
   <si>
     <t>Requer expedição de ofício à Chefe do Poder Executivo, a fim de que informe sobre construção do centro de zoonoses.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/134/8.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/134/8.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre as empresas/estabelecimentos comerciais que tem contrato vigente com o Município para entrega de gêneros alimentícios e materiais higiênicos e similares.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/127/9.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/127/9.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre quais emendas parlamentares serão executas no exercício de 2023.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/107/pedido_de_informacoes_010.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/107/pedido_de_informacoes_010.pdf</t>
   </si>
   <si>
     <t>Requer expedição de ofício à Chefe do Poder Executivo, a fim de que informe sobre o cumprimento da lei no que respeita ao piso salarial dos profissionais do magistério público.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/124/11.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/124/11.pdf</t>
   </si>
   <si>
     <t>Requer expedição de ofício à Chefe do Poder Executivo, a fim de que informe sobre previsão de início e conclusão de obras em escola desta municipalidade.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/109/pedido_de_informacoes_012.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/109/pedido_de_informacoes_012.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre quando será efetivamente executado o serviço de tapa buraco nas Ruas 2 e 3 do setor industrial.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/123/13.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/123/13.pdf</t>
   </si>
   <si>
     <t>Requer expedição de ofício à chefe do Poder Executivo, a fim de que informe sobre fila de espera em creches municipais.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/122/14.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/122/14.pdf</t>
   </si>
   <si>
     <t>Requer expedição de Ofício à Chefe do Poder Executivo, a fim de que informe sobre asfaltamento de ruas.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/120/15.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/120/15.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre os projetos para o melhoramento e manutenção da Praça de Esportes da vila Sinhô Nogueira.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/110/pedidos_de_informacoes_016.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/110/pedidos_de_informacoes_016.pdf</t>
   </si>
   <si>
     <t>Requer informações da Senhora Prefeita Municipal.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/118/17.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/118/17.pdf</t>
   </si>
   <si>
     <t>Requer expedição de ofício à Chefe do Poder Executivo, a fim de que informe sobre o credenciamento do município para integração do SNT.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/116/18.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/116/18.pdf</t>
   </si>
   <si>
     <t>Requer expedição de ofício à Chefe de Poder Executivo, a fim de que informe sobre o cronograma de execução das emendas impositivas recebidas por esta municipalidade.</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/104/brnb422001382b3_034297.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/104/brnb422001382b3_034297.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o início das obras de pavimentação asfáltica do Bairro Nadim Saud.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/106/brnb422001382b3_034296.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/106/brnb422001382b3_034296.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre as despesas, servidores e usuários do CAPS ao Secretário Municipal de Saúde.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/108/brnb422001382b3_034295.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/108/brnb422001382b3_034295.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o grau de parentesco da Diretora nomeada do Hospital Municipal com o Secretário Municipal de Saúde.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/112/brnb422001382b3_034294.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/112/brnb422001382b3_034294.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a garantia e o processo licitatório da obra do Coreto da Praça Central.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/119/brnb422001382b3_034293.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/119/brnb422001382b3_034293.pdf</t>
   </si>
   <si>
     <t>Requer expedição de ofício à Chefe do Poder Executivo, a fim de que informe sobre os motivos de não inclusão da Rua Clarisse Meireles em obra de pavimentação no setor Nadin Saud.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/113/pedido_de_informacoes_024.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/113/pedido_de_informacoes_024.pdf</t>
   </si>
   <si>
     <t>Requer da senhora prefeita, informações quanto à construção do muro no Estádio Edson Monteiro de Godoy.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/121/brnb422001382b3_034292.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/121/brnb422001382b3_034292.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a paralisação da obra de ampliação do Centro de Referência Especializada em Assistência Social - CREAS.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/114/brnb422001382b3_034291.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/114/brnb422001382b3_034291.pdf</t>
   </si>
   <si>
     <t>Requer expedição de ofício à Chefe do Poder Executivo, a fim de que encaminhe a esta casa relação de cargos comissionados criados pela Lei Complementar 175/2023, bem como os Decretos de nomeação advindos dessa lei.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/117/brnb422001382b3_034290.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/117/brnb422001382b3_034290.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a convocação e o preenchimento de vagas para o Processo Seletivo Simplificado da Assistência Social n. 001/2023.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/126/brnb422001382b3_034289.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/126/brnb422001382b3_034289.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a situação, inscrições e cronograma das Casas Sociais do Programa AGEHAB em nosso município.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/129/brnb422001382b3_034288.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/129/brnb422001382b3_034288.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a criação de vagas para regularização do transporte individual de passageiros (taxi) no município.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/125/brnb422001382b3_034287.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/125/brnb422001382b3_034287.pdf</t>
   </si>
   <si>
     <t>Solicita informações que informem qual Psicólogo(a) está realizando atendimentos e acompanhamentos das crianças da CASA LAR.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/136/brnb422001382b3_034286.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/136/brnb422001382b3_034286.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre os profissionais que trabalham no CEAMA, sua carga horária e quantidade de atendimentos.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/140/brnb422001382b3_034285.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/140/brnb422001382b3_034285.pdf</t>
   </si>
   <si>
     <t>Solicita informações à Chefe do Poder Executivo sobre o ato normativo em vigor que prevê a concessão realizada pela administração para as empresas no Mercado Municipal.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/137/brnb422001382b3_034284.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/137/brnb422001382b3_034284.pdf</t>
   </si>
   <si>
     <t>Requer expedição de ofício à Chefe do Poder Executivo, a fim de que esclareça quais as providências estão sendo tomadas em relação ao bairro Nadin Saud.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/142/brnb422001382b3_034283.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/142/brnb422001382b3_034283.pdf</t>
   </si>
   <si>
     <t>Requer expedição de ofício à Chefe do Poder Executivo, a fim de que informe sobre a situação do veículo utilizado para a coleta seletiva.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/141/brnb422001382b3_034282.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/141/brnb422001382b3_034282.pdf</t>
   </si>
   <si>
     <t>Requer expedição de ofício à Chefe do Poder Executivo, a fim de que informe sobre os motivos pelos quais os caminhões de lixo recebidos por emenda acarretam prejuízo.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/138/brnb422001382b3_034281.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/138/brnb422001382b3_034281.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o valor de avaliação para apuração de ITBI e o valor do imposto apurado na transação de compra e venda do único edifício do Município.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/143/brnb422001382b3_034280.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/143/brnb422001382b3_034280.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre os parâmetros utilizados para indicação de apenas R$8.000.000,00 (oito milhões de reais) de Precatório para pagamento na LOA de 2024.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/145/brnb422001382b3_034279.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/145/brnb422001382b3_034279.pdf</t>
   </si>
   <si>
     <t>Solicita informações qual parâmetro legal utilizado para a cessão do servidor da educação em estágio probatório ao VAPT-VUPT.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/144/brnb422001382b3_034278.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/144/brnb422001382b3_034278.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiada a Chefe do Poder Executivo sobre os jogadores que virão a Pires do Rio em 09/11/2023 e sobre o que mais será feito pelo esporte na nossa municipalidade.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/186/pedido_de_informacoes_040.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/186/pedido_de_informacoes_040.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o não funcionamento de equipamentos que menciona.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/187/pedido_de_informacoes_041.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/187/pedido_de_informacoes_041.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a revisão de ato administrativo.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/188/pedido_de_informacoes_042.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/188/pedido_de_informacoes_042.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre os motivos que ensejaram à expedição do Decreto n. 8.775/2023.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/189/pedido_de_informacoes_043.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/189/pedido_de_informacoes_043.pdf</t>
   </si>
   <si>
     <t>Requer informações do Poder Executivo e do Secretário Municipal de Saúde.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/190/pedido_de_informacoes_044.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/190/pedido_de_informacoes_044.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre emenda parlamentar no valor de R$ 200.000,00 (duzentos mil reais) repassada pelo Deputado Adriano do Baldy com destinação à APROAAB.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/191/pedido_de_informacoes_045.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/191/pedido_de_informacoes_045.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre quais providências estão sendo tomada no tocante ao Estádio Monteirão, tendo em vista as fortes chuvas que arrancaram o telhado daquele lugar.</t>
-  </si>
-[...37 lines deleted...]
-    <t>Dispõe sobre a alteração dos anexos I, II e IV da Lei Complementar nº 165/21, conforme a concessão da revisão geral anual prevista na Lei nº 4173, de 26 de maio de 2023.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -3213,68 +3213,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/139/025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/149/044_-_i.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/417/p.l.o._n._003.23.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/409/p.l.o._n._004.23.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/160/074.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/163/086.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/165/087.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/164/125.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/161/105.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/408/p.l.o._n._010.23.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/168/142.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/407/p.l.o._n._012.23.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/152/164.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/174/177.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/175/184.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/147/237.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/150/256.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/406/p.l.o._n._018.23.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/166/361.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/169/369.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/173/380.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/177/395.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/176/397.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/185/431.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/418/p.l.o_n._026.23.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/180/436.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/182/439.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/181/438.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/154/456.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/184/457_-_ppa_ok.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/183/457_-_loa__-_parte_1_ok.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/179/545.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/135/554.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/146/591.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/1/plo036.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/157/616.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/167/635.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/420/p.l.o._n._039.23.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/419/p.l.o_n._040.23.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/171/648.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/178/682_-_i_-_alteracoes_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/155/065.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/158/069.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/410/plc_n._003.23.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/172/379.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/46/plc_0051.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/159/622.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/38/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/39/indicacao_02.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/40/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/41/indicacao_04.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/47/indicacao_05.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/42/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/43/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/44/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/45/indicacao_09.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/48/indicacao_010.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/56/indicacao_011.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/60/indicacao_013.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/62/indicacao_014.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/64/indicacao_015.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/67/indicacao_016.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/69/indicacao_017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/70/indicacao_018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/74/indicacao_020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/75/indicacao_021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/76/indicacao_022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/77/indicacao_023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/78/indicacao_024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/79/indicacao_025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/80/indicacao_026.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/81/indicacao_027.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/93/indicacao_028.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/95/indicacao_029.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/96/indicacao_030.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/98/indicacao_031.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/99/indicacao_032.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/100/indicacao_033.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/101/indicacao_034.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/72/indicacao_35.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/71/indicacao_36.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/68/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/66/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/65/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/63/indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/61/indicacao_41.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/59/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/57/indicacao_43.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/55/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/54/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/53/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/52/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/51/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/50/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/49/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/37/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/36/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/35/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/34/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/33/indicacao_55.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/32/indicacao_56.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/31/indicacao_57.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/30/indicacao_58.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/29/indicacao_59.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/27/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/26/indicacao_62.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/25/indicacao_63.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/24/indicacao_64.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/23/indicacao_65.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/22/indicacao_66.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/20/indicacao_68.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/19/indicacao_69.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/18/indicacao_70.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/17/indicacao_71.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/16/indicacao_72.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/103/indicacao_073.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/111/indicacao_074.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/115/indicacao_075.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/15/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/14/indicacao_77.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/13/indicacao_78.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/12/indicacao_79.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/11/indicacao_80.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_81.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/9/indicacao_82.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/8/indicacao_83.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/250/indicacao_n_084_2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/7/indicacao_85.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/6/indicacao_86.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/4/indicacao_88.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/3/indicacao_89.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/304/indicacao_n._090.23.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/251/indicacao_n_091_2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/252/indicacao_n_092_2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/253/indicacao_n_093_2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/254/indicacao_n_094_2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/255/indicacao_n_095_2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/256/indicacao_n_096_2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/257/indicacao_n_097_2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/258/indicacao_n_098_2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/259/indicacao_n_099_2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/260/indicacao_n_100_2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/261/indicacao_n_101_2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/192/requerimentos_001_de_2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/193/requerimentos_002_de_2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/194/requerimentos_003_de_2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/195/requerimentos_004_de_2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/196/requerimentos_005_de_2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/197/requerimentos_006_de_2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/198/requerimentos_7_de_2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/199/requerimentos_008_de_2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/200/requerimentos_009_de_2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/201/requerimentos_010_de_2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/202/requerimentos_011_de_2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/203/requerimentos_012_de_2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/204/requerimentos_013_de_2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/205/requerimentos_014_de_2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/206/requerimentos_015_de_2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/207/requerimentos_016_de_2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/208/requerimentos_017_de_2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/209/requerimentos_018_de_2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/210/requerimentos_019_de_2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/211/requerimentos_020_de_2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/212/requerimentos_021_de_2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/213/requerimentos_022_de_2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/214/requerimentos_023_de_2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/215/requerimentos_024_de_2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/216/requerimentos_025_de_2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/217/requerimentos_026_de_2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/218/requerimentos_027_de_2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/219/requerimentos_028_de_2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/220/requerimentos_029_de_2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/221/requerimentos_030_de_2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/222/requerimentos_031_de_2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/223/requerimentos_032_de_2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/224/requerimentos_033_de_2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/225/requerimentos_034_de_2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/226/requerimentos_035_de_2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/227/requerimentos_036_de_2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/228/requerimentos_037_de_2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/229/requerimentos_038_de_2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/230/requerimentos_039_de_2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/231/requerimentos_040_de_2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/232/requerimentos_041_de_2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/233/requerimentos_042_de_2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/234/requerimentos_043_de_2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/235/requerimentos_044_de_2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/236/requerimentos_045_de_2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/82/requerimento_46.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/83/requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/237/requerimentos_048_de_2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/238/requerimentos_049_de_2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/239/requerimentos_050_de_2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/240/requerimentos_051_de_2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/241/requerimentos_052_de_2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/242/requerimentos_053_de_2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/243/requerimentos_054_de_2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/84/requerimento_55.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/244/requerimentos_056_de_2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/245/requerimentos_057_de_2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/246/requerimentos_058_de_2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/85/requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/86/requerimento_60.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/247/requerimentos_061_de_2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/248/requerimentos_062_de_2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/87/requerimento_63.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/249/requerimentos_064_de_2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/88/requerimento_65.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/89/requerimento_66.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/90/requerimento_67.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/91/requerimento_68.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/92/requerimento_69.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/94/requerimento_70.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/2/requerimento_71.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/97/requerimento_72.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/268/requerimento_073.23.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/269/requerimento_n._074_23.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/270/requerimento_n._075_23.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/271/requerimento_n._076.23.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/272/requerimento_n._077.23.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/273/requerimento_078.23.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/274/requerimento_n._079.23.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/275/requerimento_n._080.23.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/276/requerimento_n._081.23.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/277/requerimento_n._082.23.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/278/requerimento_n._083.23.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/279/requerimento_084.23.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/284/requerimento_n._085.23.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/285/requerimento_n._086_23.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/286/requerimento_n._087.23.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/287/requerimento_n._088.23.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/289/requerimento_n._090.23.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/290/requerimento_n._091.23.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/291/requerimento_n._092.23.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/292/requerimento_n._093.23.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/293/requerimento_n._094.23.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/294/requerimento_n._095.23.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/295/requerimento_n._096.23.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/296/requerimento_n._097.23.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/297/requerimento_n._098.23.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/298/requerimento_n._099.23.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/299/requerimento_n._100.23.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/300/requerimento_n._101.23.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/301/requerimento_102.23.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/302/requerimento_103.23.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/303/requerimento_n._104.23.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/130/1.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/131/2.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/132/3.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/102/pedido_de_informacoes_004.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/133/5.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/128/brnb422001382b3_034305.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/105/pedidos_de_informacoes_007.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/134/8.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/127/9.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/107/pedido_de_informacoes_010.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/124/11.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/109/pedido_de_informacoes_012.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/123/13.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/122/14.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/120/15.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/110/pedidos_de_informacoes_016.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/118/17.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/116/18.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/104/brnb422001382b3_034297.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/106/brnb422001382b3_034296.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/108/brnb422001382b3_034295.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/112/brnb422001382b3_034294.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/119/brnb422001382b3_034293.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/113/pedido_de_informacoes_024.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/121/brnb422001382b3_034292.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/114/brnb422001382b3_034291.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/117/brnb422001382b3_034290.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/126/brnb422001382b3_034289.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/129/brnb422001382b3_034288.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/125/brnb422001382b3_034287.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/136/brnb422001382b3_034286.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/140/brnb422001382b3_034285.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/137/brnb422001382b3_034284.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/142/brnb422001382b3_034283.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/141/brnb422001382b3_034282.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/138/brnb422001382b3_034281.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/143/brnb422001382b3_034280.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/145/brnb422001382b3_034279.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/144/brnb422001382b3_034278.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/186/pedido_de_informacoes_040.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/187/pedido_de_informacoes_041.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/188/pedido_de_informacoes_042.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/189/pedido_de_informacoes_043.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/190/pedido_de_informacoes_044.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/191/pedido_de_informacoes_045.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/170/159.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/412/projeto_de_resolucao_n._001.23.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/411/projeto_de_resolucao_n._002.23.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/170/159.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/155/065.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/158/069.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/410/plc_n._003.23.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/172/379.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/46/plc_0051.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/159/622.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/139/025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/149/044_-_i.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/417/p.l.o._n._003.23.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/409/p.l.o._n._004.23.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/160/074.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/163/086.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/165/087.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/164/125.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/161/105.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/408/p.l.o._n._010.23.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/168/142.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/407/p.l.o._n._012.23.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/152/164.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/174/177.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/175/184.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/147/237.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/150/256.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/406/p.l.o._n._018.23.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/166/361.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/169/369.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/173/380.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/177/395.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/176/397.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/185/431.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/418/p.l.o_n._026.23.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/180/436.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/182/439.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/181/438.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/154/456.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/184/457_-_ppa_ok.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/183/457_-_loa__-_parte_1_ok.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/179/545.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/135/554.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/146/591.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/1/plo036.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/157/616.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/167/635.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/420/p.l.o._n._039.23.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/419/p.l.o_n._040.23.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/171/648.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/178/682_-_i_-_alteracoes_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/412/projeto_de_resolucao_n._001.23.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/411/projeto_de_resolucao_n._002.23.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/38/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/39/indicacao_02.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/40/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/41/indicacao_04.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/47/indicacao_05.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/42/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/43/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/44/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/45/indicacao_09.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/48/indicacao_010.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/56/indicacao_011.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/60/indicacao_013.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/62/indicacao_014.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/64/indicacao_015.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/67/indicacao_016.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/69/indicacao_017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/70/indicacao_018.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/74/indicacao_020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/75/indicacao_021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/76/indicacao_022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/77/indicacao_023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/78/indicacao_024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/79/indicacao_025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/80/indicacao_026.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/81/indicacao_027.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/93/indicacao_028.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/95/indicacao_029.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/96/indicacao_030.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/98/indicacao_031.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/99/indicacao_032.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/100/indicacao_033.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/101/indicacao_034.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/72/indicacao_35.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/71/indicacao_36.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/68/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/66/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/65/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/63/indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/61/indicacao_41.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/59/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/57/indicacao_43.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/55/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/54/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/53/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/52/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/51/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/50/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/49/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/37/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/36/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/35/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/34/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/33/indicacao_55.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/32/indicacao_56.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/31/indicacao_57.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/30/indicacao_58.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/29/indicacao_59.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/27/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/26/indicacao_62.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/25/indicacao_63.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/24/indicacao_64.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/23/indicacao_65.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/22/indicacao_66.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/20/indicacao_68.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/19/indicacao_69.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/18/indicacao_70.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/17/indicacao_71.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/16/indicacao_72.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/103/indicacao_073.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/111/indicacao_074.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/115/indicacao_075.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/15/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/14/indicacao_77.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/13/indicacao_78.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/12/indicacao_79.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/11/indicacao_80.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_81.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/9/indicacao_82.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/8/indicacao_83.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/250/indicacao_n_084_2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/7/indicacao_85.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/6/indicacao_86.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/4/indicacao_88.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/3/indicacao_89.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/304/indicacao_n._090.23.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/251/indicacao_n_091_2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/252/indicacao_n_092_2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/253/indicacao_n_093_2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/254/indicacao_n_094_2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/255/indicacao_n_095_2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/256/indicacao_n_096_2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/257/indicacao_n_097_2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/258/indicacao_n_098_2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/259/indicacao_n_099_2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/260/indicacao_n_100_2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/261/indicacao_n_101_2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/192/requerimentos_001_de_2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/193/requerimentos_002_de_2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/194/requerimentos_003_de_2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/195/requerimentos_004_de_2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/196/requerimentos_005_de_2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/197/requerimentos_006_de_2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/198/requerimentos_7_de_2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/199/requerimentos_008_de_2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/200/requerimentos_009_de_2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/201/requerimentos_010_de_2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/202/requerimentos_011_de_2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/203/requerimentos_012_de_2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/204/requerimentos_013_de_2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/205/requerimentos_014_de_2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/206/requerimentos_015_de_2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/207/requerimentos_016_de_2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/208/requerimentos_017_de_2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/209/requerimentos_018_de_2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/210/requerimentos_019_de_2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/211/requerimentos_020_de_2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/212/requerimentos_021_de_2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/213/requerimentos_022_de_2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/214/requerimentos_023_de_2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/215/requerimentos_024_de_2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/216/requerimentos_025_de_2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/217/requerimentos_026_de_2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/218/requerimentos_027_de_2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/219/requerimentos_028_de_2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/220/requerimentos_029_de_2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/221/requerimentos_030_de_2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/222/requerimentos_031_de_2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/223/requerimentos_032_de_2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/224/requerimentos_033_de_2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/225/requerimentos_034_de_2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/226/requerimentos_035_de_2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/227/requerimentos_036_de_2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/228/requerimentos_037_de_2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/229/requerimentos_038_de_2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/230/requerimentos_039_de_2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/231/requerimentos_040_de_2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/232/requerimentos_041_de_2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/233/requerimentos_042_de_2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/234/requerimentos_043_de_2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/235/requerimentos_044_de_2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/236/requerimentos_045_de_2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/82/requerimento_46.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/83/requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/237/requerimentos_048_de_2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/238/requerimentos_049_de_2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/239/requerimentos_050_de_2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/240/requerimentos_051_de_2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/241/requerimentos_052_de_2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/242/requerimentos_053_de_2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/243/requerimentos_054_de_2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/84/requerimento_55.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/244/requerimentos_056_de_2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/245/requerimentos_057_de_2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/246/requerimentos_058_de_2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/85/requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/86/requerimento_60.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/247/requerimentos_061_de_2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/248/requerimentos_062_de_2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/87/requerimento_63.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/249/requerimentos_064_de_2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/88/requerimento_65.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/89/requerimento_66.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/90/requerimento_67.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/91/requerimento_68.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/92/requerimento_69.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/94/requerimento_70.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/2/requerimento_71.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/97/requerimento_72.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/268/requerimento_073.23.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/269/requerimento_n._074_23.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/270/requerimento_n._075_23.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/271/requerimento_n._076.23.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/272/requerimento_n._077.23.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/273/requerimento_078.23.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/274/requerimento_n._079.23.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/275/requerimento_n._080.23.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/276/requerimento_n._081.23.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/277/requerimento_n._082.23.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/278/requerimento_n._083.23.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/279/requerimento_084.23.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/284/requerimento_n._085.23.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/285/requerimento_n._086_23.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/286/requerimento_n._087.23.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/287/requerimento_n._088.23.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/289/requerimento_n._090.23.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/290/requerimento_n._091.23.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/291/requerimento_n._092.23.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/292/requerimento_n._093.23.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/293/requerimento_n._094.23.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/294/requerimento_n._095.23.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/295/requerimento_n._096.23.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/296/requerimento_n._097.23.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/297/requerimento_n._098.23.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/298/requerimento_n._099.23.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/299/requerimento_n._100.23.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/300/requerimento_n._101.23.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/301/requerimento_102.23.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/302/requerimento_103.23.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/303/requerimento_n._104.23.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/130/1.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/131/2.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/132/3.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/102/pedido_de_informacoes_004.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/133/5.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/128/brnb422001382b3_034305.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/105/pedidos_de_informacoes_007.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/134/8.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/127/9.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/107/pedido_de_informacoes_010.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/124/11.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/109/pedido_de_informacoes_012.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/123/13.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/122/14.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/120/15.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/110/pedidos_de_informacoes_016.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/118/17.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/116/18.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/104/brnb422001382b3_034297.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/106/brnb422001382b3_034296.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/108/brnb422001382b3_034295.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/112/brnb422001382b3_034294.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/119/brnb422001382b3_034293.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/113/pedido_de_informacoes_024.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/121/brnb422001382b3_034292.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/114/brnb422001382b3_034291.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/117/brnb422001382b3_034290.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/126/brnb422001382b3_034289.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/129/brnb422001382b3_034288.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/125/brnb422001382b3_034287.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/136/brnb422001382b3_034286.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/140/brnb422001382b3_034285.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/137/brnb422001382b3_034284.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/142/brnb422001382b3_034283.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/141/brnb422001382b3_034282.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/138/brnb422001382b3_034281.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/143/brnb422001382b3_034280.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/145/brnb422001382b3_034279.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/144/brnb422001382b3_034278.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/186/pedido_de_informacoes_040.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/187/pedido_de_informacoes_041.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/188/pedido_de_informacoes_042.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/189/pedido_de_informacoes_043.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/190/pedido_de_informacoes_044.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2023/191/pedido_de_informacoes_045.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H301"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="240.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="105.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3294,7793 +3294,7793 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H8" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>42</v>
+        <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="H9" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H10" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="G11" s="1" t="s">
+      <c r="H11" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>43</v>
+      </c>
+      <c r="E12" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" t="s">
         <v>54</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="G12" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="D12" t="s">
-[...8 lines deleted...]
-      <c r="G12" s="1" t="s">
+      <c r="H12" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>35</v>
+      </c>
+      <c r="D13" t="s">
+        <v>43</v>
+      </c>
+      <c r="E13" t="s">
+        <v>44</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="H13" t="s">
         <v>59</v>
-      </c>
-[...13 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H14" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="H15" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="H16" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="H17" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="H18" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F19" t="s">
-        <v>85</v>
+        <v>13</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="H19" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>85</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="H20" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="H21" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E22" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="H22" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E23" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="H23" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E24" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="H24" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E25" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="H25" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>108</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>109</v>
+      </c>
+      <c r="D26" t="s">
+        <v>43</v>
+      </c>
+      <c r="E26" t="s">
+        <v>44</v>
+      </c>
+      <c r="F26" t="s">
+        <v>110</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H26" t="s">
         <v>112</v>
-      </c>
-[...19 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E27" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="H27" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E28" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="H28" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E29" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H29" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E30" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="H30" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E31" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="H31" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E32" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="H32" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>137</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>138</v>
+      </c>
+      <c r="D33" t="s">
+        <v>43</v>
+      </c>
+      <c r="E33" t="s">
+        <v>44</v>
+      </c>
+      <c r="F33" t="s">
+        <v>139</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H33" t="s">
         <v>141</v>
-      </c>
-[...19 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E34" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="H34" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E35" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="H35" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>10</v>
+        <v>150</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E36" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="H36" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E37" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="H37" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E38" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="H38" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E39" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="H39" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>166</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>167</v>
+      </c>
+      <c r="D40" t="s">
+        <v>43</v>
+      </c>
+      <c r="E40" t="s">
+        <v>44</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="B40" t="s">
-[...2 lines deleted...]
-      <c r="C40" t="s">
+      <c r="H40" t="s">
         <v>169</v>
-      </c>
-[...13 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E41" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="H41" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E42" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="H42" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>181</v>
+        <v>10</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>10</v>
+        <v>178</v>
       </c>
       <c r="D43" t="s">
-        <v>182</v>
+        <v>43</v>
       </c>
       <c r="E43" t="s">
-        <v>183</v>
+        <v>44</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="H43" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>17</v>
+        <v>182</v>
       </c>
       <c r="D44" t="s">
-        <v>182</v>
+        <v>43</v>
       </c>
       <c r="E44" t="s">
-        <v>183</v>
+        <v>44</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="H44" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>21</v>
+        <v>186</v>
       </c>
       <c r="D45" t="s">
-        <v>182</v>
+        <v>43</v>
       </c>
       <c r="E45" t="s">
-        <v>183</v>
+        <v>44</v>
       </c>
       <c r="F45" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="H45" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>25</v>
+        <v>190</v>
       </c>
       <c r="D46" t="s">
-        <v>182</v>
+        <v>43</v>
       </c>
       <c r="E46" t="s">
-        <v>183</v>
+        <v>44</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="H46" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>193</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>194</v>
+      </c>
+      <c r="D47" t="s">
+        <v>43</v>
+      </c>
+      <c r="E47" t="s">
+        <v>44</v>
+      </c>
+      <c r="F47" t="s">
         <v>195</v>
-      </c>
-[...13 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>196</v>
       </c>
       <c r="H47" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>198</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>34</v>
+        <v>199</v>
       </c>
       <c r="D48" t="s">
-        <v>182</v>
+        <v>43</v>
       </c>
       <c r="E48" t="s">
-        <v>183</v>
+        <v>44</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="H48" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>161</v>
+        <v>202</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>10</v>
+        <v>203</v>
       </c>
       <c r="D49" t="s">
-        <v>201</v>
+        <v>43</v>
       </c>
       <c r="E49" t="s">
-        <v>202</v>
+        <v>44</v>
       </c>
       <c r="F49" t="s">
-        <v>203</v>
+        <v>13</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H49" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>165</v>
+        <v>206</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="E50" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="F50" t="s">
-        <v>85</v>
+        <v>27</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="H50" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>169</v>
+        <v>211</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D51" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="E51" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="F51" t="s">
-        <v>208</v>
+        <v>27</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="H51" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>174</v>
+        <v>186</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E52" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F52" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="H52" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>190</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>22</v>
+      </c>
+      <c r="D53" t="s">
         <v>214</v>
       </c>
-      <c r="B53" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E53" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F53" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="H53" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>178</v>
+        <v>194</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="D54" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E54" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F54" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="H54" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>220</v>
+        <v>199</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="D55" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E55" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F55" t="s">
-        <v>85</v>
+        <v>224</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="H55" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="D56" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E56" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F56" t="s">
-        <v>208</v>
+        <v>110</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="H56" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>226</v>
+        <v>203</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="D57" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E57" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F57" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="H57" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="D58" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E58" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F58" t="s">
-        <v>231</v>
+        <v>110</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="H58" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="D59" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E59" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F59" t="s">
-        <v>85</v>
+        <v>221</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="H59" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>59</v>
+        <v>72</v>
       </c>
       <c r="D60" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E60" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F60" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="H60" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="D61" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E61" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F61" t="s">
-        <v>26</v>
+        <v>244</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="H61" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="D62" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E62" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F62" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="H62" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>72</v>
+        <v>84</v>
       </c>
       <c r="D63" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E63" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F63" t="s">
-        <v>208</v>
+        <v>251</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="H63" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>76</v>
+        <v>89</v>
       </c>
       <c r="D64" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E64" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F64" t="s">
-        <v>208</v>
+        <v>54</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="H64" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="D65" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E65" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F65" t="s">
-        <v>208</v>
+        <v>110</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="H65" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="D66" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E66" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F66" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="H66" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>260</v>
+        <v>101</v>
       </c>
       <c r="D67" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E67" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F67" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>239</v>
+        <v>264</v>
       </c>
       <c r="H67" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>89</v>
+        <v>105</v>
       </c>
       <c r="D68" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E68" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F68" t="s">
-        <v>203</v>
+        <v>221</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="H68" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="D69" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E69" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F69" t="s">
-        <v>266</v>
+        <v>221</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="H69" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>97</v>
+        <v>273</v>
       </c>
       <c r="D70" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E70" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F70" t="s">
-        <v>270</v>
+        <v>240</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>271</v>
+        <v>252</v>
       </c>
       <c r="H70" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>101</v>
+        <v>114</v>
       </c>
       <c r="D71" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E71" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F71" t="s">
-        <v>85</v>
+        <v>216</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="H71" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>105</v>
+        <v>118</v>
       </c>
       <c r="D72" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E72" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F72" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="H72" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>109</v>
+        <v>122</v>
       </c>
       <c r="D73" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E73" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F73" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="H73" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>113</v>
+        <v>126</v>
       </c>
       <c r="D74" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E74" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F74" t="s">
-        <v>285</v>
+        <v>110</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H74" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>118</v>
+        <v>130</v>
       </c>
       <c r="D75" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E75" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F75" t="s">
-        <v>170</v>
+        <v>290</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="H75" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="D76" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E76" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F76" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="H76" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>126</v>
+        <v>138</v>
       </c>
       <c r="D77" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E77" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F77" t="s">
-        <v>227</v>
+        <v>298</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="H77" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>130</v>
+        <v>143</v>
       </c>
       <c r="D78" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E78" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F78" t="s">
-        <v>26</v>
+        <v>195</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="H78" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="D79" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E79" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F79" t="s">
-        <v>26</v>
+        <v>305</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="H79" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>138</v>
+        <v>151</v>
       </c>
       <c r="D80" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E80" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F80" t="s">
-        <v>305</v>
+        <v>240</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="H80" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>142</v>
+        <v>155</v>
       </c>
       <c r="D81" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E81" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F81" t="s">
-        <v>170</v>
+        <v>54</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="H81" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>146</v>
+        <v>159</v>
       </c>
       <c r="D82" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E82" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F82" t="s">
-        <v>312</v>
+        <v>54</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="H82" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>150</v>
+        <v>163</v>
       </c>
       <c r="D83" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E83" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F83" t="s">
-        <v>238</v>
+        <v>318</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="H83" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>153</v>
+        <v>167</v>
       </c>
       <c r="D84" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E84" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F84" t="s">
-        <v>238</v>
+        <v>195</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="H84" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>157</v>
+        <v>171</v>
       </c>
       <c r="D85" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E85" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F85" t="s">
-        <v>203</v>
+        <v>325</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H85" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>161</v>
+        <v>175</v>
       </c>
       <c r="D86" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E86" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F86" t="s">
-        <v>227</v>
+        <v>251</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="H86" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>165</v>
+        <v>178</v>
       </c>
       <c r="D87" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E87" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F87" t="s">
-        <v>203</v>
+        <v>251</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="H87" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>169</v>
+        <v>182</v>
       </c>
       <c r="D88" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E88" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F88" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H88" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>174</v>
+        <v>186</v>
       </c>
       <c r="D89" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E89" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F89" t="s">
-        <v>170</v>
+        <v>240</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="H89" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>178</v>
+        <v>190</v>
       </c>
       <c r="D90" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E90" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F90" t="s">
-        <v>85</v>
+        <v>216</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="H90" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>220</v>
+        <v>194</v>
       </c>
       <c r="D91" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E91" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F91" t="s">
-        <v>85</v>
+        <v>221</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="H91" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>223</v>
+        <v>199</v>
       </c>
       <c r="D92" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E92" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F92" t="s">
-        <v>85</v>
+        <v>195</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="H92" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>226</v>
+        <v>203</v>
       </c>
       <c r="D93" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E93" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F93" t="s">
-        <v>227</v>
+        <v>110</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="H93" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>195</v>
+        <v>233</v>
       </c>
       <c r="D94" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E94" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F94" t="s">
-        <v>170</v>
+        <v>110</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="H94" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
+        <v>236</v>
+      </c>
+      <c r="D95" t="s">
         <v>214</v>
       </c>
-      <c r="D95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E95" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F95" t="s">
-        <v>352</v>
+        <v>110</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="H95" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>230</v>
+        <v>239</v>
       </c>
       <c r="D96" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E96" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F96" t="s">
-        <v>352</v>
+        <v>240</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="H96" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>359</v>
+        <v>34</v>
       </c>
       <c r="D97" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E97" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F97" t="s">
-        <v>238</v>
+        <v>195</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="H97" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>358</v>
+        <v>227</v>
       </c>
       <c r="D98" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E98" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F98" t="s">
-        <v>85</v>
+        <v>365</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="H98" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>157</v>
+        <v>368</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="D99" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E99" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F99" t="s">
-        <v>208</v>
+        <v>365</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="H99" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>153</v>
+        <v>371</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>351</v>
+        <v>372</v>
       </c>
       <c r="D100" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E100" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F100" t="s">
-        <v>238</v>
+        <v>251</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="H100" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>150</v>
+        <v>372</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>348</v>
+        <v>371</v>
       </c>
       <c r="D101" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E101" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F101" t="s">
-        <v>26</v>
+        <v>110</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="H101" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>146</v>
+        <v>182</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>345</v>
+        <v>368</v>
       </c>
       <c r="D102" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E102" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F102" t="s">
-        <v>312</v>
+        <v>221</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="H102" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>142</v>
+        <v>178</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>342</v>
+        <v>364</v>
       </c>
       <c r="D103" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E103" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F103" t="s">
-        <v>170</v>
+        <v>251</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="H103" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>138</v>
+        <v>175</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>234</v>
+        <v>361</v>
       </c>
       <c r="D104" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E104" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F104" t="s">
-        <v>208</v>
+        <v>54</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="H104" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>134</v>
+        <v>171</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>339</v>
+        <v>358</v>
       </c>
       <c r="D105" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E105" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F105" t="s">
-        <v>26</v>
+        <v>325</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="H105" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>130</v>
+        <v>167</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>237</v>
+        <v>355</v>
       </c>
       <c r="D106" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E106" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F106" t="s">
-        <v>227</v>
+        <v>195</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="H106" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>126</v>
+        <v>163</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>336</v>
+        <v>247</v>
       </c>
       <c r="D107" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E107" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F107" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="H107" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>122</v>
+        <v>159</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>241</v>
+        <v>352</v>
       </c>
       <c r="D108" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E108" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F108" t="s">
-        <v>170</v>
+        <v>54</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>239</v>
+        <v>389</v>
       </c>
       <c r="H108" t="s">
-        <v>382</v>
+        <v>390</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>118</v>
+        <v>155</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>333</v>
+        <v>250</v>
       </c>
       <c r="D109" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E109" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F109" t="s">
-        <v>203</v>
+        <v>240</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>383</v>
+        <v>391</v>
       </c>
       <c r="H109" t="s">
-        <v>384</v>
+        <v>392</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>113</v>
+        <v>151</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>244</v>
+        <v>349</v>
       </c>
       <c r="D110" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E110" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F110" t="s">
-        <v>312</v>
+        <v>240</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>385</v>
+        <v>393</v>
       </c>
       <c r="H110" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>109</v>
+        <v>147</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>330</v>
+        <v>254</v>
       </c>
       <c r="D111" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E111" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F111" t="s">
-        <v>26</v>
+        <v>195</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>387</v>
+        <v>252</v>
       </c>
       <c r="H111" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>105</v>
+        <v>143</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>247</v>
+        <v>346</v>
       </c>
       <c r="D112" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E112" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F112" t="s">
-        <v>227</v>
+        <v>216</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="H112" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>101</v>
+        <v>138</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>327</v>
+        <v>257</v>
       </c>
       <c r="D113" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E113" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F113" t="s">
-        <v>85</v>
+        <v>325</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="H113" t="s">
-        <v>392</v>
+        <v>399</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>97</v>
+        <v>134</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>324</v>
+        <v>343</v>
       </c>
       <c r="D114" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E114" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F114" t="s">
-        <v>208</v>
+        <v>54</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="H114" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>93</v>
+        <v>130</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>250</v>
+        <v>260</v>
       </c>
       <c r="D115" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E115" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F115" t="s">
-        <v>26</v>
+        <v>240</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>239</v>
+        <v>402</v>
       </c>
       <c r="H115" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>89</v>
+        <v>126</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>321</v>
+        <v>340</v>
       </c>
       <c r="D116" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E116" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F116" t="s">
-        <v>26</v>
+        <v>110</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>396</v>
+        <v>404</v>
       </c>
       <c r="H116" t="s">
-        <v>397</v>
+        <v>405</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>260</v>
+        <v>122</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>253</v>
+        <v>337</v>
       </c>
       <c r="D117" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E117" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F117" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="H117" t="s">
-        <v>399</v>
+        <v>407</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>84</v>
+        <v>118</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="D118" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E118" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F118" t="s">
-        <v>85</v>
+        <v>54</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>400</v>
+        <v>252</v>
       </c>
       <c r="H118" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>80</v>
+        <v>114</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>318</v>
+        <v>334</v>
       </c>
       <c r="D119" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E119" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F119" t="s">
-        <v>85</v>
+        <v>54</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="H119" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>76</v>
+        <v>273</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>315</v>
+        <v>266</v>
       </c>
       <c r="D120" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E120" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F120" t="s">
-        <v>85</v>
+        <v>240</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="H120" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>406</v>
+        <v>109</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>259</v>
+        <v>269</v>
       </c>
       <c r="D121" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E121" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F121" t="s">
-        <v>407</v>
+        <v>110</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="H121" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>410</v>
+        <v>105</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>262</v>
+        <v>331</v>
       </c>
       <c r="D122" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E122" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F122" t="s">
-        <v>170</v>
+        <v>110</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="H122" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>413</v>
+        <v>101</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>265</v>
+        <v>328</v>
       </c>
       <c r="D123" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E123" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F123" t="s">
-        <v>238</v>
+        <v>110</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="H123" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>72</v>
+        <v>419</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="D124" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E124" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F124" t="s">
-        <v>208</v>
+        <v>420</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="H124" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>68</v>
+        <v>423</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="D125" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E125" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F125" t="s">
-        <v>238</v>
+        <v>195</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="H125" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>64</v>
+        <v>426</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D126" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E126" t="s">
-        <v>202</v>
+        <v>215</v>
+      </c>
+      <c r="F126" t="s">
+        <v>251</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
       <c r="H126" t="s">
-        <v>421</v>
+        <v>428</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>59</v>
+        <v>97</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D127" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E127" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F127" t="s">
-        <v>85</v>
+        <v>221</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="H127" t="s">
-        <v>423</v>
+        <v>430</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>55</v>
+        <v>93</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="D128" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E128" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F128" t="s">
-        <v>238</v>
+        <v>251</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>424</v>
+        <v>431</v>
       </c>
       <c r="H128" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>50</v>
+        <v>89</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D129" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E129" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>215</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>426</v>
+        <v>433</v>
       </c>
       <c r="H129" t="s">
-        <v>427</v>
+        <v>434</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>428</v>
+        <v>293</v>
       </c>
       <c r="D130" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E130" t="s">
-        <v>202</v>
+        <v>215</v>
+      </c>
+      <c r="F130" t="s">
+        <v>110</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="H130" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>42</v>
+        <v>80</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>431</v>
+        <v>297</v>
       </c>
       <c r="D131" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E131" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F131" t="s">
-        <v>305</v>
+        <v>251</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="H131" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>434</v>
+        <v>76</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>435</v>
+        <v>301</v>
       </c>
       <c r="D132" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E132" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F132" t="s">
-        <v>85</v>
+        <v>240</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="H132" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="D133" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E133" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>215</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="H133" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>34</v>
+        <v>68</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="D134" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E134" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F134" t="s">
-        <v>208</v>
+        <v>318</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="H134" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>30</v>
+        <v>447</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="D135" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E135" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F135" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>239</v>
+        <v>449</v>
       </c>
       <c r="H135" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="D136" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E136" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F136" t="s">
-        <v>85</v>
+        <v>240</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="H136" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="D137" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E137" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F137" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="H137" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>452</v>
+        <v>35</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="D138" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E138" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F138" t="s">
-        <v>170</v>
+        <v>110</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>454</v>
+        <v>252</v>
       </c>
       <c r="H138" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>456</v>
+        <v>31</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="D139" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E139" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F139" t="s">
-        <v>305</v>
+        <v>110</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H139" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>460</v>
+        <v>26</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D140" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E140" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F140" t="s">
-        <v>85</v>
+        <v>240</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="H140" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>291</v>
+        <v>466</v>
       </c>
       <c r="D141" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E141" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F141" t="s">
-        <v>85</v>
+        <v>195</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="H141" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="D142" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E142" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F142" t="s">
-        <v>469</v>
+        <v>318</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="H142" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>295</v>
+        <v>474</v>
       </c>
       <c r="D143" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E143" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F143" t="s">
-        <v>208</v>
+        <v>110</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="H143" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="D144" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E144" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F144" t="s">
-        <v>208</v>
+        <v>110</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="H144" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="D145" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E145" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F145" t="s">
-        <v>26</v>
+        <v>482</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="H145" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="D146" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E146" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F146" t="s">
-        <v>85</v>
+        <v>221</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="H146" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="D147" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E147" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F147" t="s">
-        <v>238</v>
+        <v>221</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="H147" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>308</v>
+        <v>492</v>
       </c>
       <c r="D148" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E148" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F148" t="s">
-        <v>489</v>
+        <v>54</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="H148" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="D149" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="E149" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="F149" t="s">
-        <v>208</v>
+        <v>110</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="H149" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>10</v>
+        <v>317</v>
       </c>
       <c r="D150" t="s">
-        <v>496</v>
+        <v>214</v>
       </c>
       <c r="E150" t="s">
-        <v>497</v>
+        <v>215</v>
       </c>
       <c r="F150" t="s">
-        <v>208</v>
+        <v>251</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="H150" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>17</v>
+        <v>321</v>
       </c>
       <c r="D151" t="s">
-        <v>496</v>
+        <v>214</v>
       </c>
       <c r="E151" t="s">
-        <v>497</v>
+        <v>215</v>
       </c>
       <c r="F151" t="s">
-        <v>208</v>
+        <v>502</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="H151" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="D152" t="s">
-        <v>496</v>
+        <v>214</v>
       </c>
       <c r="E152" t="s">
-        <v>497</v>
+        <v>215</v>
       </c>
       <c r="F152" t="s">
-        <v>504</v>
+        <v>221</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="H152" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D153" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E153" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F153" t="s">
-        <v>508</v>
+        <v>221</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="H153" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="D154" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E154" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F154" t="s">
-        <v>238</v>
+        <v>221</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="H154" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="D155" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E155" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F155" t="s">
-        <v>85</v>
+        <v>517</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="H155" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="D156" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E156" t="s">
-        <v>497</v>
+        <v>510</v>
+      </c>
+      <c r="F156" t="s">
+        <v>521</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="H156" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="D157" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E157" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F157" t="s">
-        <v>352</v>
+        <v>251</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="H157" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="D158" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E158" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F158" t="s">
-        <v>305</v>
+        <v>110</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="H158" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="D159" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E159" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>510</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="H159" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="D160" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E160" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F160" t="s">
-        <v>227</v>
+        <v>365</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="H160" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>59</v>
+        <v>72</v>
       </c>
       <c r="D161" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E161" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F161" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="H161" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="D162" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E162" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F162" t="s">
-        <v>227</v>
+        <v>110</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="H162" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="D163" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E163" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F163" t="s">
-        <v>312</v>
+        <v>240</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="H163" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>72</v>
+        <v>84</v>
       </c>
       <c r="D164" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E164" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F164" t="s">
-        <v>170</v>
+        <v>325</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="H164" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>76</v>
+        <v>89</v>
       </c>
       <c r="D165" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E165" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F165" t="s">
-        <v>312</v>
+        <v>240</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="H165" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="D166" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E166" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F166" t="s">
-        <v>548</v>
+        <v>325</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="H166" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="D167" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E167" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F167" t="s">
-        <v>85</v>
+        <v>195</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="H167" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>260</v>
+        <v>101</v>
       </c>
       <c r="D168" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E168" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F168" t="s">
-        <v>555</v>
+        <v>325</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="H168" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>89</v>
+        <v>105</v>
       </c>
       <c r="D169" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E169" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F169" t="s">
-        <v>170</v>
+        <v>561</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="H169" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="D170" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E170" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F170" t="s">
-        <v>352</v>
+        <v>110</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="H170" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>97</v>
+        <v>273</v>
       </c>
       <c r="D171" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E171" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F171" t="s">
-        <v>352</v>
+        <v>568</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="H171" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>101</v>
+        <v>114</v>
       </c>
       <c r="D172" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E172" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F172" t="s">
-        <v>85</v>
+        <v>195</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="H172" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>105</v>
+        <v>118</v>
       </c>
       <c r="D173" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E173" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F173" t="s">
-        <v>170</v>
+        <v>365</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="H173" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>109</v>
+        <v>122</v>
       </c>
       <c r="D174" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E174" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F174" t="s">
-        <v>208</v>
+        <v>365</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="H174" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>113</v>
+        <v>126</v>
       </c>
       <c r="D175" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E175" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F175" t="s">
-        <v>577</v>
+        <v>110</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="H175" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>118</v>
+        <v>130</v>
       </c>
       <c r="D176" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E176" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F176" t="s">
-        <v>85</v>
+        <v>195</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="H176" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="D177" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E177" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F177" t="s">
-        <v>85</v>
+        <v>221</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="H177" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>126</v>
+        <v>138</v>
       </c>
       <c r="D178" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E178" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F178" t="s">
-        <v>508</v>
+        <v>590</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="H178" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>130</v>
+        <v>143</v>
       </c>
       <c r="D179" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E179" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F179" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="H179" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="D180" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E180" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F180" t="s">
-        <v>238</v>
+        <v>110</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="H180" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>138</v>
+        <v>151</v>
       </c>
       <c r="D181" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E181" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F181" t="s">
-        <v>85</v>
+        <v>521</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="H181" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>142</v>
+        <v>155</v>
       </c>
       <c r="D182" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E182" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F182" t="s">
-        <v>508</v>
+        <v>110</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="H182" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>146</v>
+        <v>159</v>
       </c>
       <c r="D183" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E183" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F183" t="s">
-        <v>312</v>
+        <v>251</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="H183" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>150</v>
+        <v>163</v>
       </c>
       <c r="D184" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E184" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F184" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="H184" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>153</v>
+        <v>167</v>
       </c>
       <c r="D185" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E185" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F185" t="s">
-        <v>85</v>
+        <v>521</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="H185" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>157</v>
+        <v>171</v>
       </c>
       <c r="D186" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E186" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F186" t="s">
-        <v>85</v>
+        <v>325</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="H186" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>161</v>
+        <v>175</v>
       </c>
       <c r="D187" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E187" t="s">
-        <v>497</v>
+        <v>510</v>
+      </c>
+      <c r="F187" t="s">
+        <v>110</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="H187" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>165</v>
+        <v>178</v>
       </c>
       <c r="D188" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E188" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F188" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="H188" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>169</v>
+        <v>182</v>
       </c>
       <c r="D189" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E189" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F189" t="s">
-        <v>469</v>
+        <v>110</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="H189" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>174</v>
+        <v>186</v>
       </c>
       <c r="D190" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E190" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-        <v>407</v>
+        <v>510</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="H190" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>178</v>
+        <v>190</v>
       </c>
       <c r="D191" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E191" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F191" t="s">
-        <v>26</v>
+        <v>110</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="H191" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>220</v>
+        <v>194</v>
       </c>
       <c r="D192" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E192" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F192" t="s">
-        <v>85</v>
+        <v>482</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="H192" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>223</v>
+        <v>199</v>
       </c>
       <c r="D193" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E193" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F193" t="s">
-        <v>208</v>
+        <v>420</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="H193" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>226</v>
+        <v>203</v>
       </c>
       <c r="D194" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E194" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F194" t="s">
-        <v>489</v>
+        <v>54</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="H194" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>428</v>
+        <v>641</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>195</v>
+        <v>233</v>
       </c>
       <c r="D195" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E195" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F195" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="H195" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>431</v>
+        <v>644</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>214</v>
+        <v>236</v>
       </c>
       <c r="D196" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E196" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F196" t="s">
-        <v>85</v>
+        <v>221</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="H196" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>230</v>
+        <v>239</v>
       </c>
       <c r="D197" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E197" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F197" t="s">
-        <v>170</v>
+        <v>502</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="H197" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>644</v>
+        <v>441</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>359</v>
+        <v>34</v>
       </c>
       <c r="D198" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E198" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F198" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="H198" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>647</v>
+        <v>444</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>358</v>
+        <v>227</v>
       </c>
       <c r="D199" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E199" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F199" t="s">
-        <v>312</v>
+        <v>110</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="H199" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="D200" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E200" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F200" t="s">
-        <v>85</v>
+        <v>195</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="H200" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>351</v>
+        <v>372</v>
       </c>
       <c r="D201" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E201" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F201" t="s">
-        <v>227</v>
+        <v>110</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="H201" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>348</v>
+        <v>371</v>
       </c>
       <c r="D202" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E202" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F202" t="s">
-        <v>508</v>
+        <v>325</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="H202" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>345</v>
+        <v>368</v>
       </c>
       <c r="D203" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E203" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F203" t="s">
-        <v>352</v>
+        <v>110</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="H203" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>435</v>
+        <v>666</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>342</v>
+        <v>364</v>
       </c>
       <c r="D204" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E204" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F204" t="s">
-        <v>352</v>
+        <v>240</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="H204" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>234</v>
+        <v>361</v>
       </c>
       <c r="D205" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E205" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F205" t="s">
-        <v>85</v>
+        <v>521</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="H205" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>339</v>
+        <v>358</v>
       </c>
       <c r="D206" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E206" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F206" t="s">
-        <v>208</v>
+        <v>365</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="H206" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>670</v>
+        <v>448</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>237</v>
+        <v>355</v>
       </c>
       <c r="D207" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E207" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F207" t="s">
-        <v>85</v>
+        <v>365</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="H207" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>438</v>
+        <v>677</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>336</v>
+        <v>247</v>
       </c>
       <c r="D208" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E208" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F208" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
       <c r="H208" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>441</v>
+        <v>680</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>241</v>
+        <v>352</v>
       </c>
       <c r="D209" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E209" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F209" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="H209" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>333</v>
+        <v>250</v>
       </c>
       <c r="D210" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E210" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F210" t="s">
-        <v>208</v>
+        <v>110</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="H210" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>680</v>
+        <v>451</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>244</v>
+        <v>349</v>
       </c>
       <c r="D211" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E211" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F211" t="s">
-        <v>312</v>
+        <v>110</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="H211" t="s">
-        <v>666</v>
+        <v>687</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>444</v>
+        <v>454</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>330</v>
+        <v>254</v>
       </c>
       <c r="D212" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E212" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F212" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="H212" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>247</v>
+        <v>346</v>
       </c>
       <c r="D213" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E213" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F213" t="s">
-        <v>312</v>
+        <v>221</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="H213" t="s">
-        <v>666</v>
+        <v>692</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>446</v>
+        <v>693</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>327</v>
+        <v>257</v>
       </c>
       <c r="D214" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E214" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F214" t="s">
-        <v>85</v>
+        <v>325</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>686</v>
+        <v>694</v>
       </c>
       <c r="H214" t="s">
-        <v>687</v>
+        <v>679</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>449</v>
+        <v>457</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>324</v>
+        <v>343</v>
       </c>
       <c r="D215" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E215" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F215" t="s">
-        <v>208</v>
+        <v>240</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="H215" t="s">
-        <v>666</v>
+        <v>696</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>453</v>
+        <v>697</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>250</v>
+        <v>260</v>
       </c>
       <c r="D216" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E216" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F216" t="s">
-        <v>85</v>
+        <v>325</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>689</v>
+        <v>698</v>
       </c>
       <c r="H216" t="s">
-        <v>690</v>
+        <v>679</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>321</v>
+        <v>340</v>
       </c>
       <c r="D217" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E217" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F217" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>691</v>
+        <v>699</v>
       </c>
       <c r="H217" t="s">
-        <v>692</v>
+        <v>700</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>253</v>
+        <v>337</v>
       </c>
       <c r="D218" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E218" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F218" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>693</v>
+        <v>701</v>
       </c>
       <c r="H218" t="s">
-        <v>694</v>
+        <v>679</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="D219" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E219" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F219" t="s">
-        <v>577</v>
+        <v>110</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
       <c r="H219" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>17</v>
+        <v>470</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>318</v>
+        <v>334</v>
       </c>
       <c r="D220" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E220" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F220" t="s">
-        <v>697</v>
+        <v>110</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>698</v>
+        <v>704</v>
       </c>
       <c r="H220" t="s">
-        <v>699</v>
+        <v>705</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>315</v>
+        <v>266</v>
       </c>
       <c r="D221" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E221" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F221" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>700</v>
+        <v>706</v>
       </c>
       <c r="H221" t="s">
-        <v>701</v>
+        <v>707</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>702</v>
+        <v>481</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>259</v>
+        <v>269</v>
       </c>
       <c r="D222" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E222" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F222" t="s">
-        <v>548</v>
+        <v>590</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
       <c r="H222" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>705</v>
+        <v>22</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>262</v>
+        <v>331</v>
       </c>
       <c r="D223" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E223" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F223" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="H223" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>709</v>
+        <v>492</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>265</v>
+        <v>328</v>
       </c>
       <c r="D224" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E224" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F224" t="s">
-        <v>710</v>
+        <v>221</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="H224" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="D225" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E225" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F225" t="s">
-        <v>710</v>
+        <v>561</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="H225" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="D226" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E226" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F226" t="s">
-        <v>85</v>
+        <v>719</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="H226" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D227" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E227" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F227" t="s">
-        <v>208</v>
+        <v>723</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="H227" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D228" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E228" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F228" t="s">
-        <v>85</v>
+        <v>723</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="H228" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="D229" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E229" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F229" t="s">
-        <v>577</v>
+        <v>110</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="H229" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D230" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E230" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F230" t="s">
-        <v>577</v>
+        <v>221</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="H230" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>428</v>
+        <v>293</v>
       </c>
       <c r="D231" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E231" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F231" t="s">
-        <v>305</v>
+        <v>110</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="H231" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>431</v>
+        <v>297</v>
       </c>
       <c r="D232" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E232" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F232" t="s">
-        <v>735</v>
+        <v>590</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="H232" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>435</v>
+        <v>301</v>
       </c>
       <c r="D233" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E233" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F233" t="s">
-        <v>735</v>
+        <v>590</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="H233" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="D234" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E234" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F234" t="s">
-        <v>85</v>
+        <v>318</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="H234" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="D235" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E235" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F235" t="s">
-        <v>85</v>
+        <v>748</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="H235" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="D236" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E236" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F236" t="s">
-        <v>85</v>
+        <v>748</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="H236" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="D237" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E237" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F237" t="s">
-        <v>312</v>
+        <v>110</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="H237" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="D238" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E238" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F238" t="s">
-        <v>227</v>
+        <v>110</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>239</v>
+        <v>758</v>
       </c>
       <c r="H238" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="D239" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E239" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F239" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
       <c r="H239" t="s">
-        <v>757</v>
+        <v>762</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="D240" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E240" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F240" t="s">
-        <v>85</v>
+        <v>325</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
       <c r="H240" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D241" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E241" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F241" t="s">
-        <v>312</v>
+        <v>240</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>762</v>
+        <v>252</v>
       </c>
       <c r="H241" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>291</v>
+        <v>466</v>
       </c>
       <c r="D242" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E242" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F242" t="s">
-        <v>305</v>
+        <v>110</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="H242" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="D243" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E243" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F243" t="s">
-        <v>208</v>
+        <v>110</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="H243" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>295</v>
+        <v>474</v>
       </c>
       <c r="D244" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E244" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F244" t="s">
-        <v>548</v>
+        <v>325</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="H244" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="D245" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E245" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F245" t="s">
-        <v>774</v>
+        <v>318</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="H245" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="D246" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E246" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F246" t="s">
-        <v>508</v>
+        <v>221</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="H246" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="D247" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E247" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F247" t="s">
-        <v>508</v>
+        <v>561</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="H247" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="D248" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E248" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F248" t="s">
-        <v>312</v>
+        <v>787</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="H248" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>308</v>
+        <v>492</v>
       </c>
       <c r="D249" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E249" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F249" t="s">
-        <v>312</v>
+        <v>521</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="H249" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="D250" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E250" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F250" t="s">
-        <v>790</v>
+        <v>521</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="H250" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>794</v>
+        <v>317</v>
       </c>
       <c r="D251" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E251" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F251" t="s">
-        <v>312</v>
+        <v>325</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="H251" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>406</v>
+        <v>321</v>
       </c>
       <c r="D252" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E252" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F252" t="s">
-        <v>312</v>
+        <v>325</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="H252" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>801</v>
+        <v>324</v>
       </c>
       <c r="D253" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="E253" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="F253" t="s">
-        <v>312</v>
+        <v>803</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="H253" t="s">
-        <v>799</v>
+        <v>805</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>10</v>
+        <v>807</v>
       </c>
       <c r="D254" t="s">
-        <v>804</v>
+        <v>509</v>
       </c>
       <c r="E254" t="s">
-        <v>805</v>
+        <v>510</v>
       </c>
       <c r="F254" t="s">
-        <v>85</v>
+        <v>325</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="H254" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>17</v>
+        <v>419</v>
       </c>
       <c r="D255" t="s">
-        <v>804</v>
+        <v>509</v>
       </c>
       <c r="E255" t="s">
-        <v>805</v>
+        <v>510</v>
       </c>
       <c r="F255" t="s">
-        <v>227</v>
+        <v>325</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="H255" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>21</v>
+        <v>814</v>
       </c>
       <c r="D256" t="s">
-        <v>804</v>
+        <v>509</v>
       </c>
       <c r="E256" t="s">
-        <v>805</v>
+        <v>510</v>
       </c>
       <c r="F256" t="s">
-        <v>312</v>
+        <v>325</v>
       </c>
       <c r="G256" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="H256" t="s">
         <v>812</v>
-      </c>
-[...1 lines deleted...]
-        <v>813</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>794</v>
+        <v>816</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D257" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E257" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F257" t="s">
-        <v>208</v>
+        <v>110</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
       <c r="H257" t="s">
-        <v>815</v>
+        <v>820</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>816</v>
+        <v>821</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="D258" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E258" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F258" t="s">
-        <v>208</v>
+        <v>240</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>817</v>
+        <v>822</v>
       </c>
       <c r="H258" t="s">
-        <v>818</v>
+        <v>823</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="D259" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E259" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F259" t="s">
-        <v>208</v>
+        <v>325</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
       <c r="H259" t="s">
-        <v>821</v>
+        <v>826</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>822</v>
+        <v>807</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="D260" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E260" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F260" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="H260" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="D261" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E261" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F261" t="s">
-        <v>85</v>
+        <v>221</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="H261" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="D262" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E262" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F262" t="s">
-        <v>312</v>
+        <v>221</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="H262" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="D263" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E263" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F263" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="H263" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="D264" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E264" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F264" t="s">
-        <v>203</v>
+        <v>110</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="H264" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>59</v>
+        <v>72</v>
       </c>
       <c r="D265" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E265" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F265" t="s">
-        <v>238</v>
+        <v>325</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="H265" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="D266" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E266" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F266" t="s">
-        <v>85</v>
+        <v>221</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="H266" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="D267" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E267" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F267" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="H267" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>72</v>
+        <v>84</v>
       </c>
       <c r="D268" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E268" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F268" t="s">
-        <v>305</v>
+        <v>251</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="H268" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>76</v>
+        <v>89</v>
       </c>
       <c r="D269" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E269" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F269" t="s">
-        <v>26</v>
+        <v>110</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="H269" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="D270" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E270" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F270" t="s">
-        <v>85</v>
+        <v>221</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="H270" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="D271" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E271" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F271" t="s">
-        <v>85</v>
+        <v>318</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="H271" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>801</v>
+        <v>862</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>260</v>
+        <v>101</v>
       </c>
       <c r="D272" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E272" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F272" t="s">
-        <v>170</v>
+        <v>54</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>858</v>
+        <v>863</v>
       </c>
       <c r="H272" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>89</v>
+        <v>105</v>
       </c>
       <c r="D273" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E273" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F273" t="s">
-        <v>170</v>
+        <v>110</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>861</v>
+        <v>866</v>
       </c>
       <c r="H273" t="s">
-        <v>862</v>
+        <v>867</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>863</v>
+        <v>868</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="D274" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E274" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F274" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>864</v>
+        <v>869</v>
       </c>
       <c r="H274" t="s">
-        <v>865</v>
+        <v>870</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>866</v>
+        <v>814</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>97</v>
+        <v>273</v>
       </c>
       <c r="D275" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E275" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F275" t="s">
-        <v>85</v>
+        <v>195</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="H275" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>101</v>
+        <v>114</v>
       </c>
       <c r="D276" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E276" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F276" t="s">
-        <v>85</v>
+        <v>195</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="H276" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>105</v>
+        <v>118</v>
       </c>
       <c r="D277" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E277" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F277" t="s">
-        <v>305</v>
+        <v>110</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="H277" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>109</v>
+        <v>122</v>
       </c>
       <c r="D278" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E278" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F278" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="H278" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>113</v>
+        <v>126</v>
       </c>
       <c r="D279" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E279" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F279" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>879</v>
+        <v>883</v>
       </c>
       <c r="H279" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>118</v>
+        <v>130</v>
       </c>
       <c r="D280" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E280" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F280" t="s">
-        <v>85</v>
+        <v>318</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
       <c r="H280" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="D281" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E281" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F281" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="H281" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>126</v>
+        <v>138</v>
       </c>
       <c r="D282" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E282" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F282" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="H282" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>130</v>
+        <v>143</v>
       </c>
       <c r="D283" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E283" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F283" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="H283" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="D284" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E284" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F284" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="H284" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>138</v>
+        <v>151</v>
       </c>
       <c r="D285" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E285" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F285" t="s">
-        <v>26</v>
+        <v>110</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="H285" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>142</v>
+        <v>155</v>
       </c>
       <c r="D286" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E286" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F286" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="H286" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>146</v>
+        <v>159</v>
       </c>
       <c r="D287" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E287" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F287" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="H287" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>150</v>
+        <v>163</v>
       </c>
       <c r="D288" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E288" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F288" t="s">
-        <v>85</v>
+        <v>54</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="H288" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>153</v>
+        <v>167</v>
       </c>
       <c r="D289" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E289" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F289" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="H289" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>157</v>
+        <v>171</v>
       </c>
       <c r="D290" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E290" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F290" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="H290" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>161</v>
+        <v>175</v>
       </c>
       <c r="D291" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E291" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F291" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>915</v>
+        <v>919</v>
       </c>
       <c r="H291" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>165</v>
+        <v>178</v>
       </c>
       <c r="D292" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E292" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F292" t="s">
-        <v>170</v>
+        <v>110</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="H292" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>169</v>
+        <v>182</v>
       </c>
       <c r="D293" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E293" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F293" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="H293" t="s">
-        <v>922</v>
+        <v>926</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>174</v>
+        <v>186</v>
       </c>
       <c r="D294" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E294" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F294" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="H294" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>178</v>
+        <v>190</v>
       </c>
       <c r="D295" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E295" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F295" t="s">
-        <v>85</v>
+        <v>195</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="H295" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>220</v>
+        <v>194</v>
       </c>
       <c r="D296" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E296" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F296" t="s">
-        <v>203</v>
+        <v>110</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="H296" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>223</v>
+        <v>199</v>
       </c>
       <c r="D297" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E297" t="s">
-        <v>805</v>
+        <v>818</v>
+      </c>
+      <c r="F297" t="s">
+        <v>110</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="H297" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>226</v>
+        <v>203</v>
       </c>
       <c r="D298" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="E298" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="F298" t="s">
-        <v>312</v>
+        <v>110</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
       <c r="H298" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>10</v>
+        <v>233</v>
       </c>
       <c r="D299" t="s">
-        <v>939</v>
+        <v>817</v>
       </c>
       <c r="E299" t="s">
-        <v>940</v>
+        <v>818</v>
       </c>
       <c r="F299" t="s">
-        <v>13</v>
+        <v>216</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="H299" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>10</v>
+        <v>236</v>
       </c>
       <c r="D300" t="s">
-        <v>944</v>
+        <v>817</v>
       </c>
       <c r="E300" t="s">
-        <v>945</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>818</v>
       </c>
       <c r="G300" s="1" t="s">
         <v>946</v>
       </c>
       <c r="H300" t="s">
         <v>947</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>948</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>17</v>
+        <v>239</v>
       </c>
       <c r="D301" t="s">
-        <v>944</v>
+        <v>817</v>
       </c>
       <c r="E301" t="s">
-        <v>945</v>
+        <v>818</v>
       </c>
       <c r="F301" t="s">
-        <v>51</v>
+        <v>325</v>
       </c>
       <c r="G301" s="1" t="s">
         <v>949</v>
       </c>
       <c r="H301" t="s">
         <v>950</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>