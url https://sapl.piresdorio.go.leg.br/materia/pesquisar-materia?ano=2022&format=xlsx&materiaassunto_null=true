--- v0 (2025-12-09)
+++ v1 (2026-03-16)
@@ -36,2755 +36,2755 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>484</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>PELOM</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda à Lei Orgânica</t>
+  </si>
+  <si>
+    <t>ADRIANA DO SALÃO, DENILSON CASTRO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARQUIM MEGA SOM, RODRIGUINHO DA ÓTICA</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/484/projeto_de_emenda_a_lom_n._001.22.pdf</t>
+  </si>
+  <si>
+    <t>Altera o art. 17, seus parágrafos e incisos, da Lei Orgânica do Município de Pires do Rio.</t>
+  </si>
+  <si>
+    <t>473</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>DR. SANDRO BARBOSA</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/473/plc_n._001.22.pdf</t>
+  </si>
+  <si>
+    <t>´´Altera o Código Tributário do Município - LC 144/2017 e estabelece isenção de Taxa de Licença e de Iluminação Pública para Entidades sem Finalidade Lucrativa e dá outras providências``.</t>
+  </si>
+  <si>
+    <t>474</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>MARINA DA FARMÁCIA</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/474/plc_n._002.22.pdf</t>
+  </si>
+  <si>
+    <t>´´Revoga integralmente a Lei Complementar nº 046, de 20 de maio de 2002, que dispõe sobre  a Concessão de Título Honorífico de Cidadania Piresina``.</t>
+  </si>
+  <si>
+    <t>478</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Poder Executivo</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/478/plc_n._003.22.pdf</t>
+  </si>
+  <si>
+    <t>´´Dispõe sobre alteração na Lei Complementar Municipal nº 120/2014, que Institui o Código Municipal do Meio Ambiente e dispõe sobre Sistema Municipal de Meio Ambiente para os fins que específica e dá outras providências``.</t>
+  </si>
+  <si>
+    <t>533</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/533/plc_n._004.22.pdf</t>
+  </si>
+  <si>
+    <t>´´Revoga a Lei Complementar nº 156/2020 e faz alterações na Lei Complementar nº 097/2010 que dispõe sobre o Estatuto do Magistério Municipal e dá outras providências``.</t>
+  </si>
+  <si>
+    <t>488</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/488/plc_n._005.22.pdf</t>
+  </si>
+  <si>
+    <t>´´Institui Honraria "MEDALHA CENTENÁRIA" em comemoração ao Centenário de Pires do Rio``.</t>
+  </si>
+  <si>
+    <t>479</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/479/plc_n._006.22.pdf</t>
+  </si>
+  <si>
+    <t>´´Dispõe sobre a Gestão Democrática do Ensino Básico da Rede Municipal de Educação de Pires do Rio/GO, e dá outras providências``.</t>
+  </si>
+  <si>
+    <t>534</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/534/plc_n._007.22.pdf</t>
+  </si>
+  <si>
+    <t>´´Revoga artigos e dispositivos da Lei Complementar nº 144/17 e dá outras providências``.</t>
+  </si>
+  <si>
+    <t>480</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>NEGUIM</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/480/plc_n._008.22.pdf</t>
+  </si>
+  <si>
+    <t>´´Suplementa o Código de Posturas do Município na parte relativa à publicidade volante, revoga leis complementares e dá outras providências``.</t>
+  </si>
+  <si>
+    <t>481</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/481/plc_n._009.22.pdf</t>
+  </si>
+  <si>
+    <t>´´Institui a Taxa de Resíduos Sólidos Urbanos (TRSU), e dá outras providências``.</t>
+  </si>
+  <si>
+    <t>487</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/487/plc_n._010.22.pdf</t>
+  </si>
+  <si>
+    <t>´´Altera o artigo 5º da Lei Complementar nº 172, de 25 de outubro de 2022, e dá outras providências``.</t>
+  </si>
+  <si>
     <t>421</t>
   </si>
   <si>
-    <t>2022</t>
-[...4 lines deleted...]
-  <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/421/plo_n._001.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/421/plo_n._001.22.pdf</t>
   </si>
   <si>
     <t>´´Faz o tombamento dos bustos instalados em espaços e logradouros públicos, e dá outras providências correlatas``.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>2</t>
-[...5 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/422/plo_n._002.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/422/plo_n._002.22.pdf</t>
   </si>
   <si>
     <t>´´Concede Título Honorífico de Cidadania Piresina ao Capitão-PM José Morais da Silva e dá outras providências``.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/423/plo_n._003.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/423/plo_n._003.22.pdf</t>
   </si>
   <si>
     <t>´´Dispõe sobre o formato de representação dos papéis oficiais para a edição de ato do Município em comemoração ao 1º Centenário da fundação de Pires do Rio``.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>4</t>
-[...5 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/424/plo_n._004.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/424/plo_n._004.22.pdf</t>
   </si>
   <si>
     <t>´´Autoriza a contratação temporária de excepcional interesse público de 6 (seis) cargos, sendo: Assistente Social, Psicólogo, Educador Físico, Educador Social, Facilitador de Oficinas e Agentes de Apoio (Cuidadora, Serviços Gerais e/ou Cozinheira), para atuarem na Secretaria Municipal de Assistência Social pelo prazo de 10 (dez) meses, e dá outras providências``.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>5</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/425/plo_n._004.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/425/plo_n._004.22.pdf</t>
   </si>
   <si>
     <t>´´Autoriza Subvenção à APAI - Associação de Proteção e Assistência à Infância no exercício de 2022 e dá outras providências``.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>6</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/431/plo_n._006.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/431/plo_n._006.22.pdf</t>
   </si>
   <si>
     <t>´´Estabelece novos benefícios fiscais para o pagamento dos tributos municipais, em razão da crise econômica oriunda da Pandemia do Coronavírus e dá outras providências``.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>7</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/434/plo_n._007.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/434/plo_n._007.22.pdf</t>
   </si>
   <si>
     <t>´´Nomeia o Novo Hospital Municipal de Pires do Rio e dá outras providências``.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>8</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/435/plo_n._008.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/435/plo_n._008.22.pdf</t>
   </si>
   <si>
     <t>´´Denomina Unidade da rede Municipal de Saúde - ESF 07 - ESF João Bosco Gonçalves, e dá outras providências``.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>9</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/496/plo_n._009.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/496/plo_n._009.22.pdf</t>
   </si>
   <si>
     <t>´´Altera o Anexo II da Especificação da Classe de Vencimentos da Lei nº 2.835 de 14 de janeiro de 2003 e dá outras providências``.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>10</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/436/plo_n._010.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/436/plo_n._010.22.pdf</t>
   </si>
   <si>
     <t>´´Autoriza a abertura de crédito adicional de natureza suplementar no orçamento de  2022, na forma que especifica e dá outras providências``.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>DR. SANDRO BARBOSA</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/437/plo_n._011.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/437/plo_n._011.22.pdf</t>
   </si>
   <si>
     <t>´´Reconhece a Utilidade Pública da ASSOCIAÇÃO ESPORTIVO IMPÉRIO PIRES DO RIO``.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/438/plo_n._012.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/438/plo_n._012.22.pdf</t>
   </si>
   <si>
     <t>´´Reconhece de Utilidade Pública a ASSUNUTV - Associação dos Universitários do Transporte Viário do Sudeste Goiano, e dá outras providências``.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/439/plo_n._013.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/439/plo_n._013.22.pdf</t>
   </si>
   <si>
     <t>´´Dispõe sobre o reajuste do valor do piso salarial nacional para os profissionais do magistério público municipal de educação básica do vencimento-base percebido pelo profissional do magistério e dá outras providências``.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/440/plo_n._014.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/440/plo_n._014.22.pdf</t>
   </si>
   <si>
     <t>´´Revoga a Lei n.º 4.021, de 19 de junho de 2020``.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/441/plo_n._015.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/441/plo_n._015.22.pdf</t>
   </si>
   <si>
     <t>´´Cria vagas para provimento de cargos efetivos de Monitor de Creche 1 e Professor nível 1 e dá outras providências``.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/442/plo_n._016.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/442/plo_n._016.22.pdf</t>
   </si>
   <si>
     <t>´´Dispõe sobre o Serviço de Moto-táxi e dá outras providências``.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/445/plo_n._017.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/445/plo_n._017.22.pdf</t>
   </si>
   <si>
     <t>´´Revoga a Lei n.º 4.035, de 25 de junho de 2020``.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/446/plo_n._018.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/446/plo_n._018.22.pdf</t>
   </si>
   <si>
     <t>´´Autoriza o Poder Executivo a realizar Processo Seletivo Simplificado para Contratações Temporárias de Excepcional Interesse Público, e dá outras providências``.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/455/plo_n._019.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/455/plo_n._019.22.pdf</t>
   </si>
   <si>
     <t>´´Dispõe sobre a Lei de Diretrizes Orçamentária - LDO para o exercício de 2023, e dá outras providências``.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/495/plo_n._020.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/495/plo_n._020.22.pdf</t>
   </si>
   <si>
     <t>´´Revisa a remuneração dos servidores do Poder Legislativo Municipal``.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/447/plo_n._021.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/447/plo_n._021.22.pdf</t>
   </si>
   <si>
     <t>´´Concede revisão geral anual sobre os vencimentos dos servidores efetivos ativos e inativos, funcionários comissionados e subsídios dos Agentes Políticos do Município de Pires do Rio/GO, na forma que específica e dá outras providências``.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/529/plo_n._022.24.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/529/plo_n._022.24.pdf</t>
   </si>
   <si>
     <t>´´Autoriza o Poder Executivo Municipal a doar áreas de terrenos de sua propriedade às famílias baixa renda do município e dá outras providências``.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/448/plo_n._023.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/448/plo_n._023.22.pdf</t>
   </si>
   <si>
     <t>´´Concede a Concessão de Direito Real de Uso do Matadouro Municipal e dá outras providências``.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/456/plo_n._024.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/456/plo_n._024.22.pdf</t>
   </si>
   <si>
     <t>´´Altera o caput do artigo 3° e incisos da Lei nº 3.873 de 14 de junho de 2017 e dá outras providências``.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/460/plo_n._025.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/460/plo_n._025.22.pdf</t>
   </si>
   <si>
     <t>´´Revoga as Leis nº 3.635, de 30 de setembro de 2014 e nº 3.692, de 07 de maio de 2015, e dá outras providências``.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/457/plo_n._026.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/457/plo_n._026.22.pdf</t>
   </si>
   <si>
     <t>´´Denomina o Prédio Público do Departamento de Endemias - Divino Aparecido Gonçalves, e dá outras providências``.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/458/plo_n._027.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/458/plo_n._027.22.pdf</t>
   </si>
   <si>
     <t>´´Dispõe sobre a implantação do Piso Nacional para os ACS - Agentes Comunitários de Saúde e ACE - Agentes de Combate às Endemias do Município de Pires do Rio/GO, e dá outras providências``.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/526/plo_n._028.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/526/plo_n._028.22.pdf</t>
   </si>
   <si>
     <t>´´Aprova o Condomínio Vista Bela, e dá outras providências``.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/459/plo_n._029.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/459/plo_n._029.22.pdf</t>
   </si>
   <si>
     <t>´´Autoriza Subvenção à APROAAB - Associação Protetora de Animais Abandonados no exercício de 2022 e dá outras providências``.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/461/plo_n._030.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/461/plo_n._030.22.pdf</t>
   </si>
   <si>
     <t>´´Autoriza Subvenção à ASSUNUTV - ASSOCIAÇÃO DOS UNIVERSITÁRIOS DO TRANSPORTE VIÁRIO DO SUDESTE GOIANO no exercício de 2022 e dá outras providências``.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/462/plo_n._031._22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/462/plo_n._031._22.pdf</t>
   </si>
   <si>
     <t>´´Autoriza a abertura de crédito adicional de natureza suplementar no orçamento de 2022, na forma que específica e dá outras providências``.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/463/plo_n._032.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/463/plo_n._032.22.pdf</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/527/plo_n._033.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/527/plo_n._033.22.pdf</t>
   </si>
   <si>
     <t>´´Cria vaga em cargos de provimento efetivo e faz alterações dos anexos da Lei nº 2.835 de 14 de janeiro de 2002 e suas alterações, e dá outras providências``.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/464/plo_n._034.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/464/plo_n._034.22.pdf</t>
   </si>
   <si>
     <t>´´Autoriza a Igreja Matriz Sagrado Coração de Jesus a realizar reformas e restaurações do prédio Tombado como patrimônio histórico deste município e dá outras providências``.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/465/plo_n._035.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/465/plo_n._035.22.pdf</t>
   </si>
   <si>
     <t>´´Revoga a Lei nº 3.691, de 07 de maio de 2015, e dá outras providências``.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/492/plo_n._036.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/492/plo_n._036.22.pdf</t>
   </si>
   <si>
     <t>´´Dispõe sobre as Alterações no Plano Plurianual para o exercício de 2023, e dá outras providências``.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/483/plo_n._037.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/483/plo_n._037.22.pdf</t>
   </si>
   <si>
     <t>´´Estima Receita e Fixa Despesa do Município para o exercício de 2023, e dá outras providências``.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/466/plo_n._038.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/466/plo_n._038.22.pdf</t>
   </si>
   <si>
     <t>´´Revoga a Lei nº 3.540, de 08 de agosto de 2013, e dá outras providências``.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/467/plo_n._039.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/467/plo_n._039.22.pdf</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/468/plo_n._040.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/468/plo_n._040.22.pdf</t>
   </si>
   <si>
     <t>´´Institui o Dia Municipal dos Colecionadores, Atiradores Esportivos e Caçadores de Pires do Rio/GO, reconhece suas atividades como atividade de risco e dá outras providências``.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/528/plo_n._041.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/528/plo_n._041.22.pdf</t>
   </si>
   <si>
     <t>´´Tomba o Obelisco Marco de Fundação da Cidade no Patrimônio Histórico/Cultural deste Município, e dá outras providências``.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>MARQUIM MEGA SOM</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/494/plo_n._042.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/494/plo_n._042.22.pdf</t>
   </si>
   <si>
     <t>´´Dispõe sobre a implantação de pista de caminhada no trecho que menciona da Av. Cristófaro de Paula Resende, e dá outras providências``.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/530/plo_n._043.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/530/plo_n._043.22.pdf</t>
   </si>
   <si>
     <t>´´Promove o Cancelamento do Tombamento constituído na Lei Municipal nº 2.659/2000``.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>JÚNIOR DA METASA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/469/plo_n._044.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/469/plo_n._044.22.pdf</t>
   </si>
   <si>
     <t>´´Institui o Fundo Municipal de Apoio às Estradas Rurais do Município de Pires do Rio/GO (FUNDESTRADAS), e dá outras providências``.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/482/plo_n._045.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/482/plo_n._045.22.pdf</t>
   </si>
   <si>
     <t>´´Aprova o Condomínio Imperial, e dá outras providências``.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/531/plo_n._046.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/531/plo_n._046.22.pdf</t>
   </si>
   <si>
     <t>´´Altera a Lei Municipal nº 4.153, de 29 de novembro de 2022, que Dispõe sobre as Alterações no Plano Plurianual para o exercício de 2023, e dá outras providências``.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/532/plo_n._047.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/532/plo_n._047.22.pdf</t>
   </si>
   <si>
     <t>´´Autoriza a contratação temporária e formação de cadastro reserva de excepcional interesse público de 07 (sete) cargos, sendo: Assistente Social, Psicólogo(a) (Cadastro Reserva), Educador Físico, Educador Social, Facilitador(a) de Oficinas, Cuidador(a) e Agente Administrativo, para atuarem na Secretaria Municipal de Assistência Social pelo prazo de 01 (um) ano``.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>NENECO, DENILSON CASTRO, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/470/plo_n._048.22.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/470/plo_n._048.22.pdf</t>
   </si>
   <si>
     <t>´´Denomina logradouro público, e dá outras providências - Rua Guilhermino Nunes, atual Rua 17, Bairro São Miguel``.</t>
   </si>
   <si>
-    <t>473</t>
-[...97 lines deleted...]
-  <si>
     <t>490</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/490/pdl_00122.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/490/pdl_00122.pdf</t>
   </si>
   <si>
     <t>Instala Comissão Parlamentar de Inquérito - CPI para averiguar a execução do contrato nº 303/2021, cujo objeto é apurar a responsabilidade pela não conclusão da Obra Asfáltica do Bairro Nadim Saud, bem como pelos pagamentos e forma como foram realizados, e dá outras providências.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/491/pdl_00222.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/491/pdl_00222.pdf</t>
   </si>
   <si>
     <t>Susta os efeitos do Decreto Executivo nº 8.149/2022 que nomeia o Diretor de Departamento de Trânsito e Mobilidade Urbana.</t>
   </si>
   <si>
+    <t>485</t>
+  </si>
+  <si>
+    <t>PRES</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/485/projeto_de_resolucao_n._001.22.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Comemoração do Centenário e Fundação de Pires do Rio</t>
+  </si>
+  <si>
+    <t>486</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/486/projeto_de_resolucao_n._002.22.pdf</t>
+  </si>
+  <si>
+    <t>Altera Quadro de cargos e vencimentos dos servidores da Secretaria Administrativa da Câmara Municipal, e dá outras providências</t>
+  </si>
+  <si>
     <t>784</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/784/indicacao_n_001_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/784/indicacao_n_001_2022.pdf</t>
   </si>
   <si>
     <t>Solicito encaminhamento da presente INDICAÇÃO à: Presidente do Controle Interno da Prefeitura de Pires do Rio, Rosana Rosa de Oliveira Castro, " Que ao analisar os processos de concessão de diárias, analise-os sob a luz do Decreto Municipal que o regula, qual seja Decreto n° 6.768-A, atentando-se para todos os requisitos que devem ser preenchidos para lisura do procedimento."</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>DR. SANDRO BARBOSA, JÚNIOR DA METASA, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/785/indicacao_n_002_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/785/indicacao_n_002_2022.pdf</t>
   </si>
   <si>
     <t>Requerem o envio de ofício ao Poder Executivo, solicitando-lhe, a utilização da Emenda Impositiva, conforme prevê Lei Orçamentária, para aquisição dos equipamentos e mobiliários abaixo relacionados, para a Sala do Empreendedor, preferencialmente no 1° Quadrimestre:_x000D_
 _x000D_
 - Instalação de Internet;_x000D_
 - Impressora;_x000D_
 - Cadeira para os usuários;_x000D_
 - Mesa para bebedouro;</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/786/indicacao_n_003_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/786/indicacao_n_003_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo Municipal, Secretaria de Obras e Desenvolvimento Urbano, solicitando-lhe que seja executado o serviço de:_x000D_
 -Substituição das plantas (vegetações) nos canteiros centrais ao longo da Av. Maria Guiotti, principalmente nos cruzamentos com as ruas que "cortam" a mencionada Avenida.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/787/indicacao_n_004_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/787/indicacao_n_004_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a instalação de um quebra-molas na Quadra 07 da Avenida Corumbá, na altura do Lote 13, Bairro Novo Horizonte, próximo ao Pregão, visando reduzir a velocidade dos veículos que ali trafegam, em risco iminente de acidente.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/788/indicacao_n_005_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/788/indicacao_n_005_2022.pdf</t>
   </si>
   <si>
     <t>Encaminha a presente INDICAÇÃO à Secretária de Administração e Gestão Dra. Fernanda Barbosa Que promova a relação de todos os pedidos, com datas de protocolos, para resguardar o direito dos servidores e para que as concessões sejam realizadas de forma cronológica.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/789/indicacao_n_006_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/789/indicacao_n_006_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine a execução dos serviços de roçagem as margens da via de acesso a sede Campestre do Country Clube de Pires do Rio.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/790/indicacao_n_007_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/790/indicacao_n_007_2022.pdf</t>
   </si>
   <si>
     <t>Encaminha a presente INDICAÇÃO à: Secretária de Administração e Gestão, Dra. Fernanda Barbosa, Que o Departamento competente promova estudos de análise da rua Manoel Cavalcante Nogueira (trecho da Escola Graziela), a fim de alcançar a melhor estratégia para a questão aportada, informando esta Casa as medidas adotadas.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/791/indicacao_n_008_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/791/indicacao_n_008_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a execução dos serviços de tapa-buracos na Rua Getulino Artiaga, priorizando o trecho compreendido próximo a esquina com a Rua Abdala David.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/792/indicacao_n_009_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/792/indicacao_n_009_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de Ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a execução dos serviços de patrolamento e encascalhamento da estrada que demanda ao Pesque Pague do "João das Novinhas", iniciando próximo a residência do Senhor Renato (proprietário da Stillo Car), atualmente intransitável.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/793/indicacao_n_010_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/793/indicacao_n_010_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente realize operação tapa buraco na Av. Hilbernon Ferreira da Costa, Bairro Jardim Guanabara. E solicita que seja realizada uma visita na mesma região pelos fiscais de postura.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/794/indicacao_n_011_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/794/indicacao_n_011_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a execução de serviços de Patrolamento e Cascalhamento nas estradas da Região do Pico. Este serviço se faz necessário, pois a região é grande produtora de grãos, pecuária e produtora de leite.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/795/indicacao_n_012_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/795/indicacao_n_012_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente uma operação tapa buraco na Rua Ozorio Porto Filho, Bairro São João. Solicitação dos moradores da mesma Rua.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/796/indicacao_n_013_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/796/indicacao_n_013_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente operação tapa buraco a ser realizada nas ruas pavimentadas do Setor Industrial e manutenção e limpeza das ruas não pavimentadas do mesmo Setor. Essa reivindicação tem sido constantemente pedida pelos moradores do Setor.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/797/indicacao_n_014_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/797/indicacao_n_014_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente uma operação tapa buraco na Rua Santo Antônio, Setor Dergo (Santa Cecília). Uma vez que a mesma se encontra intransitável.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/798/indicacao_n_015_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/798/indicacao_n_015_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente que realize sinalização tanto vertical quanto horizontal do Bairro Novo Horizonte. Solicitação dos moradores que ali residem, pedestres e motoristas que transitam naquele bairro.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/799/indicacao_n_016_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/799/indicacao_n_016_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a revisão do novo Código Tributário. Esse Código tributário tem causado muitas reclamações dos contribuintes do nosso Município.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/800/indicacao_n_017_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/800/indicacao_n_017_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente que realize a limpeza e manutenção das bocas de lobo de captação de água pluvial na Rua Augusto Monteiro de Godoy, Bairro Colegial e JK.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/801/indicacao_n_018_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/801/indicacao_n_018_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a execução de serviços de Reforma e Limpeza dos banheiros da Rodoviária Felício Nassar, em Pires do Rio.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/802/indicacao_n_019_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/802/indicacao_n_019_2022.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento da presente INDICAÇÃO à Secretária de Administração e Gestão Dra. Fernanda Barbosa, Que a Comissão do Concurso e a Administração Municipal analisem os critérios estabelecidos no item 8.13 do Edital e, considerando que o intuito é preenchimento de vagas, verifique possibilidade de retificar o edital estabelecendo os critérios de avaliação menos gravoso para que todas as vagas possam ser preenchidas por esse Edital, vez que a demanda das vagas são de necessidade urgente do Município.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/803/indicacao_n_020_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/803/indicacao_n_020_2022.pdf</t>
   </si>
   <si>
     <t>Encaminha a presente INDICAÇÃO à Prefeita Municipal de Pires do Rio em que verifique a possibilidade de implementar uma faixa de pedestre no seguinte ponto DA PRAÇA CENTRAL: "Na esquina da conversão da praça central, em frente ao bar Recanto, inclusive na travessia da esquina no sentido 'Correios&gt;&gt;&gt;praça central"</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/804/indicacao_n_021_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/804/indicacao_n_021_2022.pdf</t>
   </si>
   <si>
     <t>Encaminha a presente INDICAÇÃO à Prefeita Municipal de Pires do Rio em que o Poder Executivo se abstenha de cobrar quaisquer tipo de taxa de cadastro e licenças dos MEI, em cumprimento da Lei Municipal n° 158/2021 e Lei Federal n° 147/2014.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>DENILSON CASTRO</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/805/indicacao_n_022_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/805/indicacao_n_022_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente os serviços de recapeamento e tapa-buracos da Rua Abrão João Kalil, priorizando o trecho próximo ao Asilo São Vicente de Paula e o Hospital Municipal Santo Antônio de Pádua, em construção, local de tráfego intenso, que devido ao excesso de buracos em constante risco de acidentes.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>RODRIGUINHO DA ÓTICA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/806/indicacao_n_023_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/806/indicacao_n_023_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente os serviços de recapeamento em frente a Igreja Nossa Senhora Aparecida, local de tráfego intenso, que devido ao excesso de buracos em constante risco de acidentes.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>NENECO</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/807/indicacao_n_024_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/807/indicacao_n_024_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente o nivelamento do piso pavimentado da Rua Abdala David, esquina com a Rua Rodrigo Naves.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/808/indicacao_n_025_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/808/indicacao_n_025_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente seja retirada a areia depositada próximo à Praça Elias Daguer e colocada no Parque Infantil daquele logradouro.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/809/indicacao_n_026_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/809/indicacao_n_026_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a revitalização da iluminação do Cemitério da Saudade, incluindo também os corredores de acesso aos túmulos, considerando que vários deles estão totalmente as escuras.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/810/indicacao_n_027_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/810/indicacao_n_027_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe, em caráter de urgência, a aquisição de carrinho funerária (um para cada campo-santo), a ser utilizado nos sepultamentos, visando dar ao menos um pouco mais de conforto e praticidade aos familiares enlutados.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/811/indicacao_n_028_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/811/indicacao_n_028_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine o departamento competente a limpeza geral em frente ao Pesque Pague das "Novinhas", saída do Morro do Cruzeiro, local onde está sendo depositado entulhos, lixos e até mesmo animais mortos.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/812/indicacao_n_029_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/812/indicacao_n_029_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder executivo, solicitando-lhe que determine ao departamento competente a revitalização do Terminal Rodoviário Felício Nassar, priorizando os banheiros e o letreiro com o nome do logradouro, atualmente em estado deplorável (inclusive serviços de pintura).</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, NEGUIM, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/813/indicacao_n_030_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/813/indicacao_n_030_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine o departamento competente, em caráter de urgência, os serviços de reforma da ponte sobre o Ribeirão Pico, Região do Capinzal.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>DR. SANDRO BARBOSA, RODRIGUINHO DA ÓTICA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/815/indicacao_n_031_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/815/indicacao_n_031_2022.pdf</t>
   </si>
   <si>
     <t>Requerem o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a pintura nas faixas de pedestres e melhoria na sinalização da Av. Castelo Branco, nas proximidades da Escola Caminho Feliz e do Colégio Dinâmico, local de grande travessia de crianças, em risco iminente de acidente devido ao intenso tráfego de veículos, inclusive de grande porte.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, JÚNIOR DA METASA, NEGUIM, WANDERLEY DO MOTO TÁXI</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/816/indicacao_n_032_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/816/indicacao_n_032_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício à Prefeita Municipal de Pires do Rio e à Secretária de Gestão Planejamento e Finanças, Dra Fernanda de Jesus Barbosa solicitando respeitosamente, que seja verificada a possibilidade de inclusão na obra de pavimentação, que está sendo realizada no Bairro Nadim Saud, das ruas que não foram contempladas na obra já iniciada.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/817/indicacao_n_033_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/817/indicacao_n_033_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a execução dos serviços de tapa-buracos, em caráter de urgência, na Rua 14, Quadra 36, na altura do lote 01, Bairro Setor Industrial.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/818/indicacao_n_034_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/818/indicacao_n_034_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, SUGERINDO-LHE a realização de um estudo acerca da viabilidade para tornar a Rua Professor Ivan Ferreira como via de mão única, somente na extensão iniciada no entroncamento com a Rua Coronel João Rincon, prosseguindo no sentido sul, até o entroncamento com a Rua Manoel Gonçalves de Araújo.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/819/indicacao_n_035_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/819/indicacao_n_035_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a aquisição de suporte para colocar o caixão/urna no Velório Municipal, em caráter de urgência.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>CLEBINHO DA PEGA DE FRANGO</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/820/indicacao_n_036_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/820/indicacao_n_036_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício a ENEL, solicitando-lhe a realização de estudos visando a retirada do poste instalado na Rua Figueira Lima, Quadra 08, n. 101, Bairro Nova Vila, considerando que o mesmo está em local totalmente inadequado, pois está impedindo o veículo entrar na garagem.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/821/indicacao_n_037_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/821/indicacao_n_037_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a instalação de placa de reserva preferencial para idoso e portadores de necessidades especiais em frente a Agência do Vapt Vupt em nosso município.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/822/indicacao_n_038_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/822/indicacao_n_038_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente os serviços de limpeza geral no Estádio Municipal Edson Monteiro de Godoy - Monteirão, em caráter de urgência.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, DR. SANDRO BARBOSA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/823/indicacao_n_039_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/823/indicacao_n_039_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, reiterando solicitação feita anteriormente, para que determine ao departamento competente a instalação de redutor de velocidade (em caráter de urgência) em frente a Oficina Box 55, próximo a travessia dos trilhos que dão acesso ao Salão Santo Antônio, local de trânsito intenso, onde ocorre constantes acidentes.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/824/indicacao_n_040_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/824/indicacao_n_040_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine o departamento competente, em caráter de urgência, os serviços de patrolamento da estrada  que demanda a Fazenda Saltador, de propriedade do Sr. Levino Alves da Conceição, zona rural deste município, atualmente intransitável.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/825/indicacao_n_041_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/825/indicacao_n_041_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Secretário Municipal de Obras e Desenvolvimento Urbano, Sr. Jacob Saud Filho, solicitando respeitosamente que sejam realizados os serviços de reparos no calçamento no trecho da Av. Jaime Guiotti.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/826/indicacao_n_042_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/826/indicacao_n_042_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Secretário Municipal de Obras e Desenvolvimento Urbano, Sr. Jacob Saud Filho, solicitando respeitosamente que sejam realizados os serviços de "tapa buraco" na Rua José Felício Zaul (antiga Rua 01) no Setor dos Bancários.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, DENILSON CASTRO, JÚNIOR DA METASA, MARQUIM MEGA SOM, NEGUIM, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/827/indicacao_n_043_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/827/indicacao_n_043_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a instalação de lâmpadas de LED na Av. Nadim Saud, em toda sua extensão.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/828/indicacao_n_044_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/828/indicacao_n_044_2022.pdf</t>
   </si>
   <si>
     <t>Requer da Comissão Especial do Centenário a participação deste Legislativo nos desfiles comemorativos, inclusive dos ex-vereadores - os falecidos, representados por familiar, que conduzirá placa com o nome in memoriam, confeccionada pela Câmara, informando a data de falecimento.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/829/indicacao_n_045_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/829/indicacao_n_045_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, SUGERINDO-LHE que determine ao setor competente que proceda a pintura da faixa de pedestre localizada na Avenida Castelo Branco, na altura do número 195, no Centro.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/830/indicacao_n_046_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/830/indicacao_n_046_2022.pdf</t>
   </si>
   <si>
     <t>Solicito encaminhamento da presente INDICAÇÃO à Prefeita Municipal de Pires do Rio, para QUE o Município promova os atos de responsabilização da Empresa, aplicando-lhes multa e as demais sanções previstas na Lei de Licitação, inclusive a Declaração de Inidoneidade ou suspensão de licitar em nosso Município, informando esta Casa os atos praticados.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/831/indicacao_n_047_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/831/indicacao_n_047_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a instalação de um quebra-molas na Rua Notre Dame de Paris (antiga Rua 02), em frente o Lote 04 da Quadra 01, Bairro Jardim Guanabara, visando reduzir a velocidade dos veículos que ali trafegam, em risco iminente de acidente.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/832/indicacao_n_048_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/832/indicacao_n_048_2022.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento da presente INDICAÇÃO à Prefeita Municipal de Pires do Rio, Maria Aparecida Marasco Tomazini, em Que o Município promova o encaminhamento da Lei Municipal para regularização do Piso Salarial da Categoria Enfermeiro, Técnicos e Auxiliares de Enfermagem em caráter de urgência.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/833/indicacao_n_049_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/833/indicacao_n_049_2022.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento da presente INDICAÇÃO à Secretária de Administração Dra. Fernanda Barbosa, em Que a Secretaria de Obras envie o caminhão pipa para molhar e abaixar a poeira de forma periódica, vez que o problema é permanente e merece atenção constante.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/834/indicacao_n_050_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/834/indicacao_n_050_2022.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento da presente INDICAÇÃO à Secretária de Administração Dra. Fernanda Barbosa, em Que a Secretaria de Obras promova a regularização da via com cascalho e não obstrua as entradas das propriedades.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/835/indicacao_n_051_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/835/indicacao_n_051_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a execução dos serviços de reforma da ponte e do mata-burro da estrada que demanda a Fazenda de propriedade do Senhor Natal Correia, Região do Engenho Grande, zona rural deste município.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/836/indicacao_n_052_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/836/indicacao_n_052_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício à GOINFRA solicitando que seja instalada sinalização no trevo de acesso ao prolongamento da GO-020, a partir do ponto em que cruza com a GO-330 (Rodovia JK), nos dois sentidos dessa Rodovia bem assim no sentido Região da Chapada/GO.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/837/indicacao_n_053_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/837/indicacao_n_053_2022.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento da presente INDICAÇÃO à Secretária de Administração Dra. Fernanda Barbosa em que Seja nomeado um Coordenador de Assuntos Parlamentares a ser lotado na Secretaria de Educação, ante a previsão legal e necessidade da Secretaria.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/838/indicacao_n_054_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/838/indicacao_n_054_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que disponibilize banheiro químico aos servidores da Secretaria Municipal de Obras em trabalho de campo, que sempre utilizam banheiros do comércio ou moradores próximos ao canteiro de obras para atender suas necessidades fisiológicas.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/839/indicacao_n_055_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/839/indicacao_n_055_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício a Prefeita Municipal de Pires do Rio, Maria Aparecida Marasco Tomazini e cópia a Secretária de Educação, Esportes e Cultura Kamyla Cambréa, SUGERINDO-LHES a realização de um estudo acerca da viabilidade de reestruturar a Banda de Música Municipal, criada por intermédio da Lei Municipal n° 320, de 30 de junho de 1.956, bem como da Banda de Música denominada "Jucelino Siqueira", criada por intermédio da Lei Municipal n° 1.311, de 10 de novembro de 1.981, em especial diante das inúmeras comemorações advindas do centenário de Pires do Rio/GO e que contam com solenidades que necessitam constantemente da participação de Bandas Musicais.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/840/indicacao_n_056_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/840/indicacao_n_056_2022.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento da presente INDICAÇÃO à Secretária de Obras e Infraestrutura Dr. Jacó Saud Filho em que Seja feita estudo para colocação de quebra-molas nos seguintes logradouros:_x000D_
 a) Rua Manoel Gonçalves de Araújo, n° 149, Bairro Colegial;_x000D_
 b) Na Avenida Mauá (trecho que liga ao bairro mosaico);_x000D_
 c) Na Avenida Dupla que leva ao Bairro Novo Horizonte.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/841/indicacao_n_057_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/841/indicacao_n_057_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Secretário Municipal de Obras e Infraestrutura, solicitando-lhe que determine ao departamento competente a reforma da ponte da estrada que demanda ao Sítio Novo, de propriedade do Sr. Natal Correia e a Fazenda do Dr. Lourival Antonino Ferreira, zona rural deste Município.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/842/indicacao_n_058_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/842/indicacao_n_058_2022.pdf</t>
   </si>
   <si>
     <t>Requer da Senhora Prefeita Municipal, providências com relação à conservação dos banheiros da Praça Central que foram reformados recentemente e segundo relatos estão sofrendo com o vandalismo. Sugere ainda que seja contratada uma empresa especialista em segurança e monitoramento, protegendo assim todo patrimônio e amenizando os prejuízos do Município neste sentido.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/843/indicacao_n_059_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/843/indicacao_n_059_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine o departamento competente, em caráter de urgência, os serviços de asfaltamento da Rua Abrão João Kalil, Bairro São José, atualmente intransitável.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/844/indicacao_n_060_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/844/indicacao_n_060_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício à GOINFRA - solicitando-lhes, em caráter de urgência, reforço na sinalização do trevo da GO-330 com a GO-020, via de acesso a Chapada, local de constantes acidentes.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/845/indicacao_n_061_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/845/indicacao_n_061_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício a ENEL, solicitando-lhes a instalação de um poste, com braço e luminária, na Rua Maria Rosa, próximo ao Asilo São Vicente de Paula, Bairro Santa Cecília, atendendo a reivindicação dos moradores e transeuntes, vez que a referida via se encontra totalmente as escuras.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/846/indicacao_n_062_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/846/indicacao_n_062_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a instalação de dois (02) quebra-molas (um em cada sentido) na Av. Maria Guiotti, esquina com a Rua Benedito de Paula Nascente, local de constantes acidentes.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/847/indicacao_n_063_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/847/indicacao_n_063_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que o investimento do Bolsa Atleta seja aplicado ainda esse ano.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, DENILSON CASTRO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARQUIM MEGA SOM, NENECO, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/848/indicacao_n_064_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/848/indicacao_n_064_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício à Prefeita Municipal de Pires do Rio, Exmª Sra Maria Aparecida Marasco Tomazini e à Secretária de Gestão Planejamento e Finanças, Dra Fernanda de Jesus Barbosa solicitando que seja encaminhado ofício à Empresa OPUS CONSTRUÇÃO E PARTICIPAÇÃO EIRELI, CNPJ n° 26.613.922/0001-68, responsável pela execução dos serviços de reforma do "Coreto da Praça Gaudêncio Rincon Segóvia" solicitando que sejam realizados os devidos reparos no piso cerâmico do mencionado coreto.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/849/indicacao_n_065_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/849/indicacao_n_065_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a revitalização dos Estádios Monteirão e Oliveirão, para também estarem preparados para as festividades do Centenário, oportunizando assim a participação de todos os segmentos.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/850/indicacao_n_066_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/850/indicacao_n_066_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a execução de serviços na Praça Central Gaudêncio Rincon Segóvia:_x000D_
 _x000D_
 - substituição dos pisos quebrados no coreto; e_x000D_
 - troca ou reforma da porta do banheiro masculino.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/851/indicacao_n_067_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/851/indicacao_n_067_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, reiterando solicitação feita anteriormente, para que faça a instalação de placas solares em todos os órgãos públicos do Município.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/852/indicacao_n_068_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/852/indicacao_n_068_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício à Prefeita Municipal de Pires do Rio, Excelentíssima Senhora Maria Aparecida Marasco Tomazini, solicitando-lhe que determine à Secretaria de Obras que realize os serviços de reparo e melhoramento do alambrado que contorna a "reserva ambiental" do "BURRINHO", limpeza das ruas próximas ao local (Rua Joaquim A. Teixeira), bem como os devidos reparos em toda a calçada "passeio" da mencionada reserva.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/853/indicacao_n_069_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/853/indicacao_n_069_2022.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento da presente INDICAÇÃO à Prefeita do Município Maria Aparecida Marasco Tomazini em que A LC n° 139/2017 que trata da Estrutura Administrativa trás em seu bojo a criação de dezenas de cargos comissionados em desacordo com o TEMA 1010 - do STF - Repercussão Geral. Dessa forma que V. Excelência promova: O envio de Projeto de Lei de Estrutura Administrativa, regularizando as inconstitucionalidades existentes na LC 139/2017.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/854/indicacao_n_070_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/854/indicacao_n_070_2022.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento da presente INDICAÇÃO à Secretária de Obras e Urbanismo Dr. Jacó Saud Filho em que Seja realizada poda das árvores localizadas na Praça dos Congos, vez que tem causado muitos transtornos aos moradores em virtude da escuridão, o que tem propiciado atividades ilícitas.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/855/indicacao_n_071_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/855/indicacao_n_071_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente os serviços de revitalização da Praça Sebastião Spíndola no Bairro Santa Cecília, onde está localizado os "banheiros dos Congos".</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, DENILSON CASTRO, DR. SANDRO BARBOSA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/856/indicacao_n_072_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/856/indicacao_n_072_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício à GOINFRA, solicitando-lhes reforço da sinalização e roçagem do mato alto no trevo que dá acesso a GO-020 com a GO-330 (trevo de acesso a região da Chapada).</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/857/indicacao_n_073_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/857/indicacao_n_073_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Major Olegário - Comandante do 11° BPM, solicitando-lhe apoio policial na porta das escolas em nosso município nos horários de saída.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>CLEBINHO DA PEGA DE FRANGO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARINA DA FARMÁCIA, NEGUIM, NENECO, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/858/indicacao_n_074_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/858/indicacao_n_074_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a execução os serviços de asfaltamento da Rua Abrão João Kalil, Vila São José, onde já existia esse benefício.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/859/indicacao_n_075_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/859/indicacao_n_075_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe providências, em caráter de urgência, visando os serviços de tapa-buracos no piso pavimentado da Av. Cristófaro de Paula Rezende (GO-020).</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/860/indicacao_n_076_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/860/indicacao_n_076_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhes providências, em caráter de urgência, visando os serviços de encascalhamento da Av. Egídio Francisco Rodrigues, na altura da Quadra 4, Lote 11, Bairro Nadim Saud, atualmente intransitável.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/980/requer._n_001_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/980/requer._n_001_2022.pdf</t>
   </si>
   <si>
     <t>REQUER o registro de votos de louvor aos Soldados PM PAULO ESPERANDIR e ESPERANDIR  pelo valoroso trabalho prestado junto a Polícia Militar, inclusive em seus momentos de folga, a exemplo no dia 21 de agosto de 2021 a apreensão de indivíduo de altíssima periculosidade na cidade de Caldas Novas, autor do homicídio do jovem Yuri, fato ocorrido recentemente na cidade de Pires do Rio.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/981/requer._n_002_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/981/requer._n_002_2022.pdf</t>
   </si>
   <si>
     <t>REQUER o registro de pêsames para a família do popular João Geléia, falecido dia 12 do corrente mês.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/982/requer._n_003_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/982/requer._n_003_2022.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de Sessão Extraordinária, logo após o encerramento desta para votação do Projeto de Lei Ordinária 058/21.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/983/requer._n_004_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/983/requer._n_004_2022.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de mais de duas Sessões Extraordinárias, logo após o encerramento desta para votação do Projeto de Lei em pauta.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>DR. SANDRO BARBOSA, MARINA DA FARMÁCIA, NENECO</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/984/requer._n_005_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/984/requer._n_005_2022.pdf</t>
   </si>
   <si>
     <t>REQUEREM o registro de votos de louvor a Equipe Saúde abaixo relacionada:_x000D_
 _x000D_
 - Bruno Jeferson Lopes Maia - Secretário Municipal de Saúde;_x000D_
 - Márcio Ramalho Couto - Diretor do Centro Municipal de Saúde;_x000D_
 - Priscila Flora de Oliveira Almeida - Coordenadora da Sala de Vacinação_x000D_
 - Rosalina do Socorro Ribeiro - Vacinadora;_x000D_
 - Emanoella Alves de Almeida - Vacinadora; e_x000D_
 - Francinette de Paula Nascente - assistente burocrática._x000D_
 A homenagem se dá pela meta alcançada, Pires do Rio a 1° Cidade do Estado de Goiás com 87,2% da população vacinada.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/985/requer._n_006_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/985/requer._n_006_2022.pdf</t>
   </si>
   <si>
     <t>REQUER a retirada do regime de urgência do Projeto de Lei n° 013/22 - Dispõe sobre o reajuste do valor do piso salarial nacional para os profissionais do magistério público municipal da educação básica do vencimento-base percebido pelo profissional do magistério e dá outras providências, enviado pelo Poder Executivo para apreciação nesta Casa.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/986/requer._n_007_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/986/requer._n_007_2022.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de Sessão Extraordinária, logo após o encerramento desta para votação do Projeto de Lei em pauta.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/987/requer._n_008_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/987/requer._n_008_2022.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a inclusão na Pauta do Projeto de Lei n° 004/22.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/988/requer._n_009_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/988/requer._n_009_2022.pdf</t>
   </si>
   <si>
     <t>REQUER o registro de votos de louvor ao 1° Sargento-PM MÁRCIO DE CASTRO SANTOS pela brilhante carreira e valoroso trabalho prestado junto a Polícia Militar em nosso município e cidades da região (q.v. curriculum em anexo).</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/989/requer._n_010_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/989/requer._n_010_2022.pdf</t>
   </si>
   <si>
     <t>REQUER o registro de votos de louvor ao Soldado PM VASCONCELOS (RG n° 38028) pelo valoroso trabalho prestado junto a Polícia Militar.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/990/requer._n_011_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/990/requer._n_011_2022.pdf</t>
   </si>
   <si>
     <t>REQUER o registro de agradecimentos ao Deputado Federal ADRIANO BALDY, pela liberação dos recursos abaixo relacionados:_x000D_
 _x000D_
 - R$ 200.000,00 (duzentos mil reais) para investimentos da saúde;_x000D_
 - R$ 920.000,00 (novecentos e vinte mil reais) destinados a pavimentação asfáltica do Bairro Nadim Saud; e_x000D_
 - R$ 200.000,00 (duzentos mil reais) destinados a APROAAB - Associação Protetora de Animais Abandonados.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/991/requer._n_014_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/991/requer._n_014_2022.pdf</t>
   </si>
   <si>
     <t>Requer que V. Excelência designe sessão extraordinária após essa Sessão Ordinária para Eleição da MESA para o Biênio 2023/2024.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/992/requer._n_016_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/992/requer._n_016_2022.pdf</t>
   </si>
   <si>
     <t>REQUER que a eleição para escolha dos novos membros da Mesa Diretora para o Biênio 2023/2024 seja realizada de forma aberta.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/993/requer._n_017_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/993/requer._n_017_2022.pdf</t>
   </si>
   <si>
     <t>REQUER da Mesa Diretora providências visando a instalação da Corregedoria na Câmara Municipal, conforme determina legislação em vigor.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/995/requer._n_018_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/995/requer._n_018_2022.pdf</t>
   </si>
   <si>
     <t>REQUER da Mesa Diretora que insira na Pauta de hoje Projeto de Lei n° 013/22, de autoria do Poder Executivo que "Dispõe sobre o reajuste do valor do piso salarial nacional para os profissionais do magistério público municipal da educação básica do vencimento-base percebido pelo profissional do magistério e dá outras providências".</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/997/requer._n_019_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/997/requer._n_019_2022.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de Sessão Extraordinária, logo após o encerramento desta para votação do Projeto de Lei n° 013/22.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/998/requer._n_020_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/998/requer._n_020_2022.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família do Senhor JOSÉ GARCIA LOPES, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>DENILSON CASTRO, JÚNIOR DA METASA, RODRIGUINHO DA ÓTICA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/999/requer._n_021_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/999/requer._n_021_2022.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família da jovem Senhora CLÁUDIA MOREIRA, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>DENILSON CASTRO, NENECO, RODRIGUINHO DA ÓTICA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1000/requer._n_022_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1000/requer._n_022_2022.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família do jovem Senhor ALTAMIRO VELOSO JÚNIOR, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1001/requer._n_023_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1001/requer._n_023_2022.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de Sessão Extraordinária, logo após o encerramento desta para votação do Projeto de Lei n° 018/22.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1002/requer._n_024_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1002/requer._n_024_2022.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de Sessão Extraordinária, logo após o encerramento desta para votação do Projeto de Lei n° 021/22.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1003/requer._n_028_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1003/requer._n_028_2022.pdf</t>
   </si>
   <si>
     <t>REQUER o registro de votos de louvor aos funcionários da SIDREDI: ADONIAS VIEIRA OLIVEIRA, LEIDIANE ALVES DA SILVA VILELA CANHETE e LOURIMAR LOPES LAMOUNIER JÚNIOR pelo valoroso trabalho prestado no atendimento aos cooperados junto a SICREDI.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1004/requer._n_029_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1004/requer._n_029_2022.pdf</t>
   </si>
   <si>
     <t>REQUER o registro de votos de louvor em reconhecimento ao Cinquentenário de Ministério ao APÓSTOLO ULISSES DE OLIVEIRA, com entrega de uma placa e diploma.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1005/requer._n_030_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1005/requer._n_030_2022.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família de TÉRCIA PITALUGA DE SOUZA, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1006/requer._n_031_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1006/requer._n_031_2022.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família de ZORAIDE PORTO FERREIRA, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1007/requer._n_032_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1007/requer._n_032_2022.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família de MARIA TRINDADE FERREIRA DE PAULA, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1008/requer._n_033_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1008/requer._n_033_2022.pdf</t>
   </si>
   <si>
     <t>REQUER o registro de votos de louvor aos Sargentos PM MESQUITA (RG 29789) e WALTER HUGO (RG 32301) pelo valoroso trabalho prestado junto a Polícia Militar, a exemplo no dia 28 de maio, durante o atendimento de uma ocorrência de morte acidental de uma senhora na Fazenda Pedreira de Cima, zona rural do município de Orizona, onde os militares se depararam com o amásio da vítima nas imediações em estado de choque, com fortes convulsões. O Sargento Mesquita e Sargento Walter Hugo realizaram os primeiros socorros, salvando o paciente e logo após conduzindo-o a cidade.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1009/requer._n_034_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1009/requer._n_034_2022.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de Sessão Extraordinária, logo após o encerramento desta para votação do Projeto de Lei n° 019/22.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1010/requer._n_035_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1010/requer._n_035_2022.pdf</t>
   </si>
   <si>
     <t>Requer a prorrogação do prazo concedido, para conclusão do Inquérito Administrativo (câmera escondida), uma vez que estávamos aguardando diligência junto a Delegacia.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1011/requer._n_037_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1011/requer._n_037_2022.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família do meu grande amigo WEUBLEN JOSÉ ANDRADE, conhecido por todos como "Branco", pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1012/requer._n_038_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1012/requer._n_038_2022.pdf</t>
   </si>
   <si>
     <t>REQUER da Mesa Diretora providências junto a Comissão Legislativa responsável pelo Centenário, solicitando-lhes inclusão dos dias 09 e 10 de julho - datas comemorativas do Cinquentenário Pastoral do Apóstolo Ulisses Borges, no Calendário Oficial do Centenário do Município.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1013/requer._n_040_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1013/requer._n_040_2022.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de Sessão Extraordinária, logo após o encerramento desta para votação dos Projetos em pauta.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1014/requer._n_041_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1014/requer._n_041_2022.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a inclusão na Pauta dos Projetos de Lei n° 029/22 e 030/22.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1015/requer._n_042_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1015/requer._n_042_2022.pdf</t>
   </si>
   <si>
     <t>REQUER o envio de ofício à Prefeita Municipal Exma. Sra. Maria Aparecida Marasco Tomazini, à Secretaria de Gestão, Planejamento e Finanças Dra. Fernanda de Jesus Barbosa e ao Secretário de Obras e Desenvolvimento Urbano Sr. Jacob Saud Filho parabenizando pelo "Zelo ao patrimônio público" quando, na semana passada, evitaram que fossem realizados serviços de recapeamento de má qualidade nas ruas dos Bairros JK e Colegial.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, MARINA DA FARMÁCIA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1016/requer._n_043_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1016/requer._n_043_2022.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de louvor aos alunos/atletas do Colégio Estadual Rodrigo Rodrigues da Cunha que venceram de forma invicta todas a fases dos Jogos Estudantis na Modalidade Futsal Masculino: Municipal, Regional e Estadual e disputarão o Campeonato Nacional que acontecerá em Aracajú/SE a partir do dia 03 de setembro representando o Estado de Goiás.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1017/requer._n_044_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1017/requer._n_044_2022.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a inclusão na Pauta da Sessão Extraordinária dos Projetos de Lei n° 029/22 e 030/22.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARQUIM MEGA SOM, NEGUIM, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1018/requer._n_047_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1018/requer._n_047_2022.pdf</t>
   </si>
   <si>
     <t>REQUER a criação de Comissão Parlamentar de Inquérito, nos termos do art. 58, do RIC e art. 87, inciso XXI, da LOM, com a finalidade de investigar o contrato de prestação de serviços n° 303/2021, firmado com a Empresa Opus, cujo objeto é o Asfalto de Ruas do Bairro Nadin Saud, pelo prazo de 60 (sessenta) dias.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1019/requer._n_048_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1019/requer._n_048_2022.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família de Dona HELENA NUNES DE OLIVEIRA, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1020/requer._n_049_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1020/requer._n_049_2022.pdf</t>
   </si>
   <si>
     <t>REQUER o envio de ofício a ENEL, solicitando-lhe a poda dos galhos da árvore que estão muito próximos a fiação da rede de energia elétrica na Quadra 30 da Rua José de Souza Martins, em frente o Lote 08, Bairro Santa Cecília, em caráter de urgência.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1021/requer._n_050_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1021/requer._n_050_2022.pdf</t>
   </si>
   <si>
     <t>Requer o registro de votos de congratulações pela passagem de BODAS DE OURO, ocorrida dia 02 de setembro do corrente ano, do casal: FRANCISCO ROBERTO TOMAZINI E MARIA APARECIDA MARASCO TOMAZINI.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1022/requer._n_051_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1022/requer._n_051_2022.pdf</t>
   </si>
   <si>
     <t>Em 25/05/2021, esta Casa promulgou a Emenda a Lei Orgânica n° 048/2021, que estabeleceu padrão para criação de quebra-molas em nosso Município com o seguinte texto:_x000D_
 "Art. 178- ..._x000D_
 V - implantar Faixa Elevada para Travessia de Pedestre nas vias urbanas e de expansão urbana."_x000D_
 REQUER seja recebido e votado este requerimento de voto de voto de louvor aos Gestores do Supermercado Reis, pela atitude de cidadania e compromisso social pela implantação da primeira Faixa Elevada de Travessia, sendo exemplo até mesmo para o Poder Público Municipal.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1023/requer._n_052_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1023/requer._n_052_2022.pdf</t>
   </si>
   <si>
     <t>Requer Vistas dos Balancetes da Saúde do período de Janeiro/21 a Agosto/22. (RI: Art. 140, inciso VI).</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1024/requer._n_053_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1024/requer._n_053_2022.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a retirada do Projeto de Lei Complementar n° 005/22 da Pauta da Sessão Ordinária do dia de hoje.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1025/requer._n_054_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1025/requer._n_054_2022.pdf</t>
   </si>
   <si>
     <t>REQUER a convocação do Secretário Municipal de Saúde para prestar esclarecimentos sobre o fato envolvendo agressão física no Hospital Municipal Benedito Gonçalves de Araújo.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1026/requer._n_055_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1026/requer._n_055_2022.pdf</t>
   </si>
   <si>
     <t>REQUER da Mesa Diretora providências junto ao Poder Executivo, visando a retirada da urgência do Projeto de Lei n° 033/22/22, de autoria do Poder Executivo.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1027/requer._n_058_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1027/requer._n_058_2022.pdf</t>
   </si>
   <si>
     <t>REQUER o registro de votos de louvor aos alunos/atletas do Colégio Estadual Martins Borges por terem sido Campeões nos Jogos Estudantis Fase Estadual. Requer ainda, que seja o louvor ora aprovado por essa Casa estendido a Comissão Técnica composta pelos Professores: Sandoval Pereira da Cunha Júnior, Tatiane Pereira de Oliveira e Laucielle Inês Lopes de Abreu e a Diretora Professora Vilene Carcute Alves.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1028/requer._n_059_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1028/requer._n_059_2022.pdf</t>
   </si>
   <si>
     <t>REQUER da Mesa Diretora providências junto ao Poder Executivo, visando a retirada da urgência do Projeto de Lei Complementar n° 009/22, de autoria do Poder Executivo.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1029/requer._n_060_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1029/requer._n_060_2022.pdf</t>
   </si>
   <si>
     <t>Requer a prorrogação do prazo concedido, para conclusão dos trabalhos da CPI - Comissão Parlamentar de Inquérito, por mais 60 (sessenta) dias.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1030/requer._n_061_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1030/requer._n_061_2022.pdf</t>
   </si>
   <si>
     <t>REQUER da Mesa Diretora votação em destaque do Art. 2° do Projeto de Lei n° 040/22.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1031/requer._n_062_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1031/requer._n_062_2022.pdf</t>
   </si>
   <si>
     <t>REQUER que promova atos necessários para a garantia constitucional dos membros desta Casa, tomando as medidas necessárias para que o Poder Executivo, represando pela Prefeita, cumpra suas obrigações de responder em tempo hábil os Pedidos de Informações e Requerimentos encaminhados por Esta Casa, notificando-a sobre suas obrigações legais e das infrações político-administrativas que tem praticado, o que pode lhe ocasionar pedido de cassação de mandato.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1032/requer._n_063_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1032/requer._n_063_2022.pdf</t>
   </si>
   <si>
     <t>REQUER que seja recebido e colocado em apreciação do Plenário o Requerimento para CONVOCAÇÃO do Sr. Secretário de Meio Ambiente - Gilmar Chapadão -, a fim de que preste informações específicas do PL 009/2022 - Taxa de Resíduos Sólidos -, ficando a cargo de V. Excelência Presidente designar a data do comparecimento quando do envio do ofício, comunicando previamente este subscrevente.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1033/requer._n_064_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1033/requer._n_064_2022.pdf</t>
   </si>
   <si>
     <t>REQUER seja recebido este Requerimento e colocado em apreciação do Plenário para CONVOCAÇÃO do Sr. Secretário de Saúde - Bruno Maia -, a fim de que preste informações específicas sobre a composição e funcionamento do CAPS de Pires do Rio.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1034/requer._n_065_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1034/requer._n_065_2022.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família de ARILDO CAIXETA, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1035/requer._n_066_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1035/requer._n_066_2022.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de uma Sessão Extraordinária logo após o encerramento desta, para votação do Projeto de Lei n° 066/22.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARINA DA FARMÁCIA, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1036/requer._n_067_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1036/requer._n_067_2022.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família da Senhora ROSA MARLENE FERREIRA, pelo seu trágico falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1037/requer._n_068_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1037/requer._n_068_2022.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de uma Sessão Extraordinária logo após o encerramento desta, para votação dos Projetos em pauta.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1038/requer._n_070_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1038/requer._n_070_2022.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família do Senhor ITAMAR, mais conhecido como Itamar Encanador, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1039/requer._n_071_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1039/requer._n_071_2022.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família da Senhora COLANI TEIXEIRA DE REZENDE, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1040/requer._n_072_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1040/requer._n_072_2022.pdf</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1041/requer._n_073_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1041/requer._n_073_2022.pdf</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>PINFO</t>
   </si>
   <si>
     <t>Pedido de Informações</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/861/pedido_de_inf._n_01_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/861/pedido_de_inf._n_01_2022.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: _x000D_
 01 - Qual o valor total de precatórios pagos no ano de 2021, apresentando os seus comprovantes;_x000D_
 02 - Qual o valor já pago no ano de 2022, apresentando os seus comprovantes?_x000D_
 03 - Qual o planejamento e reservas financeiras estão sendo realizadas para pagamento dos precatórios no ano de 2022?</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/862/pedido_de_inf._n_02_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/862/pedido_de_inf._n_02_2022.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento da Presente PEDIDO DE INFORMAÇÃO a Secretária de Administração Dra. Fernanda Barbosa, em que após análise dos Decretos expedidos no mês de Novembro/2021, verifique que há um específico nomeando Diretor de Patrulha Rural Mecanizada, a fim de tomar conhecimento das atividades desta Diretoria, Solicito as seguintes informações:_x000D_
 01 - Qual o local na Administração Pública está instalada esta Diretoria e quais as funções/atribuições?</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/863/pedido_de_inf._n_03_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/863/pedido_de_inf._n_03_2022.pdf</t>
   </si>
   <si>
     <t>Solicito encaminhamento da presente Pedido de Informação a Gestora do Município Dra. Fernanda Barbosa, após análise dos Decretos emitidos no mês de Dezembro de 2021, identificou-se ausência de algumas publicações no Portal da Transparência. Com isso, solicito as seguintes informações:_x000D_
 01 - Qual motivo de tais decretos não terem sido publicados, vez que se passaram mais de dois meses do ato praticado;_x000D_
 02 - Apresente o conteúdo de cada Decreto não publicado, de preferência com a sua cópia integral;_x000D_
 03 - Acaso tenha sido revogado ou qualquer outro erro material, seja apresentada as justificativas e o ato de revogação.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/864/pedido_de_inf._n_04_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/864/pedido_de_inf._n_04_2022.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes Informações: _x000D_
 01 - Apresente a nova Planilha Orçamentária retificada, a qual exclui todos os itens que não foram executados ou foram incorretamente executados;_x000D_
 Passo a sugerir as seguintes indicações:_x000D_
 01 - Que notifique a Empresa Contratada para que repare os defeitos e incorreções da obra, especificamente os pisos e os corrimãos, vez que são resultantes dos materiais empregados, a fim de afastar a responsabilidade dos agentes do contrato e garantir a qualidade da obra, informando esta Casa as medidas tomadas.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/865/pedido_de_inf._n_05_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/865/pedido_de_inf._n_05_2022.pdf</t>
   </si>
   <si>
     <t>Requer da Prefeita Municipal e da Secretária de Educação do Município as seguintes informações, relativas ao transporte escolar urbano:_x000D_
 1- Foi interrompido o transporte escolar de alunos residentes na sede do Município?_x000D_
 2- Qual a justificativa para a interrupção desse importante serviço?_x000D_
 3- Quando o serviço será retomado?_x000D_
 4- Que providência compensatória o governo municipal oferece para os estudantes?</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/866/pedido_de_inf._n_06_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/866/pedido_de_inf._n_06_2022.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento da presente PEDIDO DE INFORMAÇÃO à Secretária de Administração e Gestão Dra. Fernanda Barbosa, pelo motivo de que desde o ano passado o Município tem diligenciado para a inclusão no programa do Governo Estadual na construção das casas, até mesmo destinou área e providenciou documentos. Ocorre que, desde o mês de julho, não temos respostas sobre a continuidade do processo, nem mesmo a construção das casas. Assim solicito as seguintes informações:_x000D_
 01 - Qual situação encontra-se o processo e se há previsão para início das obras;</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/867/pedido_de_inf._n_07_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/867/pedido_de_inf._n_07_2022.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo as seguintes informações:_x000D_
 - Quais providências o Poder Executivo está tomando quanto aos animais em situação de abandono em nosso município? (cachorros soltos nas ruas).</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/868/pedido_de_inf._n_08_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/868/pedido_de_inf._n_08_2022.pdf</t>
   </si>
   <si>
     <t>Solicito as seguintes informações:_x000D_
 01 - QUE apresente à esta Casa o balancete financeiro contendo as receitas e despesas efetivadas e as despesas realizadas com a contribuição de iluminação pública dos três quadrimestres do ano de 2021;</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/869/pedido_de_inf._n_09_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/869/pedido_de_inf._n_09_2022.pdf</t>
   </si>
   <si>
     <t>Encaminha a presente PEDIDO DE INFORMAÇÃO à Secretária de Educação e Esporte Kamila Cambreia em que Solicita as seguintes informações: _x000D_
 01 - Qual motivo as aulas das creches ainda não se iniciaram e qual data prevista para início?</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/870/pedido_de_inf._n_10_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/870/pedido_de_inf._n_10_2022.pdf</t>
   </si>
   <si>
     <t>Encaminha a presente PEDIDO DE INFORMAÇÃO à Secretária de Administração e Gestão, Dra. Fernanda Barbosa. Com os cumprimentos, passo a pontuar que em novembro/2021 foi encaminhado Ofício n° 098/2021 solicitando providências do Poder Executivo sobre a Doação de terreno do Município para construção de Hospital Veterinário, canil, crematório animal, canteiro de agricultura orgânica, casa do zelador e residência do médico, no total de área de 3.933,51m², solicitando providências desta Administração e resposta de seus resultados._x000D_
 Assim, considerando as questões apontadas faço o seguinte pedido de informação:_x000D_
 01 - Que informe quais providências adotadas em relação à questão aportada, e envie cópia integral do processo administrativo, acaso exista.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/871/pedido_de_inf._n_11_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/871/pedido_de_inf._n_11_2022.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo as seguintes informações:_x000D_
 - Qual a previsão para a execução dos serviços de tapa-buracos (em definitivo) da Rua 3, do Bairro Setor Industrial?</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/872/pedido_de_inf._n_12_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/872/pedido_de_inf._n_12_2022.pdf</t>
   </si>
   <si>
     <t>Requer respeitosamente, o envio de ofício à Prefeita Municipal de Pires do Rio, Excelentíssima Senhora Maria Aparecida Marasco Tomazini, à Secretaria de Gestão, Planejamento e Finanças, Dra. Fernanda de Jesus Barbosa e ao Secretário de Obras e Desenvolvimento Urbano, Sr. Jacob Saud Filho solicitando as seguintes INFORMAÇÕES:_x000D_
 1- Com relação a Usina de Produção de Massa Asfáltica, que nós temos na Garagem Municipal, quais os motivos que esse equipamento não tem sido utilizado na produção de massa asfáltica para "operação tapa-buraco", bem como nas demais questões que envolvem serviços de pavimentação._x000D_
 2- Planilha de Cálculo atestando que está sendo mais viável adquirir a massa asfáltica pronta ao invés de produzirmos "in loco" o mencionado produto.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/873/pedido_de_inf._n_13_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/873/pedido_de_inf._n_13_2022.pdf</t>
   </si>
   <si>
     <t>Requer respeitosamente, o envio de ofício ao Presidente da Câmara Municipal de Pires do Rio, Vereador Denilson de Castro, solicitando as seguintes INFORMAÇÕES:_x000D_
 1- No ano de 2021, esse prédio estava sendo "vigiado", no período noturno, por servidores contratados. Solicito então relatório anual informando as escalas de serviço, bem como os valores recebidos pelos mencionados servidores._x000D_
 2- A partir desse ano, 2022, o prédio da Câmara passou a ter um sistema de monitoramento por sistema de câmeras com alarme. Solicito o contrato com a empresa de monitoramento, os valores pagos na implantação do sistema, o valor que é pago mensalmente, bem como os documentos fiscais que foram utilizados para os mencionados pagamentos efetuados para a mencionada empresa.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/874/pedido_de_inf._n_14_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/874/pedido_de_inf._n_14_2022.pdf</t>
   </si>
   <si>
     <t>Requer as seguintes informações:_x000D_
 01 - Qual a situação do processo de construção das 30 (trinta) casas que serão construídas pelo Governo Estadual? E qual a previsão dada pelo Governo para início das obras?_x000D_
 02 - Qual a previsão para execução dos recursos orçamentários destinados ao Fundo de Habitação para construção de casas habitacionais no ano de 2022?</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/875/pedido_de_inf._n_15_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/875/pedido_de_inf._n_15_2022.pdf</t>
   </si>
   <si>
     <t>Solicita o seguinte Pedido de Informação:_x000D_
 01 - QUE apresente os contracheques do mês de fevereiro/2022 dos seguintes servidores do PSS Professor Nível I:_x000D_
 -Caroline Costa Soares Gomide;_x000D_
 -Danubia da Costa Pereira;_x000D_
 -Darcilene Ferreira da Silva;_x000D_
 -Jacqueline Abrão Rodrigues Branquinho;_x000D_
 -Maria Madalena da Silva Gondim;_x000D_
 -Maria Tereza de Queiroz;_x000D_
 -Raquel Aparecida Felipe Mendes;_x000D_
 -Yasmin Pereira de Araújo._x000D_
 _x000D_
 02 - QUE apresente os documentos das razões que justifiquem os recebimentos destes profissionais ao recebimento das "aulas substitutivas".</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/876/pedido_de_inf._n_16_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/876/pedido_de_inf._n_16_2022.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento da presente PEDIDO DE INFORMAÇÃO à Presidente do Conselho Municipal de Educação Raquel de Souza, Afim de auxiliar na análise das contas da Secretaria de Educação apresentada à esta Casa, faço o seguinte pedido de informação:_x000D_
 _x000D_
 01 - Encaminhe cópias do Pareceres emitidos pelo Conselho Municipal sobre as prestações de contas da Secretaria Municipal de Educação referente ao ano de 2021.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/877/pedido_de_inf._n_17_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/877/pedido_de_inf._n_17_2022.pdf</t>
   </si>
   <si>
     <t>Solicita-se o seguinte PEDIDO DE INFORMAÇÃO:_x000D_
 01 - Apresente o CRONOGRAMA de dedetização do Cemitério Esplanada._x000D_
 02 - Acaso ainda tenha cronograma estabelecido, solicito a execução o mais rápido e antes das chuvas.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/878/pedido_de_inf._n_18_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/878/pedido_de_inf._n_18_2022.pdf</t>
   </si>
   <si>
     <t>Transformado em Requerimento n° 017/2022 na Sessão Ordinária do dia 12 de abril de 2022.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/879/pedido_de_inf._n_19_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/879/pedido_de_inf._n_19_2022.pdf</t>
   </si>
   <si>
     <t>Requer da Prefeita Municipal as seguintes informações, no formato requisição de documentos:_x000D_
 * Rol indicando os terrenos reservados ao poder público municipal em todos os bairros e loteamentos da cidade, com a respectiva destinação;_x000D_
 * Dentre esses terrenos, quais estão em efetivo uso e espécies de utilização e os que ainda continuam não utilizados;_x000D_
 * Se todos foram escriturados em nome da municipalidade;_x000D_
 * Também, quantos deles foram ocupados por terceiros e qual tipo de ocupação;_x000D_
 * Dessas ocupações, quais possuem autorização da Prefeitura.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/880/pedido_de_inf._n_20_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/880/pedido_de_inf._n_20_2022.pdf</t>
   </si>
   <si>
     <t>Requer do Diretor do Centro Municipal de Saúde as seguintes informações:_x000D_
 - Qual a previsão para o retorno do micro ônibus que faz o transporte de pacientes para Goiânia?</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/881/pedido_de_inf._n_21_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/881/pedido_de_inf._n_21_2022.pdf</t>
   </si>
   <si>
     <t>Requer da Chefe do Poder Executivo as seguintes informações:_x000D_
 - A Praça Central Gaudêncio Rincon Segóvia possui guarda (vigia) trabalhando diuturnamente? Notamos que nosso patrimônio está sendo depredado, principalmente nos dias de feirinha... Diante disso, caso já exista essa prestação de serviço em todos os períodos, que seja reforçada, e em caso negativo, que seja providenciada com urgência que a situação requer.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/882/pedido_de_inf._n_22_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/882/pedido_de_inf._n_22_2022.pdf</t>
   </si>
   <si>
     <t>Considerando que o Estado de Goiás aguarda a Lei de Doação para dar seguimento às construções das casas aqui em Pires do Rio, Solicito a seguinte Informação:_x000D_
 01 - O Motivo da demora em encaminhar o novo Projeto de Lei indicando os imóveis do Município que serão doados para construção das casas sociais, e se ainda for demorar o envio, qual a previsão de conclusão e encaminhamento do PL para esta casa?</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/883/pedido_de_inf._n_23_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/883/pedido_de_inf._n_23_2022.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento da presente Pedido de Informação à Prefeita do Município e à Secretária de Administração Dra. Fernanda Barbosa. Foi constatado que após análise dos Decretos emitidos no mês de Dezembro/2021, identificou-se a ausência das publicações de alguns decretos de 2022. Dito isso, Solicito as seguintes informações:_x000D_
 01 - Qual motivo de tais decretos não terem sido publicados, vez que se passaram meses dos atos praticados;_x000D_
 02 - Apresente o conteúdo de cada Decreto não publicado, de preferência com a sua cópia integral;_x000D_
 03 - Acaso tenha sido revogado ou qualquer outro erro material, sejam apresentadas as justificativas e o ato de revogação;</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>DENILSON CASTRO, RODRIGUINHO DA ÓTICA, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/884/pedido_de_inf._n_24_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/884/pedido_de_inf._n_24_2022.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora deste Poder Legislativo, nos termos do artigo 8°, do Regimento Interno, e após o conhecimento do Plenário, envia ofício a Vossa Excelência para que, em caráter de urgência, informe, pormenorizadamente, acerca do trâmite, fase e cumprimento de cada emenda impositiva apresentada pelos Vereadores desta Casa e previstas nas Leis Orçamentárias, haja vista a cobrança diária da população piresina que, com razão, necessita de maiores esclarecimentos.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/885/pedido_de_inf._n_25_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/885/pedido_de_inf._n_25_2022.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo as seguintes informações:_x000D_
 - Qual a previsão para escrituração dos imóveis aos seus atuais proprietários doados pelo município no Bairro Nadim Saud?</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/886/pedido_de_inf._n_26_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/886/pedido_de_inf._n_26_2022.pdf</t>
   </si>
   <si>
     <t>Requer do Secretário de Saúde do Município as seguintes informações:_x000D_
 1 - No último final de semana ocorreu o óbito de uma senhora, na residência em que morava;_x000D_
 2 - A morte foi decorrente de enfarto, o que se confirmou depois, através de exame no Instituto Médico Legal;_x000D_
 3 - Chamado para atender a triste ocorrência, o médico de plantão no Hospital Municipal compareceu ao local, mas não quis atestar o óbito, dizendo ser necessária a presença do IML;_x000D_
 4 - O corpo ficou em cômodo isolado pela polícia até as 5h00 do dia seguinte;_x000D_
 5 - A agonia dos familiares só aumentava, pois o IML liberou o corpo para o velório somente na parte da tarde._x000D_
 a) Esse procedimento adotado pelo médico é o normal, o corriqueiro, em qualquer ocorrência de óbito?_x000D_
 b) Qual o fundamento técnico e legal para a atitude desse profissional médico?</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/887/pedido_de_inf._n_27_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/887/pedido_de_inf._n_27_2022.pdf</t>
   </si>
   <si>
     <t>Solicita-se as seguintes informações:_x000D_
 02 - Como está a elaboração do projeto para construção do Canil e se o valor da Emenda Impositiva do Dep. Adriano do Baldy no valor de R$ 200 mil já foi liberada para o Município?</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/888/pedido_de_inf._n_28_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/888/pedido_de_inf._n_28_2022.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento da presente PEDIDO DE INFORMAÇÃO à Secretária de Administração e Gestão Dra. Fernanda Barbosa a fim de pontuar que em novembro/2021 foi encaminhado Ofício n° 098/2021 solicitando providências do Poder Executivo sobre a Doação de terreno do Município para construção de Hospital Veterinário, canil, crematório animal, canteiro de agricultura orgânica, casa do zelador e residência do médico, no total de área de 3.933,51m², solicitando providências desta Administração e resposta de seus resultados._x000D_
 Assim, considerando as questões apontadas faço o seguinte pedido de informação:_x000D_
 01 - Que informe as quais providências adotadas em relação à questão aportada, e envie cópia integral do processo administrativo, acaso exista.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/889/pedido_de_inf._n_29_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/889/pedido_de_inf._n_29_2022.pdf</t>
   </si>
   <si>
     <t>Solicito encaminhamento da presente PEDIDO DE INFORMAÇÃO à Secretária de Administração Dra. Fernanda Barbosa. No dia 31 de Agosto de 2021 encaminhei Requerimento solicitando diligências para apurar a situação dos imóveis doados pelo Município no Bairro Dr. Wilson (cópia anexa). Diante do prazo que já decorreu, SOLICITA as seguintes informações:_x000D_
 02 - Quais as providências adotadas e, acaso foram instaurados processos administrativos, sejam encaminhadas suas cópias.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/890/pedido_de_inf._n_30_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/890/pedido_de_inf._n_30_2022.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo as seguintes informações:_x000D_
 A Praça Central é considerada como um dos cartões postais, onde tem registrado parte da história dos nossos conterrâneos. Nada mais justo que aproveitar esse marco histórico do centenário para reativá-la, atendendo ao anseio do nosso povo, ressaltando que essa reivindicação foi feita inclusive desde o início do nosso mandato._x000D_
 - Existe alguma previsão para o seu funcionamento?</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/891/pedido_de_inf._n_31_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/891/pedido_de_inf._n_31_2022.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo as seguintes informações:_x000D_
 - Reitera solicitações feitas via Ofício n° 054/22 - solicitando que encaminha as Ordens de Pagamento.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/892/pedido_de_inf._n_32_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/892/pedido_de_inf._n_32_2022.pdf</t>
   </si>
   <si>
     <t>Considerando as atribuições do Controle Interno, SOLICITA-SE as seguintes informações:_x000D_
 01 - Informe a relação de TODOS os servidores efetivos ou comissionados que estão recebendo a GRATIFICAÇÃO DE REPRESENTAÇÃO, fazendo-se constar análise prévia da legalidade do recebimento. Após, encaminhe-se as manifestações em resposta à esta solicitação.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/893/pedido_de_inf._n_33_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/893/pedido_de_inf._n_33_2022.pdf</t>
   </si>
   <si>
     <t>Requer do Secretário de Saúde do Município as seguintes informações:_x000D_
 1- Estão sendo realizadas reuniões quadrimestrais para prestação de contas, consoantes o Art. 36 da Lei Complementar 141?_x000D_
 2 - Os usuários reclamam da falta de urbanidade de alguns servidores. Que providências estão sendo tomadas para melhorar o atendimento?_x000D_
 3 - Por que as fichas da regulação são encaminhadas com dados incompletos?_x000D_
 4 - Que medidas estão em estudo para melhorar os serviços de curativos?_x000D_
 5 - Quando se fará nova contratação de médico pediatra?_x000D_
 6 - Quais as especialidades médicas estão disponíveis nas unidades de saúde do Município? _x000D_
 7 - Quantos atendimentos semanais são efetuados pelos profissionais, conforme sua especialidade, nas unidades de saúde?</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/894/pedido_de_inf._n_34_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/894/pedido_de_inf._n_34_2022.pdf</t>
   </si>
   <si>
     <t>Requer da Prefeita Municipal as seguintes informações: Quais as Emendas Parlamentares foram pagas ao Município em 2021 e 2022; Qual o objetivo de cada Emenda; As Emendas que foram pagas foram destinadas de quais Parlamentares e em qual ano; O número do contrato/convênio dessas Emendas; O valor de cada Emenda; Quais delas já passaram pelo processo de licitação e quais empresas venceram o certame e as Emendas que não foram licitadas, informar o status atual.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/895/pedido_de_inf._n_35_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/895/pedido_de_inf._n_35_2022.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento da presente PEDIDO DE INFORMAÇÃO à Secretária de Administração Dra. Fernanda Barbosa. Considerando a importância do Conselho Municipal da Criança e do Adolescente, bem como ciente de que o Conselho encontra-se destituído, solicito que informe esta Casa assim que houve a nomeação da composição dos novos Conselheiros.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/896/pedido_de_inf._n_36_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/896/pedido_de_inf._n_36_2022.pdf</t>
   </si>
   <si>
     <t>Solicita-se e reitera-se o seguinte pedido de INFORMAÇÃO:_x000D_
 01 - Informe em análise prévia a legalidade do recebimento de cumulação de Gratificação com Cargo em Comissão, especificamente da lista dos nomes já analisados e respondidos no Ofício n° 00024/2022.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/897/pedido_de_inf._n_37_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/897/pedido_de_inf._n_37_2022.pdf</t>
   </si>
   <si>
     <t>Pela terceira vez, solicitam-se as seguintes INFORMAÇÕES E DOCUMENTOS:_x000D_
 01 - Documentos contábeis do Município oficiais que comprovam a transferência bancária do Município para o Procurador Jurídico referentes aos pagamentos dos meses de julho a setembro de 2022, nos quais incluem: nota de empenho, liquidação e extrato do comprovante de transferência bancária da conta do Município.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/898/pedido_de_inf._n_38_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/898/pedido_de_inf._n_38_2022.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo as seguintes informações:_x000D_
 -Qual a previsão para retomada dos trabalhos e conclusão dos serviços de pavimentação asfáltica das vias do Bairro Nadim Saud?</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/899/pedido_de_inf._n_39_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/899/pedido_de_inf._n_39_2022.pdf</t>
   </si>
   <si>
     <t>Conhecedor das necessidades e demandas de mobilidade urbana existentes no Município e do grande anseio do cidadão Piresino em ter uma cidade mais organizada, solicito as seguintes INFORMAÇÕES:_x000D_
 01 - Em qual lugar, prédio ou setor está organizada a Diretoria de Departamento de Trânsito e Mobilidade Urbana?_x000D_
 02 - E quais os projetos e programas previstos para desenvolvimento por esta Diretoria aqui no Município?</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/900/pedido_de_inf._n_40_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/900/pedido_de_inf._n_40_2022.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento da presente PEDIDO DE INFORMAÇÃO ao Secretário de Obras e Desenvolvimento Urbanos Jacob Saud Filho. Foi firmado contrato n° 01/2022 com a Empresa IRB Engenharia Eireli com objetivo de contratação de locação de 02 (dois) veículos, caminhões 4x2, equipado com compactadores de lixo, destinados à secretaria de desenvolvimento urbano, com vigência de 12 meses vigorando entre 03/01/2022 à 03/01/2023, com valor mensal de R$37.999,00 e valor global de R$ 455.988,00._x000D_
 Considerando as várias reclamações na coleta de lixo no Município em virtude de manutenção constantes dos caminhões locados, solicito as seguintes INFORMAÇÕES:_x000D_
 01 - Apresente o relatório do cumprimento da obrigação contratual, inclusive fazendo constar o controle dos dias em que os caminhões disponibilizados estavam em manutenção em oficinas._x000D_
 02 - Informe quais as placas dos caminhões (02 veículos) são disponibilizados pela empresa para cumprir o contrato;</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/901/pedido_de_inf._n_41_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/901/pedido_de_inf._n_41_2022.pdf</t>
   </si>
   <si>
     <t>Considerando que o valor do consumo do parque de iluminação pública é medido pela média de kwh e que durante este ano foram trocadas centenas de lâmpadas tradicionais para lâmpadas de LED, automaticamente o consumo pode ter havido alteração. Considerando ainda, que o Conselho do FUMIP - Fundo Municipal de Iluminação Pública -, não foi composto apesar de vários pedidos desta Casa, salta a necessidade desta Casa na fiscalização das verbas de arrecadação e aplicação. Dito isso, solicito as seguintes INFORMAÇÕES:_x000D_
 01 - Informe o detalhamento das despesas e receitas quanto à taxa de iluminação pública que se refere aos logradouros públicos dos anos de 2021 e 2022 até o mês que prestar as informações, devendo constar o relatório de consumo junto à ENEL.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/902/pedido_de_inf._n_42_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/902/pedido_de_inf._n_42_2022.pdf</t>
   </si>
   <si>
     <t>Solicita os seguintes pedidos de INFORMAÇÕES:_x000D_
 01 - Apresente a prestação de contas da Vigilância Epidemiológica dos anos 2021 e 2022, especificamente a rubrica "material de consumo", juntando e enviado à esta Casa TODAS AS NOTAS FISCAIS empenhadas e liquidadas;</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/903/pedido_de_inf._n_43_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/903/pedido_de_inf._n_43_2022.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento da presente PEDIDO DE INFORMAÇÃO, ao Presidente do Conselho de Saúde Municipal  Dr. João Guilherme. Foi aportado no meu Gabinete uma denúncia que já foi objeto de registro na Ouvidoria, onde o denunciante apresenta irregularidades nos gastos do Departamento de Endemias. Assim, ante a inércia de V. Senhoria em resposta esta Casa e fim de afastar responsabilidade sobre a não prestação de informação adequada e em tempo hábil solicito e reitero os seguintes pedidos de INFORMAÇÕES:_x000D_
 01 - Que apresente a Ata de aprovação das Contas de Saúde do ano de 2021, especificamente sobre as contas do Dep. De Vigilância Epidemiológica sob a rubrica "materiais de consumo", bem como junte o Parecer da Comissão de Finanças sobre o assunto;</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/904/pedido_de_inf._n_44_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/904/pedido_de_inf._n_44_2022.pdf</t>
   </si>
   <si>
     <t>Solicita os seguintes documentos:_x000D_
 01 - Encaminhe os Relatórios dos QUADROS "COMPARATIVO DAS DESPESAS AUTORIZADAS COM AS REALIZADAS" dos anos de 2021 e 2022.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/905/pedido_de_inf._n_45_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/905/pedido_de_inf._n_45_2022.pdf</t>
   </si>
   <si>
     <t>A fim de garantir o direito das crianças ao acesso à tecnologia, programa estabelecido pelo MEC, e que nossos computadores escolares estão virando sucatas em salas de depósitos nas Escolas, solicito as seguintes INFORMAÇÕES:_x000D_
 01 - Informe se há alguma previsão para manutenção dos computadores escolares e se há algum programa para reinstalar as máquinas para propiciar o acesso à tecnologia das crianças da rede Municipal de ensino. Caso haja, apresente o cronograma de execução.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/906/pedido_de_inf._n_46_2022.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/906/pedido_de_inf._n_46_2022.pdf</t>
   </si>
   <si>
     <t>Chegara ao meu gabinete (17/11/2022) fotos e relatos do uso do maquinário e de servidor municipal limpando área particular do Clube AABB, no qual os cidadãos que enviaram os materiais solicitaram respostas ao uso dos equipamentos e servidores do Município nesta atividade._x000D_
 Assim, a fim de elucidar a questão apontada por se tratar de bem público Municipal, solicito as seguintes INFORMAÇÕES:_x000D_
 01 - Qual motivo os maquinários do Município estavam trabalhando e limpando uma área particular - a citar do Clube AABB -, qual a finalidade pública para uso dos bens móveis e do trabalho de servidor naquele serviço.</t>
-  </si>
-[...40 lines deleted...]
-    <t>Altera Quadro de cargos e vencimentos dos servidores da Secretaria Administrativa da Câmara Municipal, e dá outras providências</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -3088,67 +3088,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/421/plo_n._001.22.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/422/plo_n._002.22.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/423/plo_n._003.22.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/424/plo_n._004.22.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/425/plo_n._004.22.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/431/plo_n._006.22.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/434/plo_n._007.22.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/435/plo_n._008.22.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/496/plo_n._009.22.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/436/plo_n._010.22.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/437/plo_n._011.22.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/438/plo_n._012.22.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/439/plo_n._013.22.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/440/plo_n._014.22.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/441/plo_n._015.22.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/442/plo_n._016.22.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/445/plo_n._017.22.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/446/plo_n._018.22.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/455/plo_n._019.22.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/495/plo_n._020.22.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/447/plo_n._021.22.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/529/plo_n._022.24.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/448/plo_n._023.22.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/456/plo_n._024.22.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/460/plo_n._025.22.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/457/plo_n._026.22.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/458/plo_n._027.22.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/526/plo_n._028.22.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/459/plo_n._029.22.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/461/plo_n._030.22.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/462/plo_n._031._22.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/463/plo_n._032.22.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/527/plo_n._033.22.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/464/plo_n._034.22.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/465/plo_n._035.22.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/492/plo_n._036.22.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/483/plo_n._037.22.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/466/plo_n._038.22.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/467/plo_n._039.22.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/468/plo_n._040.22.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/528/plo_n._041.22.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/494/plo_n._042.22.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/530/plo_n._043.22.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/469/plo_n._044.22.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/482/plo_n._045.22.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/531/plo_n._046.22.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/532/plo_n._047.22.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/470/plo_n._048.22.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/473/plc_n._001.22.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/474/plc_n._002.22.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/478/plc_n._003.22.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/533/plc_n._004.22.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/488/plc_n._005.22.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/479/plc_n._006.22.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/534/plc_n._007.22.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/480/plc_n._008.22.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/481/plc_n._009.22.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/487/plc_n._010.22.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/490/pdl_00122.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/491/pdl_00222.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/784/indicacao_n_001_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/785/indicacao_n_002_2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/786/indicacao_n_003_2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/787/indicacao_n_004_2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/788/indicacao_n_005_2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/789/indicacao_n_006_2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/790/indicacao_n_007_2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/791/indicacao_n_008_2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/792/indicacao_n_009_2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/793/indicacao_n_010_2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/794/indicacao_n_011_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/795/indicacao_n_012_2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/796/indicacao_n_013_2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/797/indicacao_n_014_2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/798/indicacao_n_015_2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/799/indicacao_n_016_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/800/indicacao_n_017_2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/801/indicacao_n_018_2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/802/indicacao_n_019_2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/803/indicacao_n_020_2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/804/indicacao_n_021_2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/805/indicacao_n_022_2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/806/indicacao_n_023_2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/807/indicacao_n_024_2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/808/indicacao_n_025_2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/809/indicacao_n_026_2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/810/indicacao_n_027_2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/811/indicacao_n_028_2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/812/indicacao_n_029_2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/813/indicacao_n_030_2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/815/indicacao_n_031_2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/816/indicacao_n_032_2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/817/indicacao_n_033_2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/818/indicacao_n_034_2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/819/indicacao_n_035_2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/820/indicacao_n_036_2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/821/indicacao_n_037_2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/822/indicacao_n_038_2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/823/indicacao_n_039_2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/824/indicacao_n_040_2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/825/indicacao_n_041_2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/826/indicacao_n_042_2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/827/indicacao_n_043_2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/828/indicacao_n_044_2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/829/indicacao_n_045_2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/830/indicacao_n_046_2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/831/indicacao_n_047_2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/832/indicacao_n_048_2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/833/indicacao_n_049_2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/834/indicacao_n_050_2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/835/indicacao_n_051_2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/836/indicacao_n_052_2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/837/indicacao_n_053_2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/838/indicacao_n_054_2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/839/indicacao_n_055_2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/840/indicacao_n_056_2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/841/indicacao_n_057_2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/842/indicacao_n_058_2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/843/indicacao_n_059_2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/844/indicacao_n_060_2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/845/indicacao_n_061_2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/846/indicacao_n_062_2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/847/indicacao_n_063_2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/848/indicacao_n_064_2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/849/indicacao_n_065_2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/850/indicacao_n_066_2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/851/indicacao_n_067_2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/852/indicacao_n_068_2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/853/indicacao_n_069_2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/854/indicacao_n_070_2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/855/indicacao_n_071_2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/856/indicacao_n_072_2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/857/indicacao_n_073_2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/858/indicacao_n_074_2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/859/indicacao_n_075_2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/860/indicacao_n_076_2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/980/requer._n_001_2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/981/requer._n_002_2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/982/requer._n_003_2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/983/requer._n_004_2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/984/requer._n_005_2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/985/requer._n_006_2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/986/requer._n_007_2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/987/requer._n_008_2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/988/requer._n_009_2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/989/requer._n_010_2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/990/requer._n_011_2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/991/requer._n_014_2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/992/requer._n_016_2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/993/requer._n_017_2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/995/requer._n_018_2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/997/requer._n_019_2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/998/requer._n_020_2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/999/requer._n_021_2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1000/requer._n_022_2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1001/requer._n_023_2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1002/requer._n_024_2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1003/requer._n_028_2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1004/requer._n_029_2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1005/requer._n_030_2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1006/requer._n_031_2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1007/requer._n_032_2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1008/requer._n_033_2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1009/requer._n_034_2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1010/requer._n_035_2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1011/requer._n_037_2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1012/requer._n_038_2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1013/requer._n_040_2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1014/requer._n_041_2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1015/requer._n_042_2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1016/requer._n_043_2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1017/requer._n_044_2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1018/requer._n_047_2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1019/requer._n_048_2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1020/requer._n_049_2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1021/requer._n_050_2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1022/requer._n_051_2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1023/requer._n_052_2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1024/requer._n_053_2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1025/requer._n_054_2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1026/requer._n_055_2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1027/requer._n_058_2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1028/requer._n_059_2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1029/requer._n_060_2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1030/requer._n_061_2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1031/requer._n_062_2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1032/requer._n_063_2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1033/requer._n_064_2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1034/requer._n_065_2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1035/requer._n_066_2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1036/requer._n_067_2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1037/requer._n_068_2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1038/requer._n_070_2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1039/requer._n_071_2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1040/requer._n_072_2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1041/requer._n_073_2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/861/pedido_de_inf._n_01_2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/862/pedido_de_inf._n_02_2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/863/pedido_de_inf._n_03_2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/864/pedido_de_inf._n_04_2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/865/pedido_de_inf._n_05_2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/866/pedido_de_inf._n_06_2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/867/pedido_de_inf._n_07_2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/868/pedido_de_inf._n_08_2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/869/pedido_de_inf._n_09_2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/870/pedido_de_inf._n_10_2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/871/pedido_de_inf._n_11_2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/872/pedido_de_inf._n_12_2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/873/pedido_de_inf._n_13_2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/874/pedido_de_inf._n_14_2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/875/pedido_de_inf._n_15_2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/876/pedido_de_inf._n_16_2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/877/pedido_de_inf._n_17_2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/878/pedido_de_inf._n_18_2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/879/pedido_de_inf._n_19_2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/880/pedido_de_inf._n_20_2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/881/pedido_de_inf._n_21_2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/882/pedido_de_inf._n_22_2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/883/pedido_de_inf._n_23_2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/884/pedido_de_inf._n_24_2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/885/pedido_de_inf._n_25_2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/886/pedido_de_inf._n_26_2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/887/pedido_de_inf._n_27_2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/888/pedido_de_inf._n_28_2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/889/pedido_de_inf._n_29_2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/890/pedido_de_inf._n_30_2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/891/pedido_de_inf._n_31_2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/892/pedido_de_inf._n_32_2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/893/pedido_de_inf._n_33_2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/894/pedido_de_inf._n_34_2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/895/pedido_de_inf._n_35_2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/896/pedido_de_inf._n_36_2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/897/pedido_de_inf._n_37_2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/898/pedido_de_inf._n_38_2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/899/pedido_de_inf._n_39_2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/900/pedido_de_inf._n_40_2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/901/pedido_de_inf._n_41_2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/902/pedido_de_inf._n_42_2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/903/pedido_de_inf._n_43_2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/904/pedido_de_inf._n_44_2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/905/pedido_de_inf._n_45_2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/906/pedido_de_inf._n_46_2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/484/projeto_de_emenda_a_lom_n._001.22.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/485/projeto_de_resolucao_n._001.22.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/486/projeto_de_resolucao_n._002.22.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/484/projeto_de_emenda_a_lom_n._001.22.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/473/plc_n._001.22.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/474/plc_n._002.22.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/478/plc_n._003.22.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/533/plc_n._004.22.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/488/plc_n._005.22.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/479/plc_n._006.22.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/534/plc_n._007.22.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/480/plc_n._008.22.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/481/plc_n._009.22.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/487/plc_n._010.22.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/421/plo_n._001.22.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/422/plo_n._002.22.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/423/plo_n._003.22.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/424/plo_n._004.22.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/425/plo_n._004.22.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/431/plo_n._006.22.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/434/plo_n._007.22.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/435/plo_n._008.22.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/496/plo_n._009.22.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/436/plo_n._010.22.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/437/plo_n._011.22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/438/plo_n._012.22.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/439/plo_n._013.22.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/440/plo_n._014.22.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/441/plo_n._015.22.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/442/plo_n._016.22.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/445/plo_n._017.22.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/446/plo_n._018.22.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/455/plo_n._019.22.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/495/plo_n._020.22.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/447/plo_n._021.22.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/529/plo_n._022.24.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/448/plo_n._023.22.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/456/plo_n._024.22.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/460/plo_n._025.22.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/457/plo_n._026.22.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/458/plo_n._027.22.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/526/plo_n._028.22.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/459/plo_n._029.22.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/461/plo_n._030.22.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/462/plo_n._031._22.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/463/plo_n._032.22.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/527/plo_n._033.22.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/464/plo_n._034.22.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/465/plo_n._035.22.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/492/plo_n._036.22.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/483/plo_n._037.22.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/466/plo_n._038.22.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/467/plo_n._039.22.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/468/plo_n._040.22.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/528/plo_n._041.22.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/494/plo_n._042.22.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/530/plo_n._043.22.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/469/plo_n._044.22.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/482/plo_n._045.22.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/531/plo_n._046.22.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/532/plo_n._047.22.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/470/plo_n._048.22.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/490/pdl_00122.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/491/pdl_00222.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/485/projeto_de_resolucao_n._001.22.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/486/projeto_de_resolucao_n._002.22.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/784/indicacao_n_001_2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/785/indicacao_n_002_2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/786/indicacao_n_003_2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/787/indicacao_n_004_2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/788/indicacao_n_005_2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/789/indicacao_n_006_2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/790/indicacao_n_007_2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/791/indicacao_n_008_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/792/indicacao_n_009_2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/793/indicacao_n_010_2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/794/indicacao_n_011_2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/795/indicacao_n_012_2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/796/indicacao_n_013_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/797/indicacao_n_014_2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/798/indicacao_n_015_2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/799/indicacao_n_016_2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/800/indicacao_n_017_2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/801/indicacao_n_018_2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/802/indicacao_n_019_2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/803/indicacao_n_020_2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/804/indicacao_n_021_2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/805/indicacao_n_022_2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/806/indicacao_n_023_2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/807/indicacao_n_024_2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/808/indicacao_n_025_2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/809/indicacao_n_026_2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/810/indicacao_n_027_2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/811/indicacao_n_028_2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/812/indicacao_n_029_2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/813/indicacao_n_030_2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/815/indicacao_n_031_2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/816/indicacao_n_032_2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/817/indicacao_n_033_2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/818/indicacao_n_034_2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/819/indicacao_n_035_2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/820/indicacao_n_036_2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/821/indicacao_n_037_2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/822/indicacao_n_038_2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/823/indicacao_n_039_2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/824/indicacao_n_040_2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/825/indicacao_n_041_2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/826/indicacao_n_042_2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/827/indicacao_n_043_2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/828/indicacao_n_044_2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/829/indicacao_n_045_2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/830/indicacao_n_046_2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/831/indicacao_n_047_2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/832/indicacao_n_048_2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/833/indicacao_n_049_2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/834/indicacao_n_050_2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/835/indicacao_n_051_2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/836/indicacao_n_052_2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/837/indicacao_n_053_2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/838/indicacao_n_054_2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/839/indicacao_n_055_2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/840/indicacao_n_056_2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/841/indicacao_n_057_2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/842/indicacao_n_058_2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/843/indicacao_n_059_2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/844/indicacao_n_060_2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/845/indicacao_n_061_2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/846/indicacao_n_062_2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/847/indicacao_n_063_2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/848/indicacao_n_064_2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/849/indicacao_n_065_2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/850/indicacao_n_066_2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/851/indicacao_n_067_2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/852/indicacao_n_068_2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/853/indicacao_n_069_2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/854/indicacao_n_070_2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/855/indicacao_n_071_2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/856/indicacao_n_072_2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/857/indicacao_n_073_2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/858/indicacao_n_074_2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/859/indicacao_n_075_2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/860/indicacao_n_076_2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/980/requer._n_001_2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/981/requer._n_002_2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/982/requer._n_003_2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/983/requer._n_004_2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/984/requer._n_005_2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/985/requer._n_006_2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/986/requer._n_007_2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/987/requer._n_008_2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/988/requer._n_009_2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/989/requer._n_010_2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/990/requer._n_011_2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/991/requer._n_014_2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/992/requer._n_016_2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/993/requer._n_017_2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/995/requer._n_018_2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/997/requer._n_019_2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/998/requer._n_020_2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/999/requer._n_021_2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1000/requer._n_022_2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1001/requer._n_023_2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1002/requer._n_024_2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1003/requer._n_028_2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1004/requer._n_029_2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1005/requer._n_030_2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1006/requer._n_031_2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1007/requer._n_032_2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1008/requer._n_033_2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1009/requer._n_034_2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1010/requer._n_035_2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1011/requer._n_037_2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1012/requer._n_038_2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1013/requer._n_040_2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1014/requer._n_041_2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1015/requer._n_042_2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1016/requer._n_043_2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1017/requer._n_044_2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1018/requer._n_047_2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1019/requer._n_048_2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1020/requer._n_049_2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1021/requer._n_050_2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1022/requer._n_051_2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1023/requer._n_052_2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1024/requer._n_053_2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1025/requer._n_054_2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1026/requer._n_055_2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1027/requer._n_058_2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1028/requer._n_059_2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1029/requer._n_060_2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1030/requer._n_061_2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1031/requer._n_062_2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1032/requer._n_063_2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1033/requer._n_064_2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1034/requer._n_065_2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1035/requer._n_066_2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1036/requer._n_067_2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1037/requer._n_068_2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1038/requer._n_070_2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1039/requer._n_071_2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1040/requer._n_072_2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/1041/requer._n_073_2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/861/pedido_de_inf._n_01_2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/862/pedido_de_inf._n_02_2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/863/pedido_de_inf._n_03_2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/864/pedido_de_inf._n_04_2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/865/pedido_de_inf._n_05_2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/866/pedido_de_inf._n_06_2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/867/pedido_de_inf._n_07_2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/868/pedido_de_inf._n_08_2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/869/pedido_de_inf._n_09_2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/870/pedido_de_inf._n_10_2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/871/pedido_de_inf._n_11_2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/872/pedido_de_inf._n_12_2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/873/pedido_de_inf._n_13_2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/874/pedido_de_inf._n_14_2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/875/pedido_de_inf._n_15_2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/876/pedido_de_inf._n_16_2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/877/pedido_de_inf._n_17_2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/878/pedido_de_inf._n_18_2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/879/pedido_de_inf._n_19_2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/880/pedido_de_inf._n_20_2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/881/pedido_de_inf._n_21_2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/882/pedido_de_inf._n_22_2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/883/pedido_de_inf._n_23_2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/884/pedido_de_inf._n_24_2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/885/pedido_de_inf._n_25_2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/886/pedido_de_inf._n_26_2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/887/pedido_de_inf._n_27_2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/888/pedido_de_inf._n_28_2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/889/pedido_de_inf._n_29_2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/890/pedido_de_inf._n_30_2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/891/pedido_de_inf._n_31_2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/892/pedido_de_inf._n_32_2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/893/pedido_de_inf._n_33_2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/894/pedido_de_inf._n_34_2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/895/pedido_de_inf._n_35_2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/896/pedido_de_inf._n_36_2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/897/pedido_de_inf._n_37_2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/898/pedido_de_inf._n_38_2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/899/pedido_de_inf._n_39_2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/900/pedido_de_inf._n_40_2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/901/pedido_de_inf._n_41_2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/902/pedido_de_inf._n_42_2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/903/pedido_de_inf._n_43_2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/904/pedido_de_inf._n_44_2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/905/pedido_de_inf._n_45_2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2022/906/pedido_de_inf._n_46_2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H246"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="224.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="110.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="109.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3168,6375 +3168,6375 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="H5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="H6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F7" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="H7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F8" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="H8" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F9" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="H9" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F10" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="H10" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="H11" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F12" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="H12" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F13" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="H13" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>67</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D14" t="s">
+        <v>62</v>
+      </c>
+      <c r="E14" t="s">
         <v>63</v>
       </c>
-      <c r="B14" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F14" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="H14" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F15" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="H15" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F16" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="H16" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>76</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F17" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H17" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>79</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
+        <v>41</v>
+      </c>
+      <c r="D18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E18" t="s">
+        <v>63</v>
+      </c>
+      <c r="F18" t="s">
+        <v>29</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="D18" t="s">
-[...8 lines deleted...]
-      <c r="G18" s="1" t="s">
+      <c r="H18" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>82</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>45</v>
+      </c>
+      <c r="D19" t="s">
+        <v>62</v>
+      </c>
+      <c r="E19" t="s">
+        <v>63</v>
+      </c>
+      <c r="F19" t="s">
+        <v>29</v>
+      </c>
+      <c r="G19" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="B19" t="s">
-[...2 lines deleted...]
-      <c r="C19" t="s">
+      <c r="H19" t="s">
         <v>84</v>
-      </c>
-[...13 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>49</v>
+      </c>
+      <c r="D20" t="s">
+        <v>62</v>
+      </c>
+      <c r="E20" t="s">
+        <v>63</v>
+      </c>
+      <c r="F20" t="s">
+        <v>29</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="H20" t="s">
         <v>87</v>
-      </c>
-[...19 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>92</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="H21" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>96</v>
+        <v>58</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E22" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F22" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="H22" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E23" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F23" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="H23" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E24" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F24" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="H24" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E25" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F25" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="H25" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E26" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F26" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="H26" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E27" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F27" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="H27" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E28" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F28" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="H28" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E29" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F29" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="H29" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E30" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F30" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="H30" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E31" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F31" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="H31" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E32" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F32" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="H32" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E33" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F33" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="H33" t="s">
-        <v>102</v>
+        <v>137</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E34" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F34" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="H34" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E35" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F35" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="H35" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E36" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F36" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="H36" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E37" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F37" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="H37" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E38" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F38" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="H38" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E39" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F39" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="H39" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E40" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F40" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="H40" t="s">
-        <v>86</v>
+        <v>165</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>166</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>167</v>
+      </c>
+      <c r="D41" t="s">
+        <v>62</v>
+      </c>
+      <c r="E41" t="s">
+        <v>63</v>
+      </c>
+      <c r="F41" t="s">
+        <v>29</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="H41" t="s">
         <v>169</v>
-      </c>
-[...19 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E42" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F42" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="H42" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E43" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F43" t="s">
-        <v>180</v>
+        <v>29</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="H43" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E44" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F44" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="H44" t="s">
-        <v>186</v>
+        <v>141</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E45" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F45" t="s">
-        <v>189</v>
+        <v>29</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="H45" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="D46" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E46" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F46" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="H46" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E47" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F47" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="H47" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E48" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F48" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="H48" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>204</v>
+        <v>197</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>205</v>
+        <v>198</v>
       </c>
       <c r="D49" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E49" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F49" t="s">
-        <v>206</v>
+        <v>29</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="H49" t="s">
-        <v>208</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>209</v>
+        <v>201</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>10</v>
+        <v>202</v>
       </c>
       <c r="D50" t="s">
-        <v>210</v>
+        <v>62</v>
       </c>
       <c r="E50" t="s">
-        <v>211</v>
+        <v>63</v>
       </c>
       <c r="F50" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="H50" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>214</v>
+        <v>205</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>17</v>
+        <v>206</v>
       </c>
       <c r="D51" t="s">
-        <v>210</v>
+        <v>62</v>
       </c>
       <c r="E51" t="s">
-        <v>211</v>
+        <v>63</v>
       </c>
       <c r="F51" t="s">
-        <v>215</v>
+        <v>29</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="H51" t="s">
-        <v>217</v>
+        <v>125</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>22</v>
+        <v>209</v>
       </c>
       <c r="D52" t="s">
+        <v>62</v>
+      </c>
+      <c r="E52" t="s">
+        <v>63</v>
+      </c>
+      <c r="F52" t="s">
         <v>210</v>
       </c>
-      <c r="E52" t="s">
+      <c r="G52" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="F52" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H52" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>221</v>
+        <v>213</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>26</v>
+        <v>214</v>
       </c>
       <c r="D53" t="s">
-        <v>210</v>
+        <v>62</v>
       </c>
       <c r="E53" t="s">
-        <v>211</v>
+        <v>63</v>
       </c>
       <c r="F53" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="H53" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>31</v>
+        <v>218</v>
       </c>
       <c r="D54" t="s">
-        <v>210</v>
+        <v>62</v>
       </c>
       <c r="E54" t="s">
-        <v>211</v>
+        <v>63</v>
       </c>
       <c r="F54" t="s">
-        <v>56</v>
+        <v>219</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="H54" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>35</v>
+        <v>223</v>
       </c>
       <c r="D55" t="s">
-        <v>210</v>
+        <v>62</v>
       </c>
       <c r="E55" t="s">
-        <v>211</v>
+        <v>63</v>
       </c>
       <c r="F55" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="H55" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>226</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>227</v>
+      </c>
+      <c r="D56" t="s">
+        <v>62</v>
+      </c>
+      <c r="E56" t="s">
+        <v>63</v>
+      </c>
+      <c r="F56" t="s">
+        <v>228</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="H56" t="s">
         <v>230</v>
-      </c>
-[...19 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>231</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>232</v>
+      </c>
+      <c r="D57" t="s">
+        <v>62</v>
+      </c>
+      <c r="E57" t="s">
+        <v>63</v>
+      </c>
+      <c r="F57" t="s">
+        <v>29</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="B57" t="s">
-[...14 lines deleted...]
-      <c r="G57" s="1" t="s">
+      <c r="H57" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>235</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
         <v>236</v>
       </c>
-      <c r="B58" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D58" t="s">
-        <v>210</v>
+        <v>62</v>
       </c>
       <c r="E58" t="s">
-        <v>211</v>
+        <v>63</v>
       </c>
       <c r="F58" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>237</v>
       </c>
       <c r="H58" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>239</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>51</v>
+        <v>240</v>
       </c>
       <c r="D59" t="s">
-        <v>210</v>
+        <v>62</v>
       </c>
       <c r="E59" t="s">
-        <v>211</v>
+        <v>63</v>
       </c>
       <c r="F59" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H59" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>10</v>
+        <v>244</v>
       </c>
       <c r="D60" t="s">
-        <v>243</v>
+        <v>62</v>
       </c>
       <c r="E60" t="s">
-        <v>244</v>
+        <v>63</v>
       </c>
       <c r="F60" t="s">
-        <v>56</v>
+        <v>245</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="H60" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="E61" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="F61" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="H61" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>253</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>23</v>
+      </c>
+      <c r="D62" t="s">
+        <v>249</v>
+      </c>
+      <c r="E62" t="s">
         <v>250</v>
       </c>
-      <c r="B62" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F62" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="H62" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="E63" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="F63" t="s">
-        <v>256</v>
+        <v>64</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="H63" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D64" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="E64" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="F64" t="s">
-        <v>189</v>
+        <v>64</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="H64" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E65" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F65" t="s">
-        <v>180</v>
+        <v>19</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="H65" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>269</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>23</v>
+      </c>
+      <c r="D66" t="s">
         <v>265</v>
       </c>
-      <c r="B66" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E66" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F66" t="s">
-        <v>56</v>
+        <v>270</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="H66" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="D67" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E67" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F67" t="s">
-        <v>171</v>
+        <v>228</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="H67" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="D68" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E68" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F68" t="s">
-        <v>56</v>
+        <v>219</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="H68" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="D69" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E69" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F69" t="s">
-        <v>180</v>
+        <v>19</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="H69" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="D70" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E70" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F70" t="s">
-        <v>180</v>
+        <v>210</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="H70" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="D71" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E71" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F71" t="s">
-        <v>281</v>
+        <v>19</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="H71" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="D72" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E72" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F72" t="s">
-        <v>281</v>
+        <v>219</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="H72" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="D73" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E73" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F73" t="s">
-        <v>281</v>
+        <v>219</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="H73" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="D74" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E74" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F74" t="s">
-        <v>281</v>
+        <v>295</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="H74" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>68</v>
+        <v>95</v>
       </c>
       <c r="D75" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E75" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F75" t="s">
-        <v>281</v>
+        <v>295</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="H75" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>72</v>
+        <v>99</v>
       </c>
       <c r="D76" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E76" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F76" t="s">
-        <v>281</v>
+        <v>295</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="H76" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>76</v>
+        <v>103</v>
       </c>
       <c r="D77" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E77" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F77" t="s">
-        <v>281</v>
+        <v>295</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="H77" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>80</v>
+        <v>107</v>
       </c>
       <c r="D78" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E78" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F78" t="s">
-        <v>281</v>
+        <v>295</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="H78" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>84</v>
+        <v>111</v>
       </c>
       <c r="D79" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E79" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F79" t="s">
-        <v>171</v>
+        <v>295</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="H79" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>88</v>
+        <v>115</v>
       </c>
       <c r="D80" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E80" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F80" t="s">
-        <v>56</v>
+        <v>295</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="H80" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>92</v>
+        <v>119</v>
       </c>
       <c r="D81" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E81" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F81" t="s">
-        <v>56</v>
+        <v>295</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="H81" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>96</v>
+        <v>123</v>
       </c>
       <c r="D82" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E82" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F82" t="s">
-        <v>56</v>
+        <v>210</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="H82" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>100</v>
+        <v>127</v>
       </c>
       <c r="D83" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E83" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F83" t="s">
-        <v>318</v>
+        <v>19</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="H83" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>104</v>
+        <v>131</v>
       </c>
       <c r="D84" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E84" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F84" t="s">
-        <v>322</v>
+        <v>19</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="H84" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>108</v>
+        <v>135</v>
       </c>
       <c r="D85" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E85" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F85" t="s">
-        <v>326</v>
+        <v>19</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="H85" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>112</v>
+        <v>139</v>
       </c>
       <c r="D86" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E86" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F86" t="s">
-        <v>56</v>
+        <v>332</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="H86" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="D87" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E87" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F87" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="H87" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="D88" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E88" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F88" t="s">
-        <v>322</v>
+        <v>340</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="H88" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>124</v>
+        <v>151</v>
       </c>
       <c r="D89" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E89" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F89" t="s">
-        <v>171</v>
+        <v>19</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="H89" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>128</v>
+        <v>155</v>
       </c>
       <c r="D90" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E90" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F90" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="H90" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>132</v>
+        <v>159</v>
       </c>
       <c r="D91" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E91" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F91" t="s">
-        <v>346</v>
+        <v>336</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="H91" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>136</v>
+        <v>163</v>
       </c>
       <c r="D92" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E92" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F92" t="s">
-        <v>350</v>
+        <v>210</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="H92" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>140</v>
+        <v>167</v>
       </c>
       <c r="D93" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E93" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F93" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="H93" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>143</v>
+        <v>171</v>
       </c>
       <c r="D94" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E94" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F94" t="s">
-        <v>180</v>
+        <v>360</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="H94" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>147</v>
+        <v>175</v>
       </c>
       <c r="D95" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E95" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F95" t="s">
-        <v>215</v>
+        <v>364</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="H95" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>151</v>
+        <v>179</v>
       </c>
       <c r="D96" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E96" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F96" t="s">
-        <v>326</v>
+        <v>368</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="H96" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>155</v>
+        <v>182</v>
       </c>
       <c r="D97" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E97" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F97" t="s">
-        <v>367</v>
+        <v>219</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="H97" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>159</v>
+        <v>186</v>
       </c>
       <c r="D98" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E98" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F98" t="s">
-        <v>371</v>
+        <v>24</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="H98" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>163</v>
+        <v>190</v>
       </c>
       <c r="D99" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E99" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F99" t="s">
-        <v>375</v>
+        <v>340</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="H99" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>167</v>
+        <v>194</v>
       </c>
       <c r="D100" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E100" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F100" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="H100" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>170</v>
+        <v>198</v>
       </c>
       <c r="D101" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E101" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F101" t="s">
-        <v>171</v>
+        <v>385</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="H101" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>175</v>
+        <v>202</v>
       </c>
       <c r="D102" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E102" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F102" t="s">
-        <v>189</v>
+        <v>389</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="H102" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>179</v>
+        <v>206</v>
       </c>
       <c r="D103" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E103" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F103" t="s">
-        <v>189</v>
+        <v>393</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="H103" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>184</v>
+        <v>209</v>
       </c>
       <c r="D104" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E104" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F104" t="s">
-        <v>392</v>
+        <v>210</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="H104" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>188</v>
+        <v>214</v>
       </c>
       <c r="D105" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E105" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F105" t="s">
-        <v>215</v>
+        <v>228</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="H105" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>193</v>
+        <v>218</v>
       </c>
       <c r="D106" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E106" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F106" t="s">
-        <v>215</v>
+        <v>228</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="H106" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>197</v>
+        <v>223</v>
       </c>
       <c r="D107" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E107" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F107" t="s">
-        <v>56</v>
+        <v>406</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="H107" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>201</v>
+        <v>227</v>
       </c>
       <c r="D108" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E108" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F108" t="s">
-        <v>180</v>
+        <v>24</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="H108" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>205</v>
+        <v>232</v>
       </c>
       <c r="D109" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E109" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F109" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="H109" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>411</v>
+        <v>236</v>
       </c>
       <c r="D110" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E110" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F110" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="H110" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>415</v>
+        <v>240</v>
       </c>
       <c r="D111" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E111" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F111" t="s">
-        <v>56</v>
+        <v>219</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="H111" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>419</v>
+        <v>244</v>
       </c>
       <c r="D112" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E112" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F112" t="s">
-        <v>189</v>
+        <v>19</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="H112" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="D113" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E113" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F113" t="s">
-        <v>215</v>
+        <v>19</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="H113" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="D114" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E114" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F114" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="H114" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="D115" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E115" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F115" t="s">
-        <v>318</v>
+        <v>228</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="H115" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="D116" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E116" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F116" t="s">
-        <v>215</v>
+        <v>24</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="H116" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="D117" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E117" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F117" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="H117" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="D118" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E118" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F118" t="s">
-        <v>56</v>
+        <v>332</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="H118" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D119" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E119" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F119" t="s">
-        <v>180</v>
+        <v>24</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="H119" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="D120" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E120" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F120" t="s">
-        <v>171</v>
+        <v>19</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="H120" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="D121" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E121" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F121" t="s">
-        <v>215</v>
+        <v>19</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="H121" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="D122" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E122" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F122" t="s">
-        <v>171</v>
+        <v>219</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="H122" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="D123" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E123" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F123" t="s">
-        <v>326</v>
+        <v>210</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="H123" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="D124" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E124" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F124" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="H124" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="D125" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E125" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F125" t="s">
-        <v>472</v>
+        <v>210</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="H125" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D126" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E126" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F126" t="s">
-        <v>326</v>
+        <v>340</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="H126" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D127" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E127" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F127" t="s">
-        <v>326</v>
+        <v>19</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="H127" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="D128" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E128" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F128" t="s">
-        <v>215</v>
+        <v>486</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="H128" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="D129" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E129" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F129" t="s">
-        <v>189</v>
+        <v>340</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="H129" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="D130" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E130" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F130" t="s">
-        <v>56</v>
+        <v>340</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="H130" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="D131" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E131" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F131" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="H131" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="D132" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E132" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F132" t="s">
-        <v>318</v>
+        <v>228</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="H132" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="D133" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E133" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F133" t="s">
-        <v>505</v>
+        <v>19</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="H133" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D134" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E134" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F134" t="s">
-        <v>215</v>
+        <v>19</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="H134" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D135" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E135" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F135" t="s">
-        <v>514</v>
+        <v>332</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>515</v>
       </c>
       <c r="H135" t="s">
         <v>516</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>517</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>518</v>
       </c>
       <c r="D136" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E136" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F136" t="s">
-        <v>180</v>
+        <v>519</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="H136" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D137" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="E137" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="F137" t="s">
-        <v>180</v>
+        <v>24</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="H137" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>10</v>
+        <v>527</v>
       </c>
       <c r="D138" t="s">
-        <v>526</v>
+        <v>265</v>
       </c>
       <c r="E138" t="s">
-        <v>527</v>
+        <v>266</v>
       </c>
       <c r="F138" t="s">
-        <v>367</v>
+        <v>528</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="H138" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>17</v>
+        <v>532</v>
       </c>
       <c r="D139" t="s">
-        <v>526</v>
+        <v>265</v>
       </c>
       <c r="E139" t="s">
-        <v>527</v>
+        <v>266</v>
       </c>
       <c r="F139" t="s">
-        <v>531</v>
+        <v>219</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="H139" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>22</v>
+        <v>536</v>
       </c>
       <c r="D140" t="s">
-        <v>526</v>
+        <v>265</v>
       </c>
       <c r="E140" t="s">
-        <v>527</v>
+        <v>266</v>
       </c>
       <c r="F140" t="s">
-        <v>189</v>
+        <v>219</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="H140" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D141" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E141" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F141" t="s">
-        <v>215</v>
+        <v>381</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="H141" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>544</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>23</v>
+      </c>
+      <c r="D142" t="s">
         <v>540</v>
       </c>
-      <c r="B142" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E142" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F142" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="H142" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="D143" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E143" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F143" t="s">
-        <v>56</v>
+        <v>228</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="H143" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="D144" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E144" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F144" t="s">
-        <v>189</v>
+        <v>24</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="H144" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="D145" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E145" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F145" t="s">
-        <v>215</v>
+        <v>555</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="H145" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="D146" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E146" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F146" t="s">
-        <v>367</v>
+        <v>19</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="H146" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="D147" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E147" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F147" t="s">
-        <v>367</v>
+        <v>228</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="H147" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="D148" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E148" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F148" t="s">
-        <v>171</v>
+        <v>24</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="H148" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="D149" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E149" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F149" t="s">
-        <v>322</v>
+        <v>381</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="H149" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>76</v>
+        <v>58</v>
       </c>
       <c r="D150" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E150" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F150" t="s">
-        <v>189</v>
+        <v>381</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="H150" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="D151" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E151" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F151" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="H151" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>84</v>
+        <v>107</v>
       </c>
       <c r="D152" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E152" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F152" t="s">
-        <v>56</v>
+        <v>336</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="H152" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>88</v>
+        <v>115</v>
       </c>
       <c r="D153" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E153" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F153" t="s">
-        <v>215</v>
+        <v>228</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="H153" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>92</v>
+        <v>119</v>
       </c>
       <c r="D154" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E154" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F154" t="s">
-        <v>578</v>
+        <v>24</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="H154" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>96</v>
+        <v>123</v>
       </c>
       <c r="D155" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E155" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F155" t="s">
-        <v>582</v>
+        <v>19</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="H155" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>100</v>
+        <v>127</v>
       </c>
       <c r="D156" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E156" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F156" t="s">
-        <v>586</v>
+        <v>24</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="H156" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>104</v>
+        <v>131</v>
       </c>
       <c r="D157" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E157" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F157" t="s">
-        <v>215</v>
+        <v>592</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="H157" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>108</v>
+        <v>135</v>
       </c>
       <c r="D158" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E158" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F158" t="s">
-        <v>215</v>
+        <v>596</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="H158" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>124</v>
+        <v>139</v>
       </c>
       <c r="D159" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E159" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F159" t="s">
-        <v>171</v>
+        <v>600</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="H159" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>128</v>
+        <v>143</v>
       </c>
       <c r="D160" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E160" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F160" t="s">
-        <v>599</v>
+        <v>24</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="H160" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="D161" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E161" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F161" t="s">
-        <v>603</v>
+        <v>24</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="H161" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>136</v>
+        <v>163</v>
       </c>
       <c r="D162" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E162" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F162" t="s">
-        <v>603</v>
+        <v>210</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="H162" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>140</v>
+        <v>167</v>
       </c>
       <c r="D163" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E163" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F163" t="s">
-        <v>603</v>
+        <v>613</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="H163" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>143</v>
+        <v>171</v>
       </c>
       <c r="D164" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E164" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F164" t="s">
-        <v>322</v>
+        <v>617</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="H164" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>147</v>
+        <v>175</v>
       </c>
       <c r="D165" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E165" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F165" t="s">
-        <v>56</v>
+        <v>617</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="H165" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>151</v>
+        <v>179</v>
       </c>
       <c r="D166" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E166" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F166" t="s">
-        <v>215</v>
+        <v>617</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="H166" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>159</v>
+        <v>182</v>
       </c>
       <c r="D167" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E167" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F167" t="s">
-        <v>326</v>
+        <v>336</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="H167" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>163</v>
+        <v>186</v>
       </c>
       <c r="D168" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E168" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F168" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="H168" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>170</v>
+        <v>190</v>
       </c>
       <c r="D169" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E169" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F169" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="H169" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="D170" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E170" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F170" t="s">
-        <v>56</v>
+        <v>340</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="H170" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>179</v>
+        <v>202</v>
       </c>
       <c r="D171" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E171" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F171" t="s">
-        <v>189</v>
+        <v>19</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="H171" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>184</v>
+        <v>209</v>
       </c>
       <c r="D172" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E172" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F172" t="s">
-        <v>637</v>
+        <v>19</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="H172" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>188</v>
+        <v>214</v>
       </c>
       <c r="D173" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E173" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F173" t="s">
-        <v>215</v>
+        <v>19</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="H173" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>201</v>
+        <v>218</v>
       </c>
       <c r="D174" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E174" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F174" t="s">
-        <v>644</v>
+        <v>228</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="H174" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>205</v>
+        <v>223</v>
       </c>
       <c r="D175" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E175" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F175" t="s">
-        <v>342</v>
+        <v>651</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="H175" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>411</v>
+        <v>227</v>
       </c>
       <c r="D176" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E176" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F176" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="H176" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>415</v>
+        <v>240</v>
       </c>
       <c r="D177" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E177" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F177" t="s">
-        <v>215</v>
+        <v>658</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="H177" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>419</v>
+        <v>244</v>
       </c>
       <c r="D178" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E178" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F178" t="s">
-        <v>56</v>
+        <v>356</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="H178" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="D179" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E179" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F179" t="s">
-        <v>180</v>
+        <v>50</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="H179" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="D180" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E180" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F180" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="H180" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="D181" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E181" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F181" t="s">
-        <v>180</v>
+        <v>19</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="H181" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="D182" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E182" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F182" t="s">
-        <v>56</v>
+        <v>219</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="H182" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="D183" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E183" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F183" t="s">
-        <v>318</v>
+        <v>19</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="H183" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="D184" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E184" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F184" t="s">
-        <v>56</v>
+        <v>219</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="H184" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="D185" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E185" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F185" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="H185" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="D186" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E186" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F186" t="s">
-        <v>56</v>
+        <v>332</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="H186" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="D187" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E187" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F187" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="H187" t="s">
-        <v>685</v>
+        <v>690</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>686</v>
+        <v>691</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="D188" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E188" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F188" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
       <c r="H188" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="D189" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E189" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F189" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="H189" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D190" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E190" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F190" t="s">
-        <v>693</v>
+        <v>19</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="H190" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D191" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E191" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F191" t="s">
-        <v>215</v>
+        <v>19</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="H191" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="D192" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E192" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F192" t="s">
-        <v>700</v>
+        <v>19</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="H192" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="D193" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E193" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F193" t="s">
-        <v>215</v>
+        <v>707</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="H193" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="D194" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E194" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F194" t="s">
-        <v>342</v>
+        <v>24</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="H194" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="D195" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E195" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F195" t="s">
-        <v>342</v>
+        <v>714</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
       <c r="H195" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="D196" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E196" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F196" t="s">
-        <v>215</v>
+        <v>24</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="H196" t="s">
-        <v>705</v>
+        <v>719</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>714</v>
+        <v>720</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D197" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="E197" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="F197" t="s">
-        <v>326</v>
+        <v>356</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>715</v>
+        <v>721</v>
       </c>
       <c r="H197" t="s">
-        <v>705</v>
+        <v>722</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>716</v>
+        <v>723</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>10</v>
+        <v>514</v>
       </c>
       <c r="D198" t="s">
-        <v>717</v>
+        <v>540</v>
       </c>
       <c r="E198" t="s">
-        <v>718</v>
+        <v>541</v>
       </c>
       <c r="F198" t="s">
-        <v>56</v>
+        <v>356</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="H198" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>17</v>
+        <v>518</v>
       </c>
       <c r="D199" t="s">
-        <v>717</v>
+        <v>540</v>
       </c>
       <c r="E199" t="s">
-        <v>718</v>
+        <v>541</v>
       </c>
       <c r="F199" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="H199" t="s">
-        <v>723</v>
+        <v>719</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>22</v>
+        <v>523</v>
       </c>
       <c r="D200" t="s">
-        <v>717</v>
+        <v>540</v>
       </c>
       <c r="E200" t="s">
-        <v>718</v>
+        <v>541</v>
       </c>
       <c r="F200" t="s">
-        <v>56</v>
+        <v>340</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="H200" t="s">
-        <v>726</v>
+        <v>719</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D201" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E201" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F201" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="H201" t="s">
-        <v>729</v>
+        <v>734</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>730</v>
+        <v>735</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="D202" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E202" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F202" t="s">
-        <v>599</v>
+        <v>19</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
       <c r="H202" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="D203" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E203" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F203" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
       <c r="H203" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="D204" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E204" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F204" t="s">
-        <v>326</v>
+        <v>19</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="H204" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="D205" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E205" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F205" t="s">
-        <v>56</v>
+        <v>613</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="H205" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="D206" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E206" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F206" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="H206" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="D207" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E207" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F207" t="s">
-        <v>56</v>
+        <v>340</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
       <c r="H207" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="D208" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E208" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F208" t="s">
-        <v>322</v>
+        <v>19</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="H208" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="D209" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E209" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F209" t="s">
-        <v>189</v>
+        <v>19</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
       <c r="H209" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="D210" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E210" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F210" t="s">
-        <v>189</v>
+        <v>19</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
       <c r="H210" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>757</v>
+        <v>762</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>68</v>
+        <v>95</v>
       </c>
       <c r="D211" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E211" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F211" t="s">
-        <v>56</v>
+        <v>336</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="H211" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>72</v>
+        <v>99</v>
       </c>
       <c r="D212" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E212" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F212" t="s">
-        <v>56</v>
+        <v>228</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="H212" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>76</v>
+        <v>103</v>
       </c>
       <c r="D213" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E213" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F213" t="s">
-        <v>56</v>
+        <v>228</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="H213" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>80</v>
+        <v>107</v>
       </c>
       <c r="D214" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E214" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F214" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>767</v>
+        <v>772</v>
       </c>
       <c r="H214" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>84</v>
+        <v>111</v>
       </c>
       <c r="D215" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E215" t="s">
-        <v>718</v>
+        <v>732</v>
+      </c>
+      <c r="F215" t="s">
+        <v>19</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="H215" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>88</v>
+        <v>115</v>
       </c>
       <c r="D216" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E216" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F216" t="s">
-        <v>318</v>
+        <v>19</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="H216" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>775</v>
+        <v>780</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>92</v>
+        <v>119</v>
       </c>
       <c r="D217" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E217" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F217" t="s">
-        <v>326</v>
+        <v>19</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>776</v>
+        <v>781</v>
       </c>
       <c r="H217" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>778</v>
+        <v>783</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>96</v>
+        <v>123</v>
       </c>
       <c r="D218" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E218" t="s">
-        <v>718</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>732</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>779</v>
+        <v>784</v>
       </c>
       <c r="H218" t="s">
-        <v>780</v>
+        <v>785</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>781</v>
+        <v>786</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>100</v>
+        <v>127</v>
       </c>
       <c r="D219" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E219" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F219" t="s">
-        <v>56</v>
+        <v>332</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>782</v>
+        <v>787</v>
       </c>
       <c r="H219" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>784</v>
+        <v>789</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>104</v>
+        <v>131</v>
       </c>
       <c r="D220" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E220" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F220" t="s">
-        <v>56</v>
+        <v>340</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>785</v>
+        <v>790</v>
       </c>
       <c r="H220" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>108</v>
+        <v>135</v>
       </c>
       <c r="D221" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E221" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F221" t="s">
-        <v>788</v>
+        <v>336</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="H221" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>112</v>
+        <v>139</v>
       </c>
       <c r="D222" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E222" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F222" t="s">
-        <v>318</v>
+        <v>19</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="H222" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="D223" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E223" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F223" t="s">
-        <v>326</v>
+        <v>19</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="H223" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="D224" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E224" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F224" t="s">
-        <v>56</v>
+        <v>802</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
       <c r="H224" t="s">
-        <v>799</v>
+        <v>804</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>124</v>
+        <v>151</v>
       </c>
       <c r="D225" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E225" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F225" t="s">
-        <v>56</v>
+        <v>332</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
       <c r="H225" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>128</v>
+        <v>155</v>
       </c>
       <c r="D226" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E226" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F226" t="s">
-        <v>56</v>
+        <v>340</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>804</v>
+        <v>809</v>
       </c>
       <c r="H226" t="s">
-        <v>805</v>
+        <v>810</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>806</v>
+        <v>811</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>132</v>
+        <v>159</v>
       </c>
       <c r="D227" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E227" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F227" t="s">
-        <v>180</v>
+        <v>19</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
       <c r="H227" t="s">
-        <v>808</v>
+        <v>813</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>809</v>
+        <v>814</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>136</v>
+        <v>163</v>
       </c>
       <c r="D228" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E228" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F228" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
       <c r="H228" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>140</v>
+        <v>167</v>
       </c>
       <c r="D229" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E229" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F229" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
       <c r="H229" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>815</v>
+        <v>820</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>143</v>
+        <v>171</v>
       </c>
       <c r="D230" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E230" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F230" t="s">
-        <v>180</v>
+        <v>219</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>816</v>
+        <v>821</v>
       </c>
       <c r="H230" t="s">
-        <v>817</v>
+        <v>822</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>818</v>
+        <v>823</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>147</v>
+        <v>175</v>
       </c>
       <c r="D231" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E231" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F231" t="s">
-        <v>180</v>
+        <v>19</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="H231" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>821</v>
+        <v>826</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>151</v>
+        <v>179</v>
       </c>
       <c r="D232" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E232" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F232" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>822</v>
+        <v>827</v>
       </c>
       <c r="H232" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>824</v>
+        <v>829</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>155</v>
+        <v>182</v>
       </c>
       <c r="D233" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E233" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F233" t="s">
-        <v>56</v>
+        <v>219</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
       <c r="H233" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>827</v>
+        <v>832</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>159</v>
+        <v>186</v>
       </c>
       <c r="D234" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E234" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F234" t="s">
-        <v>56</v>
+        <v>219</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>828</v>
+        <v>833</v>
       </c>
       <c r="H234" t="s">
-        <v>829</v>
+        <v>834</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>830</v>
+        <v>835</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>163</v>
+        <v>190</v>
       </c>
       <c r="D235" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E235" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F235" t="s">
-        <v>318</v>
+        <v>19</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>831</v>
+        <v>836</v>
       </c>
       <c r="H235" t="s">
-        <v>832</v>
+        <v>837</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>167</v>
+        <v>194</v>
       </c>
       <c r="D236" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E236" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F236" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>834</v>
+        <v>839</v>
       </c>
       <c r="H236" t="s">
-        <v>835</v>
+        <v>840</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>836</v>
+        <v>841</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>170</v>
+        <v>198</v>
       </c>
       <c r="D237" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E237" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F237" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>837</v>
+        <v>842</v>
       </c>
       <c r="H237" t="s">
-        <v>838</v>
+        <v>843</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>839</v>
+        <v>844</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>175</v>
+        <v>202</v>
       </c>
       <c r="D238" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E238" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F238" t="s">
-        <v>56</v>
+        <v>332</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="H238" t="s">
-        <v>841</v>
+        <v>846</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>842</v>
+        <v>847</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>179</v>
+        <v>206</v>
       </c>
       <c r="D239" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E239" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F239" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>843</v>
+        <v>848</v>
       </c>
       <c r="H239" t="s">
-        <v>844</v>
+        <v>849</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>845</v>
+        <v>850</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>184</v>
+        <v>209</v>
       </c>
       <c r="D240" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E240" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F240" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>846</v>
+        <v>851</v>
       </c>
       <c r="H240" t="s">
-        <v>847</v>
+        <v>852</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>848</v>
+        <v>853</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>188</v>
+        <v>214</v>
       </c>
       <c r="D241" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E241" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F241" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>849</v>
+        <v>854</v>
       </c>
       <c r="H241" t="s">
-        <v>850</v>
+        <v>855</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>851</v>
+        <v>856</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>193</v>
+        <v>218</v>
       </c>
       <c r="D242" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E242" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F242" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>852</v>
+        <v>857</v>
       </c>
       <c r="H242" t="s">
-        <v>853</v>
+        <v>858</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>197</v>
+        <v>223</v>
       </c>
       <c r="D243" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="E243" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="F243" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>855</v>
+        <v>860</v>
       </c>
       <c r="H243" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>857</v>
+        <v>862</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>10</v>
+        <v>227</v>
       </c>
       <c r="D244" t="s">
-        <v>858</v>
+        <v>731</v>
       </c>
       <c r="E244" t="s">
-        <v>859</v>
+        <v>732</v>
       </c>
       <c r="F244" t="s">
-        <v>860</v>
+        <v>19</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="H244" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>10</v>
+        <v>232</v>
       </c>
       <c r="D245" t="s">
-        <v>864</v>
+        <v>731</v>
       </c>
       <c r="E245" t="s">
-        <v>865</v>
+        <v>732</v>
       </c>
       <c r="F245" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G245" s="1" t="s">
         <v>866</v>
       </c>
       <c r="H245" t="s">
         <v>867</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>868</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>17</v>
+        <v>236</v>
       </c>
       <c r="D246" t="s">
-        <v>864</v>
+        <v>731</v>
       </c>
       <c r="E246" t="s">
-        <v>865</v>
+        <v>732</v>
       </c>
       <c r="F246" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G246" s="1" t="s">
         <v>869</v>
       </c>
       <c r="H246" t="s">
         <v>870</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>