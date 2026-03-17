--- v0 (2025-12-09)
+++ v1 (2026-03-17)
@@ -36,4629 +36,4629 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>508</t>
+  </si>
+  <si>
+    <t>2021</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>PELOM</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda à Lei Orgânica</t>
+  </si>
+  <si>
+    <t>BETIM MONTEIRO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, MARINA DA FARMÁCIA, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/508/pelom_001.21.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivo da Lei Orgânica do Município.</t>
+  </si>
+  <si>
+    <t>510</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>ADRIANA DO SALÃO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARQUIM MEGA SOM, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/510/pelom_002.21.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta o Art. 119-A, seus incisos e parágrafos, na Lei Orgânica do Município de Pires do Rio/GO, altera a nomenclatura da Seção II, do Capítulo VI, para das atribuições do (a) Prefeito (a) e do (a) Vice-Prefeito (a).</t>
+  </si>
+  <si>
+    <t>511</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>ADRIANA DO SALÃO, BETIM MONTEIRO, CLEBINHO DA PEGA DE FRANGO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/511/pelom_003.21.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta o § 8º, § 9º e § 10 ao Art. 169 na Lei Orgânica do Município de Pires do Rio/GO, instituindo a obrigatoriedade do uso de lâmpadas de LED na rede pública em novos loteamentos.</t>
+  </si>
+  <si>
+    <t>512</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>MARINA DA FARMÁCIA, NEGUIM, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/512/pelom_004.21.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a gravação em áudio e vídeo e a Publicação das Sessões da Comissão de Licitação (§§ 14 ao 18, do Art. 43, da LOM).</t>
+  </si>
+  <si>
+    <t>513</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>BETIM MONTEIRO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARQUIM MEGA SOM, NENECO, WANDERLEY DO MOTO TÁXI</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/513/pelom_005.21.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a implantação de Faixa Elevada para Travessia de Pedestre (lombada, redutor de velocidade ou quebra-molas) nas vias urbanas (alteração do Art. 178 da LOM).</t>
+  </si>
+  <si>
+    <t>547</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>ADRIANA DO SALÃO, BETIM MONTEIRO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARQUIM MEGA SOM, WANDERLEY DO MOTO TÁXI</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/547/pelom_n._006.21.pdf</t>
+  </si>
+  <si>
+    <t>Altera o art. 62 e o § 5º, do art. 93, da Lei Orgânica do Município de Pires do Rio.</t>
+  </si>
+  <si>
+    <t>514</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>ADRIANA DO SALÃO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARQUIM MEGA SOM, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/514/pelom_007.21.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta o Art. 142-A e 42-B, e seus parágrafos e incisos à Lei Orgânica do município, que tratam sobre as Emendas Impositivas.</t>
+  </si>
+  <si>
+    <t>515</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARQUIM MEGA SOM, NEGUIM, NENECO, WANDERLEY DO MOTO TÁXI</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/515/pelom_008.21.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a implantação de drenagem pluvial na pavimentação de vias urbanas (acréscimo de parágrafos ao Art. 177 da LOM).</t>
+  </si>
+  <si>
+    <t>498</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>Mesa Diretora - MESA</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/498/plc_n._001.21.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivo do Estatuto do Servidor Público Municipal</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
+    <t>DR. SANDRO BARBOSA</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/500/plc_n._002.21.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Código Tributário Municipal – Lei Complementar Municipal nº 144/2017 e estabelece isenção ao Micro Empreendedor Individual – MEI.</t>
+  </si>
+  <si>
+    <t>502</t>
+  </si>
+  <si>
+    <t>Poder Executivo</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/502/plc_n._003.21.pdf</t>
+  </si>
+  <si>
+    <t>Faz alterações no Código Municipal do Meio Ambiente – Lei Complementar nº 120/14, de 05 de março de 2014, e dá outras providências</t>
+  </si>
+  <si>
+    <t>503</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/503/plc_n._004.21.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Política Municipal de Saneamento Básico, cria o Conselho Municipal de Saneamento e o Fundo Municipal de Saneamento e dá outras providências.</t>
+  </si>
+  <si>
+    <t>504</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/504/plc_n._005.21.pdf</t>
+  </si>
+  <si>
+    <t>Aprova o Plano de Gerenciamento Integrado de Resíduos Sólidos Urbanos de Pires do Rio - PGIRSU.</t>
+  </si>
+  <si>
+    <t>505</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/505/plc_n._006.21.pdf</t>
+  </si>
+  <si>
+    <t>Faz alterações no Código Tributário Municipal, Lei Complementar nº 144/17, de 02 de outubro de 2017 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>506</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/506/plc_n._007.21.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar nº 049/2003, e inclui o paciente Autista nos programas de acompanhamento especial do Poder Municipal.</t>
+  </si>
+  <si>
+    <t>501</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/501/plc_n._008.21.pdf</t>
+  </si>
+  <si>
+    <t>Institui taxa pela utilização efetiva ou potencial do serviço público de manejo de resíduos sólidos urbanos.</t>
+  </si>
+  <si>
+    <t>509</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/509/plc_n._009.21.pdf</t>
+  </si>
+  <si>
+    <t>Revoga as disposições em contrário e dispõe sobre a criação do Plano de Cargos, Carreira e Salários dos Servidores da Câmara Municipal de Pires do Rio.</t>
+  </si>
+  <si>
+    <t>507</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/507/plc_n._010.21.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Regime de Previdência Complementar – RPC no âmbito do Município de Pires do Rio/GO, fixa o limite máximo para a concessão de aposentadoria e pensões pelo Regime de Previdência de que trata o Art. 40 da CF, autoriza a adesão a plano de Previdência Complementar, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>499</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>RODRIGUINHO DA ÓTICA</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/499/plc_n._011.22.pdf</t>
+  </si>
+  <si>
+    <t>Altera Lei Complementar que suplementa o Código de Posturas do Município na parte relativa a publicidade volante.</t>
+  </si>
+  <si>
+    <t>519</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/519/plc_n._012.21.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação do artigo 102 do Estatuto dos Servidores Públicos Municipais – 13º salário no mês de aniversário, e dá outras providências.</t>
+  </si>
+  <si>
     <t>497</t>
   </si>
   <si>
-    <t>2021</t>
-[...4 lines deleted...]
-  <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>Mesa Diretora - MESA</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/497/plo_n._001.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/497/plo_n._001.21.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 4.009/20, de 28 de fevereiro de 2020, que Dispõe sobre o quadro de pessoal comissionado da Secretaria Administrativa da Câmara, extingue cargos, define atribuições, fixa padrão de vencimentos e dá outras providências.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>2</t>
-[...5 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/546/plo_n._002.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/546/plo_n._002.21.pdf</t>
   </si>
   <si>
     <t>´´Estabelece incentivos e benefícios fiscais para o pagamento dos tributos municipais, em razão da crise econômica oriunda da Pandemia do Coronavírus e dá outras providências``.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/523/plo_n._003.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/523/plo_n._003.21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações decorrentes da Emenda Constitucional nº 103/2019, no âmbito RPPS do Município de Pires do Rio/GO, e dá outras providências.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>4</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/535/plo_n._004.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/535/plo_n._004.21.pdf</t>
   </si>
   <si>
     <t>´´Reajusta o Piso Salarial Nacional dos Agentes Comunitários de Saúde - ACS e dos Agentes de Combate às Endemias - ACE do Município de Pires do Rio/GO e dá outras providências``.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>WANDERLEY DO MOTO TÁXI</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/551/plo_n._005.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/551/plo_n._005.21.pdf</t>
   </si>
   <si>
     <t>Altera o valor da tarifa de moto-taxi e dá outras providências.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>6</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/536/plo_n._006.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/536/plo_n._006.21.pdf</t>
   </si>
   <si>
     <t>´´Autoriza abertura de Crédito Especial no Orçamento de 2021``.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>7</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/537/plo_n._007.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/537/plo_n._007.21.pdf</t>
   </si>
   <si>
     <t>´´Autoriza a abertura de crédito adicional de natureza suplementar no orçamento de 2021, na forma que específica e dá outras providências``.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>8</t>
-[...2 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/539/plo_n._008.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/539/plo_n._008.21.pdf</t>
   </si>
   <si>
     <t>´´Autoriza a contratação temporária de excepcional interesse público de 06 (seis) cargos, sendo: Assistente Social, Psicólogo, Educador Física, Educador Social, Facilitador de Oficinas e Agente de Apoio (Cuidadora, Serviços Gerais e/ou Cozinheira), para atuarem na Secretaria Municipal de Assistência Social pelo prazo de 01 (um) ano, prorrogáveis por igual período``.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>9</t>
-[...1 lines deleted...]
-  <si>
     <t>ADRIANA DO SALÃO</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/591/plo_n._009.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/591/plo_n._009.21.pdf</t>
   </si>
   <si>
     <t>Reconhece a Atividade Religiosa no Município de Pires do Rio como essencial nos tempos de crises ocasionadas por moléstias contagiosas ou catástrofes naturais.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>10</t>
-[...5 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/524/plo_n._010.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/524/plo_n._010.21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade do uso de lâmpadas de LED (diodo emissor de luz) na rede de iluminação pública em novos loteamentos e empreendimentos imobiliários no Município de Pires do Rio, altera a Lei Municipal nº 3.747/2015, que dispõe sobre o Fundo Municipal de Iluminação Pública – FUMIP, e dá outras providências.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>11</t>
-[...1 lines deleted...]
-  <si>
     <t>MARINA DA FARMÁCIA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/525/plo_n._011.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/525/plo_n._011.21.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pires do Rio/GO a firmar convênio de parceria com a FACULDADE ALFREDO NASSER LTDA, da forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>12</t>
-[...5 lines deleted...]
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/540/plo_n._012.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/540/plo_n._012.21.pdf</t>
   </si>
   <si>
     <t>´´Atualiza o valor da tarifa das corridas de moto-táxi, e dá outras providências``.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/541/plo_n._013.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/541/plo_n._013.21.pdf</t>
   </si>
   <si>
     <t>´´Dispõe sobre a modificação e reestruturação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação - CACS/FUNDEB, revoga dispositivos da Lei nº 3.133, de 1 de março de 2007, e suas alterações, e dá outras providências``.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/542/plo_n._014.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/542/plo_n._014.21.pdf</t>
   </si>
   <si>
     <t>´´Estabelece obrigatoriedade da oferta de coleta de exames diagnósticos de COVID-19 em domicílio para idosos, pessoas com dificuldades de locomoção e pessoas do grupo de risco da doença``.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/589/plo_n._015.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/589/plo_n._015.21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a visita hospitalar virtual, através de vídeo-chamada de familiares e pacientes que estejam internados no Hospital Municipal com diagnóstico da COVID-19.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/590/plo_n._016.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/590/plo_n._016.21.pdf</t>
   </si>
   <si>
     <t>Estabelece multa administrativa para aqueles que promoverem festas e os que ali estiverem enquanto durar o estado de calamidade pública em decorrência do novo coronavírus.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/548/plo_n._017.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/548/plo_n._017.21.pdf</t>
   </si>
   <si>
     <t>´´Concede Subvenção Social ao Centro  Espírita Luz da Humanidade, e dá outras providências``.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/543/plo_n._018.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/543/plo_n._018.21.pdf</t>
   </si>
   <si>
     <t>´´Reconhece a prática de atividades e exercícios físicos como essenciais para a população de Pires do Rio em estabelecimentos prestadores de serviços destinados a essa finalidade, bem como em espaços públicos em tempos de crises ocasionadas por moléstias ou catástrofes naturais``.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/557/plo_n._019.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/557/plo_n._019.21.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Jovem é o Futuro, que abrange o Programa de Aprendizagem no âmbito da Administração Municipal.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/544/plo_n._020.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/544/plo_n._020.21.pdf</t>
   </si>
   <si>
     <t>´´Autoriza a contratação temporária de excepcional interesse público para cargo de Agente de Combate à Endemias - l, pelo prazo de 06 (seis) meses, prorrogáveis por igual período, e dá outras providências``.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/549/plo_n._021.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/549/plo_n._021.21.pdf</t>
   </si>
   <si>
     <t>´´Dispõe sobre a Lei de Diretrizes Orçamentárias - LDO para o exercício de 2022, e dá outras providências``.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>DENILSON CASTRO, NENECO</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/538/plo_n._022.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/538/plo_n._022.21.pdf</t>
   </si>
   <si>
     <t>Confirma denominação de logradouro público, e dá outras providências – Rua José Manoel Mesquita, antiga Rua “E”, Bairro JK.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/545/plo_n._023.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/545/plo_n._023.21.pdf</t>
   </si>
   <si>
     <t>''Dispõe sobre a implantação do Programa Municipal ´TE VEJO MELHOR`''.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>MARINA DA FARMÁCIA, ADRIANA DO SALÃO, DR. SANDRO BARBOSA, MARQUIM MEGA SOM, NEGUIM, NENECO, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/584/plo_n._024.21_-_plc_n._005-a.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/584/plo_n._024.21_-_plc_n._005-a.21.pdf</t>
   </si>
   <si>
     <t>Estabelece norma para concessão de subvenções sociais pelo Município de Pires do Rio/GO, e dá outras providências.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/552/plo_n._025.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/552/plo_n._025.21.pdf</t>
   </si>
   <si>
     <t>Concede a Permissão de Uso de espaço e bem público ao Pires do Rio Futebol Clube e dá outras providências.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/556/plo_n._026.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/556/plo_n._026.21.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 3.634/14, que dispõe sobre o tempo de espera em filas de bancos e dá outras providências.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>MARINA DA FARMÁCIA, NEGUIM, WANDERLEY DO MOTO TÁXI</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/554/plo_n._027.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/554/plo_n._027.21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a limpeza de terrenos baldios no município de Pires do Rio e dá outras providências.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/558/plo_n._028.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/558/plo_n._028.21.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional de natureza suplementar no orçamento de 2021, na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/553/plo_n._029.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/553/plo_n._029.21.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 4.021, que dispõe sobre a obrigatoriedade do uso de máscaras de proteção individual em espaços públicos e privados acessíveis ao público, durante a vigência das medidas para o enfrentamento da emergência de saúde pública contra a pandemia e dá outras providências.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/555/plo_n._030.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/555/plo_n._030.21.pdf</t>
   </si>
   <si>
     <t>Cria vagas para provimento de cargos efetivos de Professor Nível I, Assistente Social I e Monitor de Creche I e dá outras providências.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/559/plo_n._031.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/559/plo_n._031.21.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pires do Rio/GO, a firmar Convênio de Parceria com o Centro de Educação Profissional Gênesis (CEPEG), da forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/562/plo_n._032.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/562/plo_n._032.21.pdf</t>
   </si>
   <si>
     <t>Modifica a redação de dispositivo da lei que menciona - § 3º, lei nº 3.676 - e dá outras providências.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/560/plo_n._033.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/560/plo_n._033.21.pdf</t>
   </si>
   <si>
     <t>Aprova a implantação da etapa 3 do condomínio FJ, e dá outras providências.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/581/plo_n._034.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/581/plo_n._034.21.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município para ao Exercício de 2022.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/586/plo_n._035.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/586/plo_n._035.21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o PPA – Plano Plurianual para o Quadriênio 2022/2025.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/565/plo_n._036.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/565/plo_n._036.21.pdf</t>
   </si>
   <si>
     <t>Cria vagas para provimento de cargos efetivos de Assistente Social 1 e Monitor de Creche 1 e dá outras providências.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/566/plo_n._037.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/566/plo_n._037.21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobe a Política Municipal de Educação Ambiental no município de Pires do Rio, e dá outras providências.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/567/plo_038.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/567/plo_038.21.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de área de terreno para implantação de um laticínio e dá outras providências - Palmelat.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/582/plo_n._039.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/582/plo_n._039.21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação de Abrigo Municipal de Cães, Gatos e Equinos e dá outras providências.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/583/plo_n._040.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/583/plo_n._040.21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a publicação no website da Prefeitura a lista de espera para utilização dos veículos e máquinas agrícolas do município de Pires do Rio/GO.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/561/plo_n._041.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/561/plo_n._041.21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação de multa pecuniária pelo desperdício de água no Município de Pires do Rio/GO.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/550/plo_n._042.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/550/plo_n._042.21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Fiscalização e Proteção Ambiental do Depósito de Água Subterrânea no Município de Pires do Rio e dá outras providências.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/568/plo_n._043.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/568/plo_n._043.21.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/569/plo_n._044.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/569/plo_n._044.21.pdf</t>
   </si>
   <si>
     <t>Institui a Semana de Conscientização e Informação sobre a prevenção e do diagnóstico precoce do câncer de mama e de colo do útero, no âmbito do município de Pires do Rio/GO, e dá outras providências.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/570/plo_n._045.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/570/plo_n._045.21.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal dos Direitos da Pessoa Idosa do Município de Pires do Rio/GO, conforme específica.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/571/plo_n._046.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/571/plo_n._046.21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de placas de identificação em obras públicas no Município.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/563/plo_n._047.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/563/plo_n._047.21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão de conceitos de empreendedorismo na Rede Municipal de Ensino, e dá outras providências.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/572/plo_n._048.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/572/plo_n._048.21.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação temporária de excepcional interesse público de 02 (dois) cargos, sendo: Assistente Social e Psicólogo, para atuarem na Secretaria Municipal de Assistência Social pelo prazo máximo de 08 (oito) meses, e dá outras providências.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/585/plo_n._049.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/585/plo_n._049.21.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno para implantação de um laticínio e dá outras providências - Palmelat.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/573/plo_n._050.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/573/plo_n._050.21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão de previsão de emendas impositivas na Lei nº 4.098/21 - Lei de Diretrizes Orçamentárias para o exercício de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/574/plo_n._051.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/574/plo_n._051.21.pdf</t>
   </si>
   <si>
     <t>Faz a retificação e a ratificação das vias urbanas que indica, e dá outras providências - Av. Cosme José do Nascimento, Rua Eudóxio Mamede e Rua Salvador Silva, Bairro Vila Nova.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>NENECO</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/564/plo_n._052.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/564/plo_n._052.21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a limpeza e conservação dos cemitérios públicos deste Município, e dá outras providências.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/575/plo_n._053.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/575/plo_n._053.21.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo  a realizar Processo Seletivo Simplificado para Contratações Temporárias de Excepcional Interesse Público, e dá outras providências.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/587/plo_n._054.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/587/plo_n._054.21.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional de natureza suplementar no orçamento de 2021, na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/576/plo_n._055.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/576/plo_n._055.21.pdf</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/577/plo_n._056.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/577/plo_n._056.21.pdf</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/578/plo_n._057.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/578/plo_n._057.21.pdf</t>
   </si>
   <si>
     <t>Aprova implantação da 3ª (terceira) etapa do Condomínio JF, e dá outras providências.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/580/plo_n._058.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/580/plo_n._058.21.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção Social ao Centro Espírita Luz da Humanidade, e dá outras providências.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/579/plo_n._059.21.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/579/plo_n._059.21.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.113, de 08 de dezembro de 2021, que Aprova a Implantação da 3ª (terceira) etapa do Condomínio JF, e dá outras providências.</t>
   </si>
   <si>
-    <t>498</t>
-[...112 lines deleted...]
-  <si>
     <t>493</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/493/pdl_00121.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/493/pdl_00121.pdf</t>
   </si>
   <si>
     <t>Instala Comissão Parlamentar de Inquérito - CPI para averiguar a execução do contrato nº 275/2020, cujo objeto é apurar a responsabilidade pela interrupção e a qualidade da Obra Asfáltica do Bairro Boungainville, e dá outras providências.</t>
   </si>
   <si>
+    <t>516</t>
+  </si>
+  <si>
+    <t>PRES</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/516/pres_001.21.pdf</t>
+  </si>
+  <si>
+    <t>Revoga as Resoluções que menciona.</t>
+  </si>
+  <si>
+    <t>517</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/517/pres_002.21.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Resolução nº 01/10 que trata do Regimento Interno da Câmara Municipal.</t>
+  </si>
+  <si>
+    <t>518</t>
+  </si>
+  <si>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/518/pres_003.21.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivo regimental – horário das Sessões Ordinárias.</t>
+  </si>
+  <si>
     <t>630</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>CLEBINHO DA PEGA DE FRANGO, MARQUIM MEGA SOM, RODRIGUINHO DA ÓTICA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/630/indicacao_n_001_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/630/indicacao_n_001_2021.pdf</t>
   </si>
   <si>
     <t>Requerem o envio de ofício ao Poder Executivo, solicitando-lhe que viabilize a aquisição de uma motocicleta para o Departamento Municipal de Endemias.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>DENILSON CASTRO, MARINA DA FARMÁCIA, RODRIGUINHO DA ÓTICA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/631/indicacao_n_002_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/631/indicacao_n_002_2021.pdf</t>
   </si>
   <si>
     <t>Requerem o envio de ofício ao Secretário Municipal de Obras, solicitando-lhe providências visando à execução dos serviços de pinturas das sinalizações horizontais em todas as vias públicas, inclusive quebra-molas, priorizando as faixas de pedestres.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/632/indicacao_n_003_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/632/indicacao_n_003_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente os serviços de patrolamento e a roçagem no Bairro Setor Industrial.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>WANDERLEY DO MOTO TÁXI, MARINA DA FARMÁCIA, NENECO</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/633/indicacao_n_004_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/633/indicacao_n_004_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente os serviços de patrolamento, roçagem e limpeza geral no Bairro Oswaldo Gonçalves.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/634/indicacao_n_005_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/634/indicacao_n_005_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício a Prefeita Municipal, solicitando-lhe providências visando a instalação de um quebra-molas na Av. Michel Santinone, esquina com a Pedro Mazon, visando coibir os constantes acidentes de trânsito que ocorrem nessa via pública.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/635/indicacao_n_006_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/635/indicacao_n_006_2021.pdf</t>
   </si>
   <si>
     <t>Requerem o envio de ofício ao Secretário Municipal de Obras solicitando-lhe providências visando a execução dos serviços de roçagem da mata verde situada Rua JM-18, ao lado do Córrego Barro Preto.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>DENILSON CASTRO, MARINA DA FARMÁCIA, RODRIGUINHO DA ÓTICA, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/636/indicacao_n_007_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/636/indicacao_n_007_2021.pdf</t>
   </si>
   <si>
     <t>Requerem o envio de ofício ao Secretário Municipal de Obras solicitando-lhe providências visando a realização da operação tapa-buracos nas seguintes vias públicas:_x000D_
  - JM-06 nas imediações do Clube do CRISA;  _x000D_
  - JM-18, JM-19 e Rua 13, Setor Industrial atualmente intransitáveis.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/637/indicacao_n_008_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/637/indicacao_n_008_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Secretário Municipal de Obras solicitando-lhe providências visando os serviços de pinturas e reparos na altura do quebra-molas instalado na Rua Prof. Ivan Ferreira, em frente ao n.126, Bairro Vila Nova, próxima a Confecção Lucy Freitas.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/638/indicacao_n_009_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/638/indicacao_n_009_2021.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento da presente Indicação à Exma. Prefeita Senhora Maria Aparecida Marasco Tomazini, conforme segue.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/639/indicacao_n_010_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/639/indicacao_n_010_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício à Srª Prefeita - com cópia para o Secretário de Saúde, para o Diretor de Vigilância Sanitária, para o Comitê de Enfrentamento à COVID-19 e para o Conselho Municipal de Saúde.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/640/indicacao_n_011_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/640/indicacao_n_011_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a que determine ao Departamento competente a execução dos serviços de tapa-buracos na Av. Maria Guitti, esquina com a Rua Benedito de Paula Nascente.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/641/indicacao_n_012_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/641/indicacao_n_012_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a que determine ao Departamento competente a execução dos serviços de tapa-buracos na Rua Pedro Mazon, trecho compreendido entre a via de acesso ao Condomínio Xavier até a antiga Delegacia de Polícia.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/642/indicacao_n_013_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/642/indicacao_n_013_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a que determine ao Departamento competente a instalação de uma faixa de pedestre na Rua Pedro Mazon, esquina com a Rua JM-4 (Rua do Salão Santo Antônio).</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/643/indicacao_n_014_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/643/indicacao_n_014_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a que determine ao Departamento competente a execução dos serviços de tapa-buracos, em caráter de urgência, na Rua 13, Bairro Setor Industrial.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>DENILSON CASTRO, JÚNIOR DA METASA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/644/indicacao_n_015_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/644/indicacao_n_015_2021.pdf</t>
   </si>
   <si>
     <t>Requerem o envio de ofício ao Poder Executivo, solicitando-lhe a que determine ao Departamento de Fiscalização a realização de "vistoria" em um depósito de entulhos situado na saída para Caldas Novas, lado direito da via, após o Depósito da ENEL (em frente ao Clube GT).</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>MARQUIM MEGA SOM</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/645/indicacao_n_016_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/645/indicacao_n_016_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a execução dos serviços abaixo relacionadas na Av. João Mariano (continuidade da Av. Egídio Francisco Rodrigues), próximo ao antigo CEPROH, atualmente intransitável:_x000D_
 _x000D_
 - roçagem e capinha; e_x000D_
 - tapa-buracos, com patrolamento e encascalhamento.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/646/indicacao_n_017_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/646/indicacao_n_017_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício a Srª Prefeita solicitando-lhe que determine ao Departamento competente a instalação de sinalização horizontal de PARE na Av. Pedro Mazon, na altura da esquina com a Rua JM-3 e com a passagem de nível, no sentido Bar do Meleta/Bar do Din.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/647/indicacao_n_018_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/647/indicacao_n_018_2021.pdf</t>
   </si>
   <si>
     <t>Requerem o envio de ofício à GOINFRA solicitando a instalação de barreiras eletrônicas no perímetro urbano da Rodovia GO-330 no trecho compreendido entre o Morro da Antena de Televisão até a Pastelaria da Vovó.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>JÚNIOR DA METASA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/648/indicacao_n_019_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/648/indicacao_n_019_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício a Senhora Prefeita Municipal, solicitando-lhe que determine providências necessárias em caráter  emergencial e urgente, o serviço de tapa-buraco e recapeamento, nas vias urbanas dos seguintes Bairros: Setor Industrial, Parque Santana, JK, Colegial, Sampaio, Nadim Saud, Sinhô Nigueira, São José, Jardim Maratá e na Avenida Pedro Mazon.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/649/indicacao_n_020_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/649/indicacao_n_020_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo solicitando-lhe a que interceda junto aos Deputados, visando a liberação de Emendas Parlamentares destinadas a aquisição de maquinários e equipamentos para o nosso município.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/650/indicacao_n_021_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/650/indicacao_n_021_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício à Srª Prefeita solicitando-lhe que determine a execução dos serviços de limpeza em geral e troca de lâmpadas do Centro Poliesportivo Vereador Reinaldo Silva (lei n° 2.916, de 14 de abril de 2004).</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/651/indicacao_n_022_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/651/indicacao_n_022_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício à Srª Prefeita solicitando-lhe que determine a iluminação da Pista de Caminhada Letícia Mota Caixeta (lei n° 3.270, de 26 de maio de 2009), do seu início, na esquina da Av. Cosme José do Nascimento, até a entrada da Cooperativa Carol.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/652/indicacao_n_023_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/652/indicacao_n_023_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a que determine ao Departamento competente a execução dos serviços de tapa-buracos na Rua 7, esquina com a Rua 10, Bairro Nadim Saud, local onde devidos as chuvas os buracos se tornaram verdadeiras crateras, colocando os que por ali trafegam em risco iminente de acidentes.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/653/indicacao_n_025_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/653/indicacao_n_025_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a que determine ao Departamento competente a instalação de 02 (dois) quebra-molas na Rua Rosalina Fernandes nos seguintes trechos:_x000D_
 - nas proximidades da residência do Sr. Leonardo Felipe (proprietário da MR Felipe); e_x000D_
 - logo após a rua de acesso ao Condomínio Portal do Sol.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/654/indicacao_n_026_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/654/indicacao_n_026_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que analise a viabilidade econômica do município para aquisição de vacinas contra a COVID e ainda a manifestação em aderir ao Consórcio da Federação Nacional dos Municípios para sua aquisição.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/655/indicacao_n_027_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/655/indicacao_n_027_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a execução dos serviços de tapa-buracos, em caráter de urgência, de uma verdadeira cratera com mais de 10m de comprimento aberta na Rua 8, na altura da Qd. 21, Lt. 2, Bairro Corumbá II, próximo a Escola do Frigorífico.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/656/indicacao_n_028_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/656/indicacao_n_028_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a que determine ao Departamento competente a execução dos serviços de poda das árvores do canteiro central da Av. Egídio Francisco Rodrigues, ao lado da Câmara Municipal.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/657/indicacao_n_029_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/657/indicacao_n_029_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a que determine ao Departamento competente tapar um buraco de grande proporção e profundidade na Av. Maria Guiotti, em frente a Serralheria do Sr. Ananias, evitando acidentes e danos em veículos.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/658/indicacao_n_030_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/658/indicacao_n_030_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a execução dos serviços de tapa-buracos, abertos pela Saneago, em caráter de urgência, na Rua Francisco Souza Lobo, na altura do n° 143, abaixo da Churrascaria Centro Oeste.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/659/indicacao_n_031_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/659/indicacao_n_031_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a que determine ao Departamento competente a substituição da faixa de pedestre existente na Av. Michel Santinone, na altura do n° 12, em frente a Farmácia Popular por um quebra-molas, visando coibir os constantes acidentes que ocorrem naquela via pública.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/660/indicacao_n_032_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/660/indicacao_n_032_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao Departamento competente a execução dos serviços de recapeamento do piso pavimentado da Rua Abrão João Kalil, Vila São José (fundos do Asilo), atualmente intransitável.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/661/indicacao_n_033_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/661/indicacao_n_033_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a execução dos serviços de tapa-buracos, em caráter de urgência, das Ruas 23 e 24 do Bairro Parque Santana, atualmente intransitáveis.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>NEGUIM</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/662/indicacao_n_034_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/662/indicacao_n_034_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a que determine ao Departamento competente a execução dos serviços de tapa-buracos na Rua A, situada entre a Rua Joaquim Camilo Pires - Bairro Santa Cecília, e a Av. Castelo Branco, atendendo reivindicação dos moradores daquela via, que sofrem com o trânsito de veículos pesados, que em função dos buracos aumentam, além do risco iminente de acidentes e danos nos veículos, o barulho durante o período noturno.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/663/indicacao_n_036_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/663/indicacao_n_036_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que comunique a esta Casa sobre todos os procedimentos Licitatórios a serem realizados a partir desta data.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/664/indicacao_n_037_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/664/indicacao_n_037_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício a GOINFRA solicitando-lhe que determine ao departamento competente a contenção de uma erosão de grande proporção na GO-309, na altura do Km 227,3 - no sentido decrescente da Rodovia, acima do Córrego Sampaio, saída de Pires do Rio para Caldas Novas, em caráter de urgência, coibindo assim o risco iminente de acidentes.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/665/indicacao_n_039_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/665/indicacao_n_039_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao Departamento competente a manutenção, em caráter de urgência, da Rua José Bitar, priorizando o trecho próximo ao n° 28, Bairro Jardim Guanabara, atualmente intransitável.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/666/indicacao_n_040_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/666/indicacao_n_040_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao Departamento competente a instalação de um quebra-molas na Rua 2-A, na altura do n° 21, Bairro Sinhô Nogueira, ao lado da Quadra Coberta.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/667/indicacao_n_041_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/667/indicacao_n_041_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a que determine ao Departamento competente a instalação de 02 (dois) quebra-molas e faixa de pedestre na Av. Martha Rassi, próximo ao Colégio Estadual Dr. Francisco Accioli, sendo um de cada lado da pista, em caráter de urgência, visando diminuir a alta velocidade dos veículos que por ali trafegam.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARQUIM MEGA SOM, WANDERLEY DO MOTO TÁXI</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/668/indicacao_n_042_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/668/indicacao_n_042_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício à Prefeita Municipal de Pires do Rio, solicitando-lhe a análise da possibilidade de disponibilizar por meio de empréstimo (cessão) um automóvel com a finalidade de atuar exclusivamente nos trabalhos diários desta casa. Tal veículo seria utilizado pelos Vereadores e Vereadoras nas diligências e fiscalizações dentro do nosso município, observando e levantando as demandas da nossa população.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/669/indicacao_n_043_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/669/indicacao_n_043_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Secretário Municipal de Saúde de nossa cidade, solicitando-lhe a análise da possibilidade de inclusão imediata no calendário de vacinação contra COVID 19 dos profissionais da área de segurança pública de nossa cidade, Policiais Militares, Policiais Civis, Policiais Penais e Bombeiros Militares. Esses profissionais estão sempre em contato físico com as pessoas que são abordadas e, além de arriscar suas vidas com a criminalidade, estão correndo o risco de se contaminarem e aos seus familiares.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/670/indicacao_n_044_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/670/indicacao_n_044_2021.pdf</t>
   </si>
   <si>
     <t>Promova o pagamento da insalubridade de 40% para os servidores que estão em contato com pacientes em isolamento por doença infecto-contagiosas - COVID-19.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/671/indicacao_n_045_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/671/indicacao_n_045_2021.pdf</t>
   </si>
   <si>
     <t>Promova as substituições das lâmpadas queimadas desta Avenida, especificamente próximo à Rua Efigênia.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, MARINA DA FARMÁCIA, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/672/indicacao_n_046_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/672/indicacao_n_046_2021.pdf</t>
   </si>
   <si>
     <t>Requerem do Poder Executivo que viabilize a cessão/doação de uma área de terreno para APROAAB - Associação Protetora dos Animais Abandonados de Pires do Rio para construção de um abrigo para os animais em situação de abandono, conforme projeto arquitetônico em anexo.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>DENILSON CASTRO, JÚNIOR DA METASA, NENECO</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/673/indicacao_n_047_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/673/indicacao_n_047_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício à Srª Prefeita solicitando-lhe que determine ao Departamento competente a elaboração de estudos visando a restauração ou a reconfiguração da rotatória instalada nas Avenidas Egídio Francisco Rodrigues e Cosme José do Nascimento, Bairro Vila Nova, monumento que contém homenagem instituída pela lei n° 3.557, de 10 de dezembro de 2013, popularmente conhecida como Fonte Seca.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/674/indicacao_n_048_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/674/indicacao_n_048_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a que determine ao Departamento competente a conservação, roçagem e capina da Rua JM-15, Qd. 24, em toda sua extensão, priorizando o trecho próximo ao lote 13, Bairro Jardim Maratá, em caráter de urgência.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARQUIM MEGA SOM</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/675/indicacao_n_049_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/675/indicacao_n_049_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício à Prefeita Municipal de Pires do Rio, solicitando-lhe a disponibilidade de área pública municipal, lotes urbanizados e regularizados, para construção de moradias através do Governo do Estado de Goiás, via AGEHAB (Agência Goiana de Habitação).</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/676/indicacao_n_050_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/676/indicacao_n_050_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo Municipal, Secretaria competente, solicitando-lhe o serviço de roçagem e capina da margem direita da Travessa "Antônio Bernardo". A mencionada rua está localizada acima da linha férrea, ligando os Bairros São Sebastião e Vila Sinhô Nogueira.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo e ao Secretário Municipal de Saúde, solicitando-lhe, em caráter de urgência, a implantação de um Centro de Tratamento Especializado para COVID em nosso município, visando atender tão somente os pacientes confirmados e os que apresentarem algum sintoma.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/678/indicacao_n_052_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/678/indicacao_n_052_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo e ao Secretário Municipal de Saúde, solicitando-lhe, em caráter de urgência, medidas de implementação do tratamento precoce de paciente com a COVID-19 em nosso município.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>CLEBINHO DA PEGA DE FRANGO</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/679/indicacao_n_053_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/679/indicacao_n_053_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a que determine ao Departamento competente a instalação de quebra-molas nos seguintes trechos:_x000D_
 _x000D_
 _x000D_
 -Av. JM-10 - antes do Vila Touro, Setor Industrial;_x000D_
 -Av. JM-10 - antes do Depósito de Areia do Sr. Divino, Setor Industrial; _x000D_
 -Av. JM-10 - ao lado das Kit nets do Guerdes, Setor Industrial; e_x000D_
 -Av. Corumbá - em frente ao Mini Box Corumbá - Setor Novo Horizonte.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/680/indicacao_n_054_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/680/indicacao_n_054_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a que determine ao Departamento competente a execução dos serviços de roçagem em todas as vias públicas do Bairro Setor Novo Horizonte.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/681/indicacao_n_055_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/681/indicacao_n_055_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a instalação de placa com denominação de logradouro público da Rua Wanda de Oliveira Lobo Paes, designado por força da Lei n° 2.988, de 31 de março de 2005.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>DENILSON CASTRO</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/682/indicacao_n_056_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/682/indicacao_n_056_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que agilize o processo para instalação da Agência do Santander em nosso município, conforme combinado em reunião realizada anteriormente.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/683/indicacao_n_057_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/683/indicacao_n_057_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo Municipal, Secretaria competente, solicitando-lhe o serviço de "poda" e limpeza da margem esquerda da Rua JM-22, em frente à Quadra 34, no Bairro Jardim Maratá. Trata-se da rua que passa pela "Fábrica de botinas Rio". No local além da vegetação está avançando sobre a rua, o meio fio e a calçada estão totalmente cobertos pela vegetação.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/684/indicacao_n_058_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/684/indicacao_n_058_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a instalação de placa com denominação de logradouro público da Rua Lécia Rodrigues Canhete, designado por força da Lei n° 3.054, de 24 de outubro de 2005.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/685/indicacao_n_59_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/685/indicacao_n_59_2021.pdf</t>
   </si>
   <si>
     <t>Solicito: "Que V. Excelência promova o cumprimento da Lei Federal, regularizando a situação através de atos próprios que lhes cabe, uma vez que a lei que permite tais transações tem prazo e se trata de um direito potestativo do servidor estabelecido em Lei Federal e não cabe ao Município impedir o acesso à tal direito"</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/686/indicacao_n_60_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/686/indicacao_n_60_2021.pdf</t>
   </si>
   <si>
     <t>Indica-se: "Ao Poder Executivo que PROMOVA O QUANTO ANTES A CONSTITUIÇÃO DE COMISSÃO PARA REALIZAÇÃO DE CONCURSO PÚBLICO para todos os cargos que o Município necessitar, pois sabemos que as Comissões precisam de prazos e o intuito é que no mais tardar ano que vem o quadro dos servidores do Município seja reposto"</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/687/indicacao_n_61_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/687/indicacao_n_61_2021.pdf</t>
   </si>
   <si>
     <t>Indico que: "PROMOVA, com a urgência que a situação requer, o estudo e execução de obra para impedir que a erosão se alastre ainda mais e cause mais danos às pessoas e às propriedades privadas e públicas.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/688/indicacao_n_62_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/688/indicacao_n_62_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a elaboração de quadro cronológico para a concessão das promoções e progressões requeridas pelos servidores municipais, a fim de garantir a isonomia entre eles, assegurando assim os seus direitos.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/689/indicacao_n_63_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/689/indicacao_n_63_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a instalação de 04 (quatro) quebra-molas na Av. Martha Rassi, 02 (dois) de cada lado da pista, nos seguintes trechos:_x000D_
 _x000D_
 _x000D_
 - em frente ao Supermercado Borges;_x000D_
 - próximo ao Colégio Estadual Prof. Francisco Accioly, nos dois lados da via pública; e _x000D_
 - em frente a Casa da Cachaça.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/690/indicacao_n_64_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/690/indicacao_n_64_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao Departamento competente a execução dos serviços de roçagem e capina da Escola Municipal Hilda Martins Rosa Arruda, até o antigo Frigorífico Kaiowa, visto a quantidade de pessoas que circulam pelo local praticando atividades físicas.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/691/indicacao_n_65_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/691/indicacao_n_65_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a que determine ao Departamento competente a execução dos serviços tapa-buracos, em caráter de urgência, da Quadra 04 da Rua JM-15, Condomínio Tiradentes, em caráter de urgência.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/692/indicacao_n_66_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/692/indicacao_n_66_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a que determine ao Departamento competente a execução dos serviços patrolamento e encascalhamento da Rua dos Eucaliptos, Bairro Sonho Verde, atualmente intransitável.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/693/indicacao_n_67_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/693/indicacao_n_67_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício à Prefeitura Municipal de Pires do Rio, Excelentíssima Senhora Maria Aparecida Marasco Tomazini, solicitando-lhe que determine à Secretaria de Obras que realize os serviços de reparo e melhoramento do alambrado que contorna a "reserva ambiental" do "BURRINHO", bem como os serviços de reparo em toda a calçada "passeio" da mencionada reserva.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/694/indicacao_n_68_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/694/indicacao_n_68_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício à Prefeita Municipal de Pires do Rio, Excelentíssima Senhora Maria Aparecida Marasco Tomazini e ao Secretário Municipal de Meio Ambiente, Sr. Gilmar Teodoro de Resende, solicitando-lhes que sejam feitos estudos para posterior elaboração de projeto com objetivo de viabilizarmos uma "PARCERIA PÚBLICO - PRIVADA PARA COLETA SELETIVA DE LIXO".</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/695/indicacao_n_69_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/695/indicacao_n_69_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, COMUNICANDO-LHE que já se encontra à disposição do nosso município, através da Diretora do DETRAN/Go., caminhão e a mão de obra necessária para execução de todo serviços de sinalização, seguindo o que determina a Lei n° 3.507/2013, visto a precariedade de tal obra atualmente.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/696/indicacao_n_70_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/696/indicacao_n_70_2021.pdf</t>
   </si>
   <si>
     <t>Ao Departamento de Postura a Solicitação de Providências a serem tomadas.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/697/indicacao_n_71_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/697/indicacao_n_71_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Secretário Municipal de Meio Ambiente, Sr. Gilmar Teodoro de Resende, solicitando que sejam tomadas as devidas providências no Loteamento Alto da Baronesa.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/698/indicacao_n_72_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/698/indicacao_n_72_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo Municipal, Secretaria competente, solicitando-lhe que seja executado o serviço de CONCRETAGEM DA CALÇADA, "passeio", localizada na Rua 04-A, Vila Sinhô Nogueira, calçada localizada nos fundos da Escola Municipal Sebastião Antônio Leite.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/699/indicacao_n_73_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/699/indicacao_n_73_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Secretário Municipal de Meio Ambiente e a ENEL, solicitando-lhes, em caráter de urgência, a poda de uma árvore na Rua Nadim Saud, ao lado da Pet Shop, abaixo do Bar do Maurício.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/700/indicacao_n_74_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/700/indicacao_n_74_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao SECRETARIO DE SAUDE DO MUNICÍPIO Sr. BRUNO MAIA, a possibilidade de um outro ponto de vacinação da Covid - 19, em nosso município devido ao grande congestionamento de transito, e também de aglomeração de pessoas no atual local de vacinação.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/701/indicacao_n_75_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/701/indicacao_n_75_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a que determine ao Departamento competente a execução dos serviços de tapa-buracos na Av. Maria Guiotti, em frente a Serralheria do Sr. Ananias.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/702/indicacao_n_76_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/702/indicacao_n_76_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe o cumprimento da Lei n° 3.961/19, de minha autoria, que "Dispõe sobre regulamentação de Política de Controle de Natalidade de cães e gatos conforme Lei Federal n° 13.426/2017 e dá outras providências".</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/703/indicacao_n_077_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/703/indicacao_n_077_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Secretário Municipal de Obras, reiterando solicitação feita anteriormente, para execução dos serviços de reparos (patrolamento e encascalhamento) da Rua 3, Bairro Setor Industrial.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/704/indicacao_n_078_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/704/indicacao_n_078_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a que encaminhe a essa Casa Projeto de Lei que "Concede reajuste salarial aos vencimentos dos servidores efetivos (inativos e pensionistas) e comissionados"</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/705/indicacao_n_079_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/705/indicacao_n_079_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a execução dos serviços de roçagem e capina as margens da via de acesso a sede Campestre do Country Clube, com início na Rua Joaquim Camilo, Bairro Santa Cecília.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/706/indicacao_n_080_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/706/indicacao_n_080_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a execução dos serviços de tapa-buracos na Rua Professor Zacarias.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/707/indicacao_n_081_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/707/indicacao_n_081_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo Municipal, Secretaria competente, solicitando-lhe que seja executado o serviço de substituição de lâmpadas queimadas, melhoramento (reforma) do alambrado e serviços de jardinagem no Ginásio de Esportes da Vila Sinhô Nogueira "PRAÇA DE ESPORTES JOTA JÚNIOR".</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/708/indicacao_n_082_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/708/indicacao_n_082_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a instalação de um quebra-molas na Rua 14, na altura do Lote 20, Bairro Setor Industrial, próximo a Lanchonete do Paulinho, visando reduzir a velocidade dos veículos que ali trafegam, em risco iminente de acidente.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/709/indicacao_n_083_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/709/indicacao_n_083_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a que determine ao Departamento competente a retirada do entulho da Rua 10, Qd.34, Lote 06, Parque Santana.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/710/indicacao_n_084_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/710/indicacao_n_084_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a que determine ao Departamento competente a execução dos serviços de tapa-buracos na Rua Jardim Goiás em frente n° 64, no bairro Nossa Senhora de Lurdes.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/711/indicacao_n_085_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/711/indicacao_n_085_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a que determine ao Departamento competente a instalação de um quebra-molas e de faixa de pedestre na Rua Miguel Abrão, próximo a Cidade Distribuidora, Bairro Santa Cecília.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/712/indicacao_n_086_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/712/indicacao_n_086_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a execução dos serviços de tapa-buracos na Rua Francisco Lisboa, Bairro Nossa Senhora de Lourdes, em caráter de Urgência.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/713/indicacao_n_087_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/713/indicacao_n_087_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a execução dos serviços de tapa-buracos na Rua Osório Porto Filho, na altura do Lote 9 da Quadra 07, Bairro Sampaio.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/714/indicacao_n_088_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/714/indicacao_n_088_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao Departamento competente a execução dos serviços de recapeamento do piso pavimentado da Rua Francisco Souza Lobo, priorizando o trecho próximo ao ESF-02.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/715/indicacao_n_089_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/715/indicacao_n_089_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Secretário Municipal de Meio Ambiente e a ENEL, solicitando-lhes, em caráter de urgência, a poda de uma árvore na Rua 05, Quadra 18, Chácara 06, Bairro Setor Industrial.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/716/indicacao_n_090_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/716/indicacao_n_090_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente, em caráter de urgência, a troca de todas as lâmpadas queimadas na Rua 05, Bairro Setor Industrial, totalmente as escuras.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/717/indicacao_n_091_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/717/indicacao_n_091_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Senhor Secretário Municipal de Saúde, solicitando-lhe que providencie com urgência a volta dos veículos que fazem os transportes (vans e microônibus) de pacientes de tratamento contínuo em outra cidade.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/718/indicacao_n_092_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/718/indicacao_n_092_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a execução dos serviços de limpeza geral na Rua Maria de Lourdes Cavalcante, mais precisamente em frente o Lote 2 da Quadra 01, Bairro Jardim Guanabara.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/719/indicacao_n_093_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/719/indicacao_n_093_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe o cumprimento da Lei n° 3.987/2019, de 18 de setembro de 2019, que "Ordena o estacionamento de carros, utilitários e motos na área central de nossa cidade, e dá outras providências.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, DR. SANDRO BARBOSA, JÚNIOR DA METASA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/720/indicacao_n_094_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/720/indicacao_n_094_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício à Prefeita Municipal de Pires do Rio, Excelentíssima Senhora Maria Aparecida Marasco Tomazini, solicitando, respeitosamente, que seja confeccionado ofício por parte do Poder Executivo Municipal destinado ao Governo do Estado de Goiás, com a finalidade de doação/cessão para o município de Pires do Rio da área da 'antiga Agetop/Dergo/Crisa", área onde no passado funcionava a parte operacional dos mencionados órgãos do Governo.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/721/indicacao_n_095_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/721/indicacao_n_095_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Secretário do Meio Ambiente, Sr. Gilmar Teodoro de Resende, sugerindo-lhe a análise acerca da implantação de um serviço inédito em nosso município, consistente na entrega domiciliar e gratuita de mudas de árvores para serem plantadas em calçadas e residências aos cidadãos que assim solicitarem.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/722/indicacao_n_096_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/722/indicacao_n_096_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, SUGERINDO-LHE a realização de um estudo acerca da viabilidade para tornar a Rua David Abdala Rassi como via de mão única, somente na extensão iniciada no entroncamento  com a Rua Joaquim Antônio Teixeira, prosseguindo no sentido leste, até o entroncamento com a Avenida Castelo Branco.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/723/indicacao_n_097_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/723/indicacao_n_097_2021.pdf</t>
   </si>
   <si>
     <t>"Proceda a nomeação dos Membros do Conselho Municipal de Esportes e do Fundo Municipal  de Esportes - FUMPES, em caráter de urgência, para que OS PROJETOS  integrem a LOA para o ano de 2022"</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/724/indicacao_n_098_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/724/indicacao_n_098_2021.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO: "que se instale o sistema CENTI para registro de protocolo quando da entrega de documentos junto departamento para solicitação de procedimentos de regulação, devendo ser descritos no ato do protocolo todos os documentos deixados pelo usuário"</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/725/indicacao_n_099_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/725/indicacao_n_099_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que o Bairro Novo Horizonte também seja incluído no cronograma de serviços de sinalização de transito.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/726/indicacao_n_100_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/726/indicacao_n_100_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente os serviços de encascalhamento da Rua Ana Bernadina, Bairro Nadim Saud, atualmente intransitável, em caráter de urgência.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/727/indicacao_n_101_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/727/indicacao_n_101_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a execução dos serviços de encascalhamento da Rua 2, Bairro Nadim Saud, em caráter de urgência.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/728/indicacao_n_102_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/728/indicacao_n_102_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a que determine ao Departamento competente a retirada de uma árvore na calçada da Av. Egídio Francisco Rodrigues, na altura do n° 169, em frente a residência do Sr. Joelson Alves Maia, que inclusive se comprometeu a plantar outra muda de pequeno porte que não prejudicará o alicerce de sua moradia.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/729/indicacao_n_103_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/729/indicacao_n_103_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Secretário Municipal de Obras e Desenvolvimento Urbano, Sr. Jacob Saud Filho, solicitando, respeitosamente, que sejam realizados os serviços de limpeza (varrição), nos finais de semana, bem como feriados, da Praça Central "Gaudêncio Rincon Segóvia".</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/730/indicacao_n_104_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/730/indicacao_n_104_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Secretário Municipal de Obras e Desenvolvimento Urbano, Sr. Jacob Saud Filho, solicitando, respeitosamente, que sejam realizados os serviços de manutenção - limpeza das "bocas de lobo" de nossa cidade. Esses dispositivos instalados nas vias públicas tem a função de promover a drenagem das águas.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/732/indicacao_n_106_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/732/indicacao_n_106_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao Departamento competente a reforma (se necessário) e a higienização diária de todos banheiros públicos do nosso Município.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>MARINA DA FARMÁCIA, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/733/indicacao_n_107_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/733/indicacao_n_107_2021.pdf</t>
   </si>
   <si>
     <t>Requerem o envio de ofício ao Poder Executivo, solicitando-lhe o cumprimento da Lei n° 3.975, de 2019, que "Dispõe sobre a mão de direção da Rua Manoel Cavalcante Nogueira."</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/734/indicacao_n_108_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/734/indicacao_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Requerem o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente sinalização de mão única da Rua Antônio Cavalcante Meireles.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>DENILSON CASTRO, JÚNIOR DA METASA, MARQUIM MEGA SOM, WANDERLEY DO MOTO TÁXI</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/735/indicacao_n_109_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/735/indicacao_n_109_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a sinalização horizontal em frente à unidade prisional, atendendo reivindicação contida no Ofício n° 1077/2021, do Diretor da Unidade Prisional de Pires do Rio, em anexo.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/736/indicacao_n_110_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/736/indicacao_n_110_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe providências, visando a aquisição (ou destinação) de um veículo (preferencialmente caminhão) destinado a Secretaria do Meio Ambiente, a ser utilizado na implantação da Coleta Seletiva porta a porta de materiais recicláveis em nosso município.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/737/indicacao_n_111_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/737/indicacao_n_111_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a inclusão das demais vias públicas do nosso município onde se faz necessário, dos serviços de sinalização de trânsito, realizados em parceria com o Detran.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/738/indicacao_n_112_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/738/indicacao_n_112_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a execução dos serviços de roçagem e capina as margens da Av. Calixto Mansur, do seu início até a sede campestre do Country Clube.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/739/indicacao_n_113_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/739/indicacao_n_113_2021.pdf</t>
   </si>
   <si>
     <t>Solicito encaminhamento da presente INDICAÇÃO à Prefeita Municipal de Pires do Rio, Maria Aparecida Marasco Tomazini, a fim de alcançar a eficiência dos serviços e atos públicos , bem como considerando o iminente certame para realização de concurso público para suprir vagas do Município.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/740/indicacao_n_114_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/740/indicacao_n_114_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício a ENEL e a SANEAGO, solicitando-lhes atualização no nome do logradouro, conforme determina Lei n° 2.812 de 2003 - Rua Wanderley Ferreira de Azevedo.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/741/indicacao_n_115_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/741/indicacao_n_115_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício à Prefeita Municipal de Pires do Rio, Excelentíssima Senhora Maria Aparecida Marasco Tomazini, solicitando respeitosamente, que sejam realizados estudos e análise com objetivo de criação da Secretaria Municipal de Trânsito e Mobilidade Urbana.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>RODRIGUINHO DA ÓTICA, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/742/indicacao_n_116_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/742/indicacao_n_116_2021.pdf</t>
   </si>
   <si>
     <t>Requerem o envio de ofício ao Poder Executivo, solicitando-lhe a liberação para o retorno do funcionamento da Feirinha nos dias de quinta-feira, na Praça Central Gaudêncio Rincon Segóvia, seguindo as normas de proteção e segurança contra à COVID-19.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/743/indicacao_n_117_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/743/indicacao_n_117_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a que determine ao Departamento competente os serviços de aguamento 02 (duas) vezes por semana, das vias públicas ainda  não asfaltadas do Bairro Oswaldo Gonçalves, minimizando o excesso de poeira que tem causado grandes transtornos, inclusive prejudicando a saúde dos moradores daquele Bairro.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/744/indicacao_n_118_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/744/indicacao_n_118_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a retirada dos entulhos e contenção de água para não ocorrer a formação de novas erosões na Rua Olinto Gomes de Oliveira, esquina com a Rua 5, Bairro Jardim JK.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/745/indicacao_n_119_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/745/indicacao_n_119_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente os serviços de aguamento nos Bairros abaixo relacionados, visando diminuir o excesso de poeira que está afetando a saúde dos moradores daqueles Bairros:_x000D_
 - Bairro Nadim Saud;_x000D_
 - Setor Bouganville;_x000D_
 - Vila Mutirão; e_x000D_
 - Setor Industrial.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/746/indicacao_n_120_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/746/indicacao_n_120_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a recuperação dos meios-fios na Praça Francisco Felipe Machado - Praça  da Biblioteca Municipal.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/747/indicacao_n_121_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/747/indicacao_n_121_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao Departamento competente os serviços de iluminação do Centro Poliesportivo Reinaldo Silva, em caráter de urgência, atualmente totalmente as escuras.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/748/indicacao_n_123_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/748/indicacao_n_123_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente os serviços de patrolamento e encascalhamento, em caráter de urgência, da estrada que demanda a Região de Soldado Esteves, Região do Catingueiro e do Bananal.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/749/indicacao_n_124_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/749/indicacao_n_124_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Secretário Municipal de Obras e Desenvolvimento Urbano, Sr. Jacob Saud Filho, solicitando, respeitosamente, que, na medida do possível, sejam realizados os serviços de limpeza dos demais acessos à nossa cidade.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/750/indicacao_n_125_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/750/indicacao_n_125_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a execução dos serviços de pavimentação asfáltica da Rua José Bittar, Bairro Jardim Guanabara, único logradouro daquele Bairro que até a presente data não foi agraciado com esse benefício, atendendo reivindicação dos moradores daquele Bairro.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/751/indicacao_n_126_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/751/indicacao_n_126_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a lotação de um guarda/vigia na Quadra Coberta da Praça J. Júnior, Vila Sinhô Nogueira.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/752/indicacao_n_127_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/752/indicacao_n_127_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente os serviços de pavimentação asfáltica da Rua 5, Bairro Colegial, atendendo solicitação dos dirigentes do Lar Maria Madalena e dos moradores daquela via.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/753/indicacao_n_128_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/753/indicacao_n_128_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente os serviços de tapa-buracos na Rua João Inácio Lemes, Bairro Jardim JK.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/754/indicacao_n_129_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/754/indicacao_n_129_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, SUGERINDO-LHE a realização de um estudo acerca do encaminhamento de Projeto de Lei visando à criação de Fundo de Apoio às Estradas Rurais.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/755/indicacao_n_130_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/755/indicacao_n_130_2021.pdf</t>
   </si>
   <si>
     <t>Solicita o encaminhamento da presente INDICAÇÃO à Jacob Saud Filho, Secretário de Obras do Município com os cumprimentos, solicito que realize estudo a fim de verificar a viabilidade de instalação de quebra-molas nos seguintes logradouros:_x000D_
 - Rua 20, do Parque Santana;_x000D_
 - Rua Joaquim Antônio Teixeira, Jardim Goiás (Em frente à Qd. 07, Lt. 08)_x000D_
 - Avenida Joel de Andrade n° 55, Colegial (esquina com a Boiadeiro)_x000D_
 - Rua Flavito Porto Cavalcante, Nova Vila, n° 16 (abaixo do dormitório alvorada)</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/756/indicacao_n_131_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/756/indicacao_n_131_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao Departamento competente a execução dos serviços abaixo relacionados na Escola Municipal Hilda Martins Arruda:_x000D_
 - refazer o muro que desabou;_x000D_
 - retirada de entulhos; e_x000D_
 - verificar a viabilidade de construir a calçada no local onde estão depositando lixos e entulhos.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/757/indicacao_n_132_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/757/indicacao_n_132_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, reiterando a solicitação feita anteriormente, para que determine ao departamento competente a execução dos serviços de tapa-buracos na Rua João Inácio Lemes, Bairro Jardim JK.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/758/indicacao_n_133_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/758/indicacao_n_133_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe o cumprimento do Art. 8° do Ato das Disposições Transitórias da Lei Orgânica do Município.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/759/indicacao_n_134_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/759/indicacao_n_134_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe o cumprimento do Art. 12 do Ato das Disposições Transitórias da Lei Orgânica do Município.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/760/indicacao_n_135_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/760/indicacao_n_135_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe o cumprimento do Art. 14 do Ato das Disposições Transitórias da Lei Orgânica do Município, em todos os seus incisos, com o efetivo funcionamento dos Conselhos Municipais já existentes por força de Lei.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/761/indicacao_n_136_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/761/indicacao_n_136_2021.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento da presente INDICAÇÃO à Dra. Fernanda Barbosa, Secretária de Administração, " Que promova, no prazo de 15 (quinze) dias, a implantação de transmissão ao vivo das licitações do Município, disponibilizando seu conteúdo gravado em áudio e vídeo em arquivos para consulta."</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/762/indicacao_n_137_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/762/indicacao_n_137_2021.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento da presente INDICAÇÃO à Dra. Fernanda Barbosa, Secretária de Administração, que "PROMOVA com urgência a composição do Conselho Municipal de Iluminação Pública, nos termos da Lei Municipal n° 3.747/2014 e suas alterações, bem como informe aos departamentos do Município sobre a exigência legal para os projetos de rede de iluminação."</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/763/indicacao_n_138_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/763/indicacao_n_138_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a retirada entulhos na Rua RB-2, Bairro Residencial Bouganville, em caráter de urgência.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/764/indicacao_n_139_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/764/indicacao_n_139_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe providências, visando a instalação de banheiros químicos na Praça Gaudêncio Rincon Segóvia, sendo no mínimo 02 (dois) femininos e 02 (dois) masculinos, enquanto durar a reforma, considerando o grande fluxo de pessoas que passam por aquele logradouro, principalmente nos finais de semana e dias de feira.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/765/indicacao_n_140_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/765/indicacao_n_140_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe as melhorias no espaço utilizado pelo SAMU para descanso dos servidores na escala de plantão.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/766/indicacao_n_141_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/766/indicacao_n_141_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao Departamento competente os serviços de limpeza geral (roçagem, tapa-buracos e limpeza do bueiro) da Viela aos fundos do pátio de manobras da Rede Ferroviária, atualmente intransitável.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/767/indicacao_n_142_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/767/indicacao_n_142_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, reiterando solicitação feita anteriormente, para que seja instalado, em caráter de urgência, sinalização no cruzamento da Rua Pedro Mazon com a Av. Michel Santinone.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/768/indicacao_n_143_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/768/indicacao_n_143_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente os serviços de tapa-buracos da Rua 04, Qd. 08, na altura do Lote 02, Bairro Parque Santana, em caráter de urgência , pois a água está empossando causando mal cheiro e servindo de criadouro do mosquito da dengue e ainda com a profundidade dos buracos, a via está intransitável.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/769/indicacao_n_144_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/769/indicacao_n_144_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a execução dos serviços de tapa-buracos no encabeçamento da Av. Cristófaro de Paula Rezende com a Av. Egídio Francisco Rodrigues e com  as ruas laterais do Auto Posto Boca de Lobo.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/770/indicacao_n_145_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/770/indicacao_n_145_2021.pdf</t>
   </si>
   <si>
     <t>Requerem o envio de ofício ao Poder Executivo e à GOINFRA, solicitando-lhe a instalação de placas de sinalização na GO-309, priorizando o trecho logo abaixo do Clube GT.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/771/indicacao_n_146_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/771/indicacao_n_146_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a execução dos serviços de tapa-buraco na Rua Santo Antônio, Bairro Santa Cecília, em caráter de urgência.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/772/indicacao_n_147_2021_mesclado.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/772/indicacao_n_147_2021_mesclado.pdf</t>
   </si>
   <si>
     <t>Solicito encaminhamento da presente INDICAÇÃO ao Secretário de Saúde Sr. Bruno Maia e Secretária de Adm. Dra. Fernanda Barbosa, fixando a seguinte Súmula: "Diante da previsão em Lei de que a verba do adicional de Incentivo Federal, advinda de recursos da União, deve ser repassada aos Agentes Comunitários da Saúde do Município de Pires do Rio-GO, se faz necessária a concessão do benefício.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/773/indicacao_n_150_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/773/indicacao_n_150_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício à Prefeita Municipal, solicitando-lhe que determine a execução dos serviços de patrolamento e encascalhamento das estradas que demandam as Regiões do Capinzal, Morro do Cruzeiro e Laginha, totalmente intransitáveis, em caráter de urgência, considerando o transporte da produção diária de leite e ainda a grande demanda de veículos nas granjas naquelas regiões.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/774/indicacao_n_151_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/774/indicacao_n_151_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento e recuperação do piso pavimentado da Rua Benedito Gonçalves de Araújo, no trecho da via que fica no Bairro Sinhô Nogueira.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/775/indicacao_n_152_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/775/indicacao_n_152_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a recuperação do piso pavimentado da Rua Santo Antônio, Setor Dergo.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/776/indicacao_n_153_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/776/indicacao_n_153_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, reiterando solicitação feita anteriormente, para que determine ao departamento competente a execução dos serviços abaixo relacionados nas Ruas 2 e 3 do Bairro Setor Industrial:_x000D_
 _x000D_
 - limpeza geral;_x000D_
 - tapa-buracos;_x000D_
 - cascalhamento do trecho ainda não pavimentado.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/777/indicacao_n_154_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/777/indicacao_n_154_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a retirada de lixo e os serviços de varrição próximo as árvores que ficam no estacionamento lateral entre o Centro Municipal de Saúde e o pátio da Feira Livre Francisco Mesquita.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/778/indicacao_n_155_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/778/indicacao_n_155_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a execução dos serviços de patrolamento da estrada que dá acesso a granja do Senhor Arnaldo Cirilo, Região de Soldado Esteves, zona rural deste Município, atualmente intransitável.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/779/indicacao_n_156_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/779/indicacao_n_156_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento e recuperação do piso pavimentado da Rua 7 - Bairro Setor Industrial. Atualmente intransitável.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/780/indicacao_n_159_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/780/indicacao_n_159_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente a execução dos serviços de recuperação da Rua 02, Bairro Setor Industrial.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/781/indicacao_n_160_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/781/indicacao_n_160_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício à Prefeita Municipal, solicitando-lhe que determine ao departamento competente a instalação de dois (02) quebra-molas na Av. Priscila de Lima Oliveira (um em cada pista), próximo a Casa das Iscas, Bairro Jardim Goiás.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/782/indicacao_n_161_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/782/indicacao_n_161_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe a que determine ao Departamento competente a execução dos serviços de pintura da faixa para travessia de pedestre instalada na Av. Castelo Branco, próximo ao Auto Posto Mazon, antes do início do período escolar, visando dar maior segurança as crianças naquela via de tráfego intenso.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/783/indicacao_n_162_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/783/indicacao_n_162_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo, solicitando-lhe que determine ao departamento competente os serviços de tapa-buracos da Rua Pacífico Inocêncio Oliveira, no trecho da Quadra 16, Bairro Jardim Guanabara.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1042/req._n_001_e_req._s._n_de_29_de_jan._e_04_de_fev..pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1042/req._n_001_e_req._s._n_de_29_de_jan._e_04_de_fev..pdf</t>
   </si>
   <si>
     <t>REQUER o envio de ofício de pêsames à família do Senhor ARCIANON GOMES, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1043/req._n_002_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1043/req._n_002_2021.pdf</t>
   </si>
   <si>
     <t>REQUER da Mesa Diretora a realização de uma Sessão Extraordinária a ser realizada logo após esta para apreciação do Projeto de Lei n° 002/21, de autoria do Poder Executivo.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1044/req._n_003_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1044/req._n_003_2021.pdf</t>
   </si>
   <si>
     <t>REQUER o registro de votos de louvor ao Rotary Clube, pelo valoroso serviço prestado a sociedade piresina, e parabeniza pelo seu aniversário celebrado no dia 23 do mês em curso, comemorando o Dia Internacional do Rotariano.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1045/req._n_004_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1045/req._n_004_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que ao final subscreve, nos termos do inciso IX do Art. 14 do RIC, REQUER DESTAQUE por votação em separado:_x000D_
 _x000D_
 - Art. 2º do PL nº 002/2021; e_x000D_
 - Art. 3º do PL nº 002/2021._x000D_
 Ambos de autoria do Poder Executivo em virtude do impedimento ao Voto do Art. 4º do mesmo projeto.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1046/req._n_005_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1046/req._n_005_2021.pdf</t>
   </si>
   <si>
     <t>O vereador que no final subscreve, devolve as vistas concedidas pela Mesa ao Projeto de lei n° 002/21, do Poder Executivo, tendo refletido sobre as dúvidas levantadas, assim concluindo:_x000D_
 De fato, são situações diversas o inadimplemento do contribuinte, na fase de cobrança administrativa e até a pré-execução fiscal e na cobrança judicial, daí os diferentes índices de desconto para a quitação da dívida pelo devedor; Parece que o propósito é estimular o contribuinte a cumprir em dia sua obrigação tributária, evitando a cobrança administrativa e que essa termine na Justiça. Avaliada a questão com o autor da Emenda, reiterou sua preocupação, lembrando que a execução fiscal é dispendiosa para o erário por causa das custas judiciais, pagas no protocolo da inicial, tendo como base de cálculo o valor executivo. Sugeriu a apresentar subemenda estabelecendo que essa despesa, na fase pré-executória, seja de responsabilidade do devedor. Todavia, essa subemenda também não prospera, pela Lei 6.830/80.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1047/req._n_006_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1047/req._n_006_2021.pdf</t>
   </si>
   <si>
     <t>REQUER da Mesa Diretora a retirada do Projeto de Lei n° 005/21, de minha autoria que "Altera o valor da tarifa de moto-táxi e dá outras providências.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1048/req._n_007_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1048/req._n_007_2021.pdf</t>
   </si>
   <si>
     <t>Solicita a participação do Técnico em Contabilidade o Sr. EDUARDO HENRIQUE SANTANA SABINO, CRC-GO °110500 - 0 como membro técnico de reconhecida competência, sem remuneração financeira, sem direito a voto e Credenciado nas Comissões de Finanças e Orçamento, da qual presido neste biênio.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1049/req._n_008_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1049/req._n_008_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família do Jovem ALEXANDRE FERNANDES DE PAULA, o popular Muchila, da vizinha cidade de Palmelo, pelo seu falecimento ocorrido no dia de hoje.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1050/req._n_009_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1050/req._n_009_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família do Senhor ANTÔNIO CAMBREA FILHO - o popular Nico Cambrea, pelo seu falecimento ocorrido no dia de hoje.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1051/req._n_010_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1051/req._n_010_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família de Dona GERALDA FERREIRA, pelo seu falecimento ocorrido no dia 28-02-2021 domingo.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1052/req._n_011_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1052/req._n_011_2021.pdf</t>
   </si>
   <si>
     <t>REQUER o registro de cumprimentos ao servidor público municipal JACY DE OLIVEIRA FILHO pelo excelente serviço prestado junto ao Departamento Municipal de Vigilância Sanitária e ao Departamento de Endemias, atendendo-nos sempre com a maior presteza.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>DENILSON CASTRO, DR. SANDRO BARBOSA, NENECO</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1053/req._n_013_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1053/req._n_013_2021.pdf</t>
   </si>
   <si>
     <t>REQUER o registro de votos de louvor ao servidor público municipal MÁRCIO RAMALHO COUTO - Diretor do Centro Municipal de Saúde Geminiano Carneiro de Mendonça pelo excelente serviço prestado junto a Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, DR. SANDRO BARBOSA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1054/req._n_014_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1054/req._n_014_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o registro de votos de louvor ao 11° Batalhão Corumbá, pelo valoroso serviço que estão realizando durante o período da Pandemia, trabalhando dioturnamente em parceria com a Vigilância Sanitária na fiscalização, orientando os estabelecimentos que estão em atividade e nas denúncias de aglomerações e não cumprimento das determinações impostas pelo Decreto.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1055/req._n_015_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1055/req._n_015_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o registro de votos de louvor ao Departamento Municipal da Vigilância Sanitária, pelo valoroso serviço que estão prestando durante o período da Pandemia, trabalhando dioturnamente na fiscalização, orientando os estabelecimentos que estão em atividade, averiguando sempre se há condições sanitárias para o funcionamento e ainda nas denúncias de aglomerações e não cumprimento das determinações impostas pelo Decreto.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1056/req._n_016_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1056/req._n_016_2021.pdf</t>
   </si>
   <si>
     <t>REQUER o envio de ofício de pêsames à família da Senhora NICA TOMAZINI, pelo seu falecimento, ocorrido recentemente.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1057/req._n_017_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1057/req._n_017_2021.pdf</t>
   </si>
   <si>
     <t>REQUER da Mesa Diretora acesso as prestações de Contas desta Casa referentes ao mês de JANEIRO e FEVEREIRO/21.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1058/req._n_018_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1058/req._n_018_2021.pdf</t>
   </si>
   <si>
     <t>REQUER o envio de ofício de pêsames à família do Senhor MAURÍCIO BATISTA (Maurício do Bar), pelo seu falecimento, ocorrido recentemente.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1059/req._n_019_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1059/req._n_019_2021.pdf</t>
   </si>
   <si>
     <t>REQUER o envio de ofício de pêsames à família do Senhor JOÃO MOREIRA, pelo seu falecimento, ocorrido recentemente.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>DENILSON CASTRO, DR. SANDRO BARBOSA, MARINA DA FARMÁCIA, RODRIGUINHO DA ÓTICA</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1060/req._n_020_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1060/req._n_020_2021.pdf</t>
   </si>
   <si>
     <t>REQUER o registro de votos de louvor a todos os servidores municipais lotados na Secretaria de Saúde, pelo excepcional serviço prestado.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1061/req._n_021_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1061/req._n_021_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família do Senhor LUIZ CARLOS DO NASCIMENTO, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1062/req._n_22_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1062/req._n_22_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família do Senhor WELLINGTON JOSÉ DE ANDRADE, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1063/req._n_24_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1063/req._n_24_2021.pdf</t>
   </si>
   <si>
     <t>Requer que V. Excelência, na condição de Administrador desta Casa promova a apuração do vazamento de informações/documentos que se encontra nesta Câmara sob sigilo e que se espalharam nas redes sociais, a fim de que sejam tomadas as providências cabíveis.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1064/req._n_25_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1064/req._n_25_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família do Senhor MOACIR AFONSO CARNEIRO, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1065/req._n_26_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1065/req._n_26_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família de Senhor ANTÔNIO CARLOS DAMASCENA, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1066/req._n_27_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1066/req._n_27_2021.pdf</t>
   </si>
   <si>
     <t>REQUER o envio de ofício à Vossa Excelência, Vereador Denilson de Castro, Presidente desta Casa, solicitando-lhe que devolva o duodécimo, às sobras de recursos financeiros, para o Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1067/req._n_028_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1067/req._n_028_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família da Senhora DJANIRA LOPES GALVÃO, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1068/req._n_029_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1068/req._n_029_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família do Senhor LUIZ GALVANI - o popular Luiz Mococa, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARQUIM MEGA SOM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1069/req._n_030_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1069/req._n_030_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família do Senhor SEBASTIÃO ALVES TEIXEIRA - o popular Teixeirinha, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1070/req._n_031_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1070/req._n_031_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família do Pastor ROBERTO MILAZZO, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>DR. SANDRO BARBOSA, MARQUIM MEGA SOM</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1071/req._n_032_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1071/req._n_032_2021.pdf</t>
   </si>
   <si>
     <t>Requer à Presidência dessa Casa de Leis que promova repasse de parte da economia do DUODÉCIMO para aquisição de 04 (quatro) cadeira de rodas, 02 (dois) andadores e 05 (cinco) pares de muletas. Considerando também, a eficácia do CAPACETE RESPIRADOR ELMO, solicita-se que V. Excelência destine verba da economia do duodécimo para aquisição de 10 (dez) unidades de capacete.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1072/req._n_033_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1072/req._n_033_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família do Senhor SEBASTIÃO ALMEIDA DE SOUZA FILHO, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1073/req._n_034_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1073/req._n_034_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família da Jovem MARÍLIA DAGUER, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1074/req._n_035_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1074/req._n_035_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família do Senhor ALTAMIRO VELOSO, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1075/req._n_036_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1075/req._n_036_2021.pdf</t>
   </si>
   <si>
     <t>REQUER que V. Excelência, após análise de seu calendário, informe as datas disponíveis para realização audiência pública para análise das Metas e Prioridades da LDO para o ano de 2022.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1076/req._n_037_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1076/req._n_037_2021.pdf</t>
   </si>
   <si>
     <t>Requer que V. Excelência determine que a Secretaria dessa Casa encaminhe ao meu gabinete cópia integral do procedimento licitatório da reforma e ampliação da Câmara, incluindo os contratos com a empresa vencedora.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1077/req._n_038_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1077/req._n_038_2021.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de uma Sessão Extraordinária logo após o encerramento desta.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1078/req._n_039_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1078/req._n_039_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família da Pastora MARA APARECIDA VIEIRA VAZ CORREA, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1079/req._n_41_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1079/req._n_41_2021.pdf</t>
   </si>
   <si>
     <t>Ao analisar os termos do contrato licitatório n° 275/2020, que tem como objeto a contratação da empresa Rio Negro para execução da obra do asfalto do Bairro Bougainville, bem como ao analisar as documentações de empenho e ordens de pagamentos enviadas pelo Poder Executivo em resposta à minha solicitação, verificou-se a necessidade de esclarecimentos de alguns pontos do termo de referência do objeto licitado. Dito isso, SOLICITO que seja expedido convite ao Sr. Luiz Antônio de Almeida, fiscal do contrato, para que preste informações técnicas sobre a execução do contrato, deixando-o ciente de que os questionamentos serão realizados no dia designado no convite a ser encaminhado pela Mesa Diretora.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1080/req._n_042_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1080/req._n_042_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família da Senhora CLEONICE APARECIDA DE SOUZA, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1081/req._n_043_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1081/req._n_043_2021.pdf</t>
   </si>
   <si>
     <t>SOLICITO que seja determinado que a Secretaria desta casa promova a COMPILAÇÃO das seguintes legislações:_x000D_
 01 - Lei n° 2.785/2002 - que Institui o Regime Próprio de Previdência Social do Município de Pires do Rio/GO e dá outras providências.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1082/req._n_044_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1082/req._n_044_2021.pdf</t>
   </si>
   <si>
     <t>REQUER o envio de ofício ao Presidente da GOINFRA, Excelentíssimo Sr. Pedro Henrique Ramos Sales, solicitando que seja feito estudo e análise para posterior retirada de LOMBADA ELETRÔNICA localizada na Av. Lino Sampaio Bairro JK, continuação da GO-020 (entrada do perímetro urbano de Pires do Rio), sentido Palmelo - Pires do Rio.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1083/req._n_45_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1083/req._n_45_2021.pdf</t>
   </si>
   <si>
     <t>REQUER da MESA DIRETORA a prorrogação do prazo para apresentação de Parecer da Comissão de Ética, referente a todos os procedimentos que se encontram em análise naquela Comissão.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1084/req._n_046_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1084/req._n_046_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família de VILENE TEIXEIRA CORREIA, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1085/req._n_47_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1085/req._n_47_2021.pdf</t>
   </si>
   <si>
     <t>REQUER a criação de Comissão Parlamentar de Inquérito, nos termos do art. 58, do RIC e art. 87, inciso XXI, da LOM, com a finalidade de investigar o Contrato de prestação de serviços n° 275/ 2020, firmado com a Empresa Rio NEGRO, cujo objeto é o Asfalto do Bairro Bougainville, pelo prazo de 60 (sessenta) dias.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1086/req._n_048_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1086/req._n_048_2021.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de uma Sessão Extraordinária logo após o encerramento desta, para votação de todos os projetos na pauta.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1087/req._n_049_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1087/req._n_049_2021.pdf</t>
   </si>
   <si>
     <t>REQUER o registro de votos de louvor ao Senhor ÉDER REZENDE MARTINS - pelo valoroso serviço prestado visando a preservação do meio ambiente em nosso município, estendendo-se a todo Estado de Goiás, onde teve o reconhecimento do seu trabalho junto a juízes e promotores pela UFG.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1088/req._n_050_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1088/req._n_050_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família do Senhor JÚLIO SEBASTIÃO DA SILVA, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, DENILSON CASTRO, DR. SANDRO BARBOSA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NEGUIM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1089/req._n_051_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1089/req._n_051_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o registro de votos de louvor, com a entrega de mensagem, aos pilares da Secretaria Municipal de Saúde: Bruno Jefferson Lopes Maia - Secretário Municipal de Saúde, Márcio Ramalho Couto - Diretor do Centro de Saúde Geminiano Carneiro de Mendonça e Jhonatas de Souza Silva - Diretor do Hospital Municipal Benedito Rodrigues do Nascimento.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1093/req._n_052_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1093/req._n_052_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família do Senhor CLOVES VEIGA, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, JÚNIOR DA METASA, NEGUIM, RODRIGUINHO DA ÓTICA, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1094/req._n_053_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1094/req._n_053_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família da Jovem MIRIAN MARIA SANTOS SIQUEIRA, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1095/req._n_054_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1095/req._n_054_2021.pdf</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1096/3_req._de_mesmo_n_55_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1096/3_req._de_mesmo_n_55_2021.pdf</t>
   </si>
   <si>
     <t>Solicito à V. Excelência: _x000D_
 01 - Que relacione a frota municipal, indicando a origem do recurso para aquisição e onde deveria está sendo usado cada veículo;_x000D_
 02 - Acaso hajam veículos sendo usado em atividades alheia à que lhe foi determinada, tome as providências para regularizar a questão;_x000D_
 03 - Apresente documentos que comprovem a contratação de seguro para os veículos, bem como apresente documento de vistoria que atestam estarem com a manutenção em dia: troca de óleo, pneus, câmbio etc.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1097/2_req._de_mesmo_n_56_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1097/2_req._de_mesmo_n_56_2021.pdf</t>
   </si>
   <si>
     <t>REQUER o envio de ofício ao Presidente da Câmara Municipal de Pires do Rio, Vereador Denilson Castro, solicitando que seja mencionado na placa de obra (obra de ampliação do prédio da Câmara Municipal), que está afixada na lateral do prédio (fundos) o valor da mencionada obra, bem como dados do contrato.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1098/req._n_57_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1098/req._n_57_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família da Jovem Senhora PAULA KÊNYA MARTINS GOMES DE FARIAS, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1099/req._n_58_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1099/req._n_58_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família do Senhor MESSIAS BALTAZAR DOS ANJOS - o popular TAZINHO, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1100/req._n_60_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1100/req._n_60_2021.pdf</t>
   </si>
   <si>
     <t>Nos termos do art. 142, inciso I, do Regimento Interno desta Casa, solicito que V. Excelência se digne a registrar nos Anais desta Casa voto de louvor aos profissionais da Advocacia - OAB/GO, Subseção de Pires do Rio/GO, em razão da comemoração do dia do Advogado comemorado no dia 11 de Agosto.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, DENILSON CASTRO, DR. SANDRO BARBOSA, NENECO</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1101/req._n_61_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1101/req._n_61_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família do Senhor SERAFIM MARRA pelo falecimento de sua filha, genro e neta ocorrido recentemente.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, DENILSON CASTRO, DR. SANDRO BARBOSA, JÚNIOR DA METASA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1102/req._n_62_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1102/req._n_62_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família do jovem YURE LINYKER QUEIROZ DE SOUZA, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1103/req._n_63_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1103/req._n_63_2021.pdf</t>
   </si>
   <si>
     <t>Solicita a Retirada e o Arquivamento do Projeto de Emenda a LOM n° 001/21.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1104/req._n_65_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1104/req._n_65_2021.pdf</t>
   </si>
   <si>
     <t>REQUER o ARQUIVAMENTO do Projeto de Lei n° 016/21, que "Estabelece multa administrativa para aqueles que promoverem festas e os que ali estiverem enquanto durar o estado de calamidade pública em decorrência do novo coronavírus".</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1105/req._n_66_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1105/req._n_66_2021.pdf</t>
   </si>
   <si>
     <t>Solicita Arquivamento do Projeto de Lei Ordinária n° 027/21, que "Dispõe sobre a limpeza de terreno baldios no município de Pires do Rio e dá outras providências".</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, DENILSON CASTRO, DR. SANDRO BARBOSA, MARINA DA FARMÁCIA, MARQUIM MEGA SOM, NENECO, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1106/req._n_67_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1106/req._n_67_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família pelo falecimento do casal VICENTE FELIPE e sua esposa RAFLÉZIA.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1107/req._n_68_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1107/req._n_68_2021.pdf</t>
   </si>
   <si>
     <t>Solicita o Arquivamento do Projeto de Lei Ordinária n° 019/21, que "Institui o Programa Jovem é o Futuro que o Programa de Aprendizagem no âmbito da Administração Municipal".</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1108/req._n_69_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1108/req._n_69_2021.pdf</t>
   </si>
   <si>
     <t>REQUER o registro de votos de louvor a jovem Engenheira Ambiental THARCELLY NUNES DE SOUZA DA CUNHA - ocupante do cargo de Gestora de Resíduos Sólidos, pelo excepcional serviço prestado junto a Secretaria do Meio Ambiente.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1109/req._n_70_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1109/req._n_70_2021.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a prorrogação pelo prazo de 30 (trinta) dias para conclusão dos trabalhos da CPI - Comissão Parlamentar de Inquérito instaurada para averiguação da execução do Contrato n° 275/2020, cujo objeto é a obra asfáltica do Bairro Bouganville.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1110/req._n_71_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1110/req._n_71_2021.pdf</t>
   </si>
   <si>
     <t>REQUER a retirada de pauta do Projeto de Emenda a Lei Orgânica n° 007/2021, que "Acrescenta o art. 142-A e 142-B, e seus parágrafos e incisos à Lei Orgânica do Município, que tratam sobre as Emendas Impositivas" até que sejam solicitadas e obtidas informações por parte do Poder Executivo, esclarecendo a esta Câmara Municipal quais as verbas vinculadas integram a receita corrente líquida e a sua previsão para o próximo exercício, uma vez que se tem conhecimento da existência dessas verbas na modalidade vinculada e que prejudicaria o cumprimento deste projeto, engessando o orçamento público e a discricionariedade atribuída por lei ao Poder Executivo, se aprovado com o texto normativo proposto.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1111/req._n_72_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1111/req._n_72_2021.pdf</t>
   </si>
   <si>
     <t>No encargo da Vereança foi procurado por alguns cidadãos do Município, que desejam não serem identificados, cujo pedido é para apuração de irregularidades nas casas do Bairro Dr. Wilson doadas pelo Município. As informações apontam que alguns contemplados estão alugando, cedendo e até vendendo os imóveis à terceiros, sem o consentimento do Município, o que seria proibido pela natureza da doação. A fim de auferir as informações que chegaram a título de denúncia, faço o seguinte REQUERIMENTO:_x000D_
 01 - QUE através dos Departamentos responsáveis, diligencie no sentido de apurar se há algum morador nos imóveis que não sejam os contemplados no processo de seleção realizado pelo Município;_x000D_
 02 - Se há imóveis ainda não habitados, informar o nome do cidadão contemplado e o motivo de ainda estar desocupado;_x000D_
 03 - Após informações encaminhadas em resposta à esse Requerimento, a fim de cumprir e entregar a resposta adequada aos cidadãos que as solicitaram.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1112/req._n_74_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1112/req._n_74_2021.pdf</t>
   </si>
   <si>
     <t>Solicito:_x000D_
 01 - Que V. Senhoria encaminhe todos os Decretos não publicados à esta Casa, bem como promova suas inclusões no Portal da Transparência;_x000D_
 02 - Acaso alguns desses Decretos foram anulados, fazer encaminhamento com a anulação;_x000D_
 03 - Solicita-se que TODOS os Decretos sejam colocados no Portal da Transparência, inclusive os que foram anulados com as devidas especificações de anulação, a fim de resguardar a sequência numérica.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1113/req._n_75_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1113/req._n_75_2021.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de uma Sessão Extraordinária logo após o encerramento desta, para votação dos Projetos em Pauta.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1114/req._n_76_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1114/req._n_76_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família pelo falecimento de NORMA PEREIRA DE CASTRO REZENDE.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1115/req._n_77_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1115/req._n_77_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família pelo falecimento do Senhor MARCOS LUIZ - o popular Casa Grande.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1116/req._n_78_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1116/req._n_78_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família pelo falecimento do Senhor VANDERLEI SANTANA.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>DR. SANDRO BARBOSA, MARQUIM MEGA SOM, WANDERLEY DO MOTO TÁXI</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1117/req._n_79_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1117/req._n_79_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM A PRORROGAÇÃO do prazo dessa Comissão, por mais 60 (sessenta) dias para conclusão dos trabalhos, considerando novas informações apresentadas e indicações de outras pessoas a serem ouvidas.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1118/req._n_80_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1118/req._n_80_2021.pdf</t>
   </si>
   <si>
     <t>REQUER o registro de votos de louvor ao Destacamento do Corpo de Bombeiros Militar - pela eficiência, empenho e dedicação extraordinária na sua ação diária no combate aos incêndios, trabalhando sempre com determinação, sem tréguas e para além dos limites físicos e psicológicos, garantindo a segurança da nossa população.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1119/req._n_81_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1119/req._n_81_2021.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de uma Sessão Extraordinária logo após o encerramento desta, para votação do Projeto de Lei n° 031/21.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1120/req._n_82_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1120/req._n_82_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício VOTOS DE LOUVOR à Secretaria Municipal de Educação, Coordenadoria Regional de Educação, UEG, FASUG, Colégios particulares de nossa cidade pela passagem do Dia do Professor.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1121/req._n_83_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1121/req._n_83_2021.pdf</t>
   </si>
   <si>
     <t>Nos termos da Lei Complementar Federal n° 141/2012, que dispõe sobre os Serviços Públicos de Saúde -SUS, temos:_x000D_
 "Art. 36. O gestor do SUS em cada ente da Federação elaborará Relatório detalhado referente ao quadrimestre anterior, o qual conterá, no mínimo, as seguintes informações:.....§ 5°. O gestor do SUS apresentará, até o final dos meses de maio, setembro e fevereiro, em audiência pública na Casa Legislativa do respectivo ente da Federação, o Relatório de que trata o caput._x000D_
 Considerando que já estamos no mês de Outubro/2021 e nenhuma audiência pública nesta Casa Legislativa foi realizada, passo a REQUERER:_x000D_
 QUE informe: quais foram os motivos que levaram ao não cumprimento das exigências da Lei Complementar n° 141/2012 em todo o ano de 2021, quanto à publicidade em audiência pública?</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1122/req._n_84_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1122/req._n_84_2021.pdf</t>
   </si>
   <si>
     <t>A fim de verificar as atividades desenvolvidas por este Conselho e sua atuação quanto às questões de saúde e cumprimento da LC 141/2012, passo a REQUERER:_x000D_
 QUE Encaminhe à esta Casa, no prazo de 15 (quinze) dias, as avaliações dos quadrimestres da execução orçamentária e financeira da saúde municipal do ano de 2021 já realizadas, com seus respectivos anexos, juntamente com as indicações de medidas corretivas encaminhadas ao Poder Executivo."</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1123/req._n_85_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1123/req._n_85_2021.pdf</t>
   </si>
   <si>
     <t>Ao analisar a Legislação Estadual, inclusive das normativas da SANEAGO, verifiquei que a Concessionária tem autoridade de fiscalizar o consumo e desperdício de água, não sendo necessário trazer o encargo para o Município. Dito isso, solicito o arquivamento do Projeto de Lei n° 041/2021 de minha autoria, nos termos Regimentais.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1124/req._n_86_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1124/req._n_86_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício de pêsames à família pelo falecimento do Senhor ADEMIR NETO DE ASSUNÇÃO, ocorrido recentemente.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1125/req._n_87_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1125/req._n_87_2021.pdf</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1126/req._n_88_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1126/req._n_88_2021.pdf</t>
   </si>
   <si>
     <t>REQUER o registro de agradecimentos a Srª. KAMILLY FERRO LEÃO - Coordenadora da Assistência Social, pelo pronto atendimento na prestação de socorro a uma senhora que havia sido despejada de sua moradia e estava passando por grandes transtornos.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1127/req._n_89_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1127/req._n_89_2021.pdf</t>
   </si>
   <si>
     <t>REQUER o registro de agradecimentos ao Sr. JACOB SAUD FILHO - Secretário de Obras, extensivos a toda sua equipe, pelo pronto atendimento na prestação de socorro a uma senhora que havia sido despejada de sua moradia e estava passando por grandes transtornos.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1128/req._n_90_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1128/req._n_90_2021.pdf</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1129/req._n_91_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1129/req._n_91_2021.pdf</t>
   </si>
   <si>
     <t>REQUER o envio de ofício ao Poder Executivo, solicitando-lhe, em caráter de urgência, que determine ao departamento competente a troca das lâmpadas queimadas dos refletores instalados no Estádio Edson Monteiro de Godoy - Monteirão.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1130/req._n_92_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1130/req._n_92_2021.pdf</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1131/req._n_93_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1131/req._n_93_2021.pdf</t>
   </si>
   <si>
     <t>REQUER o envio de ofício de pêsames à família do Senhor PAULO ROBERTO RIBEIRO DO PRADO, pelo seu falecimento, ocorrido recentemente.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1132/req._n_94_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1132/req._n_94_2021.pdf</t>
   </si>
   <si>
     <t>Solicito:_x000D_
 01 - Que o Conselho Municipal de Saúde analise os atos quanto às questões propostas (Gratificações e Autorização de Credenciamento) sob a luz da Instrução Normativa do TCM-GO n° 0007/2016, reapreciando caso entenda necessário, bem como informando a decisão que por ventura for exarada;_x000D_
 02 - Que a Comissão do Controle Interno do Município aprecie as questões juntos aos procedimentos administrativos já instaurados (Edital Chamamento n° 002/2021 e Pedido de Aditivo aos Contratos de Credenciamento para concessão de Gratificação), informando as providências exaradas;_x000D_
 03 - No ensejo, que a Comissão do Controle Interno analise os contratos de credenciamentos para saúde em vigor, especificamente quanto às gratificações de funções que tem sido concedidas à estes contratados, atestando sua legalidade ou ilegalidade e informando as providências exaradas.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1133/req._n_96_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1133/req._n_96_2021.pdf</t>
   </si>
   <si>
     <t>Por entender a complexidade a importância do trabalho desenvolvido pelas Conselheiras Tutelares, vários Município do País têm concedido o adicional de periculosidade aos salários desses profissionais, como forma de reconhecimento pelo desenvolvimento de atividade de risco à integridade física. No intuito de propiciar o reconhecimento de seus direitos garantidos Constitucionalmente, faço o seguinte REQUERIMENTO:_x000D_
 QUE promova o pagamento do adicional de periculosidade no percentual de 30% (trinta por cento), lembrando de que como não se trata de criação de gratificação nova, por já existir na Legislação Municipal e Constitucional, não há qualquer impedimento do pagamento em virtude da Lei 173/2020.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1134/req._n_100_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1134/req._n_100_2021.pdf</t>
   </si>
   <si>
     <t>REQUER o registro de votos de louvor ao servidor CAROLINO ALVES DE SOUZA - Técnico em Iluminação Pública e toda sua Equipe pelo valoroso serviço prestado na troca de iluminação para lâmpadas de led no centro da cidade.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1135/req._n_101_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1135/req._n_101_2021.pdf</t>
   </si>
   <si>
     <t>REQUER o registro de votos de louvor a Banda de Música do 11° BPM - pela realização da Alvorada nos eventos do aniversário de Pires do Rio.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1136/req._n_102_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1136/req._n_102_2021.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de três Sessões Extraordinárias, logo após o encerramento desta, sendo uma para votar os Projetos de Lei Ordinária 035/21 e Complementar 010/21 e as outras duas para votar o Projeto de Lei n° 034/21.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1137/req._n_103_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1137/req._n_103_2021.pdf</t>
   </si>
   <si>
     <t>REQUER o registro de votos de louvor à Advogada Drª. Andréia Ferreira Moreira Gonçalves - pelo valoroso serviço prestado "gratuitamente" auxiliando na análise de Projetos que tratam da Previdência dos Servidores Públicos Municipais.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1138/req._n_104_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1138/req._n_104_2021.pdf</t>
   </si>
   <si>
     <t>REQUER o registro de votos de louvor ao Engenheiro Civil Dr. Gilberto Teixeira Soares - pelo valoroso serviço prestado "gratuitamente" junto a CPI - Comissão Parlamentar de Inquérito instaurada para averiguação da execução da pavimentação asfáltica do bairro Bouganville.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1139/req._n_105_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1139/req._n_105_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM o registro de votos de louvor ao Senhor EDUARDO HENRIQUE SANTANA - pelo valoroso serviço prestado "gratuitamente" na Comissão de Orçamento e Finanças.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1140/req._n_106_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1140/req._n_106_2021.pdf</t>
   </si>
   <si>
     <t>REQUER o registro de votos de louvor ao Atleta Piresino Ulisses Silva de Melo pela merecida vitória na Copa do Mundo de Jiu Jitsu realizada no dia 05 de dezembro do ano em curso, em Brasília - DF, ocasião em que foi agraciado com duas medalhas de ouro (kimono e sem kimono).</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1141/req._n_107_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1141/req._n_107_2021.pdf</t>
   </si>
   <si>
     <t>REQUER o registro de votos de louvor aos Atletas Piresinos Medalhistas no Campeonato Super Brasileiro CBTKD realizado nos dias 23 a 28 de novembro do ano em curso, no Rio de Janeiro:_x000D_
 Campeão:_x000D_
 * Mestre Rafael de Oliveira Mendes_x000D_
 Vice-Campeão_x000D_
 * Mestre Adriano Dias da Costa_x000D_
 Agraciados com Medalhas de Bronze - ocupando o 3° Lugar:_x000D_
 * Pedro Lucas Peixoto Barbosa;_x000D_
 * José Ricardo Favorito - Kyorugui (luta)_x000D_
 * José Ricardo Favorito - Poomsae (forma)</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1142/req._n_108_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1142/req._n_108_2021.pdf</t>
   </si>
   <si>
     <t>REQUER da Mesa Diretora a formação de uma Comissão Mista para deliberar sobre o Projeto de Lei n° 059/21, apresentado na Sessão Ordinária do dia de hoje.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1143/req._n_109_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1143/req._n_109_2021.pdf</t>
   </si>
   <si>
     <t>Solicita da Comissão de Justiça e Redação, o ARQUIVAMENTO do Projeto de Lei Ordinária n° 042/21, que "Dispõe sobre a fiscalização e proteção ambiental dos depósitos de água subterrânea no município de Pires do Rio e dá outras providências" para seu ARQUIVAMENTO.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1144/req._n_110_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1144/req._n_110_2021.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a realização de uma sessão extraordinária logo após o encerramento desta para votação do projeto de lei em pauta.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>PINFO</t>
   </si>
   <si>
     <t>Pedido de Informações</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/907/pedido_de_inf._n_001_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/907/pedido_de_inf._n_001_2021.pdf</t>
   </si>
   <si>
     <t>Á Sua Senhoria Bruno Jeferson Lopes Maia - Secretário de Saúde de Pires do Rio/GO_x000D_
 Nos termos da Lei Orgânica do Município de Pires do Rio/GO, SOLICITO as seguintes INFORMAÇÕES e DOCUMENTOS:_x000D_
 - INFORME em qual circunstância a Senhora Cleuzeni Ferreira foi submetida à cirurgia em nosso Município, indicando dia horário, médico cirurgião e qual procedimento cirúrgico ela foi submetida;_x000D_
 - APRESENTE a documentação médica que autorizou a realização da cirurgia, incluindo o Prontuário Médico, documentos pessoais e comprovantes de residência apresentados pela paciente.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>CLEBINHO DA PEGA DE FRANGO, DENILSON CASTRO, MARINA DA FARMÁCIA, NENECO, RODRIGUINHO DA ÓTICA, WANDERLEY DO MOTO TÁXI, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/908/pedido_de_inf._n_002_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/908/pedido_de_inf._n_002_2021.pdf</t>
   </si>
   <si>
     <t>Requer da Srª Prefeita Municipal as seguintes informações: _x000D_
 - Quais as providências que serão tomadas quanto ao asfalto do Bairro Residencial Bouganville, da Rua Figueira Lima e da Travessa 2, do Bairro Colegial e se a empresa será notificada.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/909/pedido_de_inf._n_003_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/909/pedido_de_inf._n_003_2021.pdf</t>
   </si>
   <si>
     <t>Requer da Srª Prefeita Municipal as seguintes informações:_x000D_
 -Quando vai iniciar a operação tapa buracos e qual cronograma?</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/910/pedido_de_inf._n_004_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/910/pedido_de_inf._n_004_2021.pdf</t>
   </si>
   <si>
     <t>Solicito encaminhamento ao Diretor de Frota do Município de Pires do Rio - Oséias Miranda, o seguinte: PEDIDO DE INFORMAÇÃO. Pelo motivo de que me deparei com dois veículos estacionados no pátio com avarias de acidentes, sendo eles 01 (um) Gol branco PLACA OMW-9279 e 01 (um) Microônibus PLACA PRU-8469. Considerando que os veículos usados para fiscalização e locomoção de cidadãos para tratamento de saúde, solicito com URGÊNCIA  as seguintes informações:_x000D_
 - INFORME se os veículos indicados possuem seguro, juntando guia de pagamento em caso positivo;_x000D_
 - INFORME as causas das avarias nos dois veículos, de forma detalhada;_x000D_
 - INFORME o nome do motorista, seu vínculo com o Município (cargo ou função), que estava dirigindo os veículos no momento das avarias;_x000D_
 - INFORME se houve apuração mediante inquérito administrativo para apura a responsabilidade do dano ao patrimônio Público.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/911/pedido_de_inf._n_005_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/911/pedido_de_inf._n_005_2021.pdf</t>
   </si>
   <si>
     <t>SOLICITO as seguintes INFORMAÇÕES:_x000D_
 - INFORME a relação de servidores que receberam a GRATIFICAÇÃO INCORPORADA após a Emenda Constitucional 103 de 13/11/2019, relacionando os nomes, funções, data inicial do recebimento da gratificação e valor da gratificação de forma discriminada;_x000D_
 - INFORME o ato que concedeu a incorporação da folha de pagamento de tais funcionários (Decreto, Portaria, etc), fazendo-se juntar também os Procedimentos Administrativos de cada servidor que amparou o deferimento de tais recebimentos.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/912/pedido_de_inf._n_006_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/912/pedido_de_inf._n_006_2021.pdf</t>
   </si>
   <si>
     <t>Requer do Secretário Municipal de Meio Ambiente as seguintes informações:_x000D_
 - Quais providências estão sendo tomadas visando o retorno do ICMS Ambiental?</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/913/pedido_de_inf._n_007_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/913/pedido_de_inf._n_007_2021.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento do PEDIDO DE INFORMAÇÃO ao Diretor do Departamento de Licitações. Ao analisar o Portal da Transparência não consta todos os documentos dos procedimentos licitatórios do ano de 2021. Dito isso, SOLICITO que:_x000D_
 - INFORME todos os procedimentos administrativos licitatórios, podendo tais documentos serem encaminhados via mídia digital - PDF em Pendrive;_x000D_
 - INFORME todos os contrato e aditivos de contratos  realizados nos meses de janeiro e fevereiro de 2021, fazendo-se constar todos os documentos, podendo ser encaminhado via mídia digital - PDF em Pendrive;_x000D_
 - INFORME qual é o servidor responsável pelo lançamento do processo licitatório e documentos do departamento do Portal da Transparência do Município.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/914/pedido_de_inf._n_008_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/914/pedido_de_inf._n_008_2021.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo as seguintes informações:_x000D_
 - solicite que encaminhe a esta Casa cópia do Edital do Concurso Público realizado no ano de 2012.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/915/pedido_de_inf._n_009_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/915/pedido_de_inf._n_009_2021.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo as seguintes informações:_x000D_
 - Na estrutura administrativa existem os cargos de Técnico de Enfermagem e Auxiliar de Enfermagem?_x000D_
 - Quais as atribuições de cada um ?_x000D_
 - Quais servidores ocupam essas funções?_x000D_
 - Os cargos são de provimento efetivo? Qual a remuneração?_x000D_
 - Existem servidores credenciados para os referidos cargos? Em caso afirmativo qual a remuneração?</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/916/pedido_de_inf._n_010_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/916/pedido_de_inf._n_010_2021.pdf</t>
   </si>
   <si>
     <t>Requer do Secretário Municipal de Saúde as seguintes informações:_x000D_
 A Lei n° 4.035, de 25 de junho de 2020, que "Cria Remuneração Especial ao Comitê de Enfrentamento a COVID-19 e dá outras providências" em seu Art. 2° dispõe que o colegiado será composto por 09 (nove) membros, sendo 08 (oito) servidores do Município e um membro honorífico._x000D_
 - Qual a composição atual do referido comitê?</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/917/pedido_de_inf._n_011_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/917/pedido_de_inf._n_011_2021.pdf</t>
   </si>
   <si>
     <t>No sentido de analisar a responsabilidade da Concessionária Saneago, SOLICITA:_x000D_
 - Que informe a existência de contrato firmado entre o Município e SANEAGO relativos à prestação de serviço que executa em nosso Município, especificamente se há algum contrato que firma a responsabilidade do Município e da SANEAGO na manutenção da malha asfáltica, devendo ser encaminhadas cópias de tais contratos.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/919/pedido_de_inf._n_012_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/919/pedido_de_inf._n_012_2021.pdf</t>
   </si>
   <si>
     <t>Reitero os seguintes PEDIDOS DE INFORMAÇÃO: _x000D_
 - Que informe a relação dos alunos com necessidades especiais matriculados na Rede Municipal de Ensino, fazendo constar nomes, contato dos responsáveis legais (telefone, email, etc), bem como o endereço residencial de cada aluno;</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/921/pedido_de_inf._n_013_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/921/pedido_de_inf._n_013_2021.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo as seguintes informações:_x000D_
 - Por que a manutenção da frota municipal não é feita pelos servidores da Garagem, considerando que lá temos excelentes profissionais, e que isso ainda geraria economia ao nosso município?</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/922/pedido_de_inf._n_014_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/922/pedido_de_inf._n_014_2021.pdf</t>
   </si>
   <si>
     <t>Requer do Diretor do Centro Municipal de Saúde as seguintes informações:_x000D_
 - Como estão sendo feitas as viagens a Itumbiara para buscar oxigênio para manutenção do Hospital Municipal e ainda de pacientes que fazem uso em suas residências?- de fevereiro de 2021 até o mês atual._x000D_
 Favor relacionar quais servidores foram;_x000D_
 Data da viagem;_x000D_
 Horário da saída e de retorno;_x000D_
 Quantidade de cilindros por viagem;_x000D_
 - Todos os servidores que empreenderam viagem a essa localidade receberam o pagamento das diárias?</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/923/pedido_de_inf._n_015_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/923/pedido_de_inf._n_015_2021.pdf</t>
   </si>
   <si>
     <t>Requer do Secretário Municipal de Saúde as seguintes informações:_x000D_
 Foi veiculado na rede social esta semana alguns comentários a respeito de uma situação ocorrida com o novo Diretor do Hospital Municipal no dia 02 - sexta-feira santa, naquele nosocômio. _x000D_
 - Devido a grande repercussão, solicito que V.Exª nos informe o que realmente aconteceu naquela ocasião, para sanar qualquer dúvida a respeito da conduta do Diretor.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/924/pedido_de_inf._n_016_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/924/pedido_de_inf._n_016_2021.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora a seguinte informação:_x000D_
 - As Prestações de Contas do Poder Legislativo já solicitadas via Requerimento n° 017/21 já estão à disposição?</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/925/pedido_de_inf._n_017_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/925/pedido_de_inf._n_017_2021.pdf</t>
   </si>
   <si>
     <t>Solicito encaminhamento ao SECRETÁRIO MUNICIPAL DE SAÚDE do Município de Pires do Rio - Bruno Maia. A fim de cumprir os deveres de fiscalização que o cargo nos impõe, SOLICITA-SE: _x000D_
 - QUE nos envie prestação de contas dos valores da COVID-19, especificando os gastos, indicando os procedimentos licitatórios utilizados e ao final apontando o saldo atual.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/926/pedido_de_inf._n_018_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/926/pedido_de_inf._n_018_2021.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento à PREFEITA MUNICIPAL do Município de Pires do Rio. Após análise dos Decretos emitidos no mês de janeiro/2021, identifiquei o  Decreto n° 7.665/2021 que ratifica doação de terreno concedido mediante Lei Municipal n° 2.878/2003, sancionada por V. Excelência na época. Ocorre que a Lei que instituiu a doação prevê destinação específica para a doação e prazo para seu cumprimento, sob pena de restituição do bem ao patrimônio Municipal. Nesse sentido SOLICITO a seguinte informação:_x000D_
 - Qual foi a motivação que impulsionou V. Excelência em expedir um Decreto ratificando os termos de uma doação concedida mediante Lei realizada no ano de 2003?</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/927/pedido_de_inf._n_019_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/927/pedido_de_inf._n_019_2021.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento à COMISSÃO DE AVALIAÇÃO DO PROCESSO SELETIVO DA ASSISTÊNCIA SOCIAL, do Município de Pires do Rio com o seguinte PEDIDO DE INFORMAÇÃO:_x000D_
 A fim de exercer meu trabalho de fiscal dos atos públicos, SOLICITO:_x000D_
 01 - A apresentação dos resultados classificatórios do Credenciamento, no estágio em que esteja;_x000D_
 02 - As Atas dos trabalhos realizados;_x000D_
 03 - Quaisquer outras informações que V. Senhorias entenderem pertinente.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/928/pedido_de_inf._n_020_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/928/pedido_de_inf._n_020_2021.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento à COMISSÃO DE AVALIAÇÃO DO CREDENCIAMENTO DE SAÚDE do Município de Pires do Rio com o seguinte PEDIDO DE INFORMAÇÃO:_x000D_
 Ciente de que os trabalhos desenvolvidos por V. Senhorias têm sido de extrema importância para a formação do quadro de pessoal do Município de Pires do Rio, a fim de exercer meu trabalho de fiscal dos atos públicos SOLICITO:_x000D_
 01 - A apresentação dos resultados classificatórios do Credenciamento, no estágio em que esteja;_x000D_
 02 - As atas dos trabalhos realizados;_x000D_
 03 - Quaisquer outras informações que V. Senhorias entenderem pertinente.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/929/pedido_de_inf._n_021_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/929/pedido_de_inf._n_021_2021.pdf</t>
   </si>
   <si>
     <t>Não há. Pulou a numeração.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/930/pedido_de_inf._n_022_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/930/pedido_de_inf._n_022_2021.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento do PEDIDO DE INFORMAÇÃO à Secretária Municipal de Administração do Município de Pires do Rio - Dra. Fernanda Barbosa._x000D_
 Devido ao aumento da carga horária dos GARIS que era de 05h até 10:45h, no dia 06/04/2021 houve alteração para iniciar às 05:45h até as 11:45h. Diante disso, SOLICITO as seguintes informações:_x000D_
 - Qual o motivo da mudança de horário dos servidores "GARI"?</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/931/pedido_de_inf._n_023_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/931/pedido_de_inf._n_023_2021.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento de PEDIDO DE INFORMAÇÃO à Diretora da Vigilância Sanitária do Município de Pires do Rio - Gleizze Suellen. É de _x000D_
 conhecimento que o Departamento de Vigilância elabora relatórios de suas diligências realizadas para as providências administrativas e até mesmo apurar a produtividade de seus fiscais. Dito isso, solicito as seguintes INFORMAÇÕES:_x000D_
 - Cópias de TODAS as autuações realizadas em diligências em cumprimento aos DECRETOS da COVID-19, desde 01/2021, devendo considerar e apontar:_x000D_
 a) Autos de Infrações e Notificações;_x000D_
 b) Protocolo das Infrações junto ao Sistema do Município (indicando o número);_x000D_
 c) Situação atual de cada infração lançada (finalizada ou em andamento)</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/932/pedido_de_inf._n_024_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/932/pedido_de_inf._n_024_2021.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento do PEDIDO DE INFORMAÇÃO ao Presidente do Conselho Municipal de Educação do Município de Pires do Rio. A fim de tomar conhecimento de situações acerca de pagamento horas-aulas de servidores do quadro da Educação, SOLICITO:_x000D_
 - O envio de todas as Portaria expedidas por este Conselho a partir de janeiro/2021, especificamente as que tratam da concessão de carga horária.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/933/pedido_de_inf._n_025_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/933/pedido_de_inf._n_025_2021.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento do PEDIDO DE INFORMAÇÃO à Secretária de Educação Municipal. Em que ao analisar as licitações verifiquei que a Secretaria de Educação vem realizando Chamadas Públicas para contratação de gêneros alimentícios para a composição dos "KITS PARA MERENDA" - Chamas Públicas n° 001/2021, 002/2021 e 019/2021, em atenção À Resolução n° 02/2020 do Ministério da Educação. Assim solicito as seguintes INFORMAÇÕES:_x000D_
 - Qual a situação atual dos "KIT PARA MERENDA" e qual a previsão para distribuição aos alunos?_x000D_
 - Informar o resultado do Certame n° 019/2021 que se realizará na data 16/04/2021.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/934/pedido_de_inf._n_026_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/934/pedido_de_inf._n_026_2021.pdf</t>
   </si>
   <si>
     <t>Requer do Secretário Municipal de Saúde, a informação sobre a graduação, o conhecimento técnico, e experiência na área de atuação, do Diretor Administrativo do Hospital Municipal de Saúde desta cidade, o Sr. JHONATAS DE SOUZA SILVA.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/935/pedido_de_inf._n_027_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/935/pedido_de_inf._n_027_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício à Prefeita Municipal de Pires do Rio, Exª. Senhora Maria Aparecida Marasco Tomazini e à Secretaria de Gestão, Planejamento e Finanças, Sra. Fernanda Jesus Borba, solicitando as seguintes INFORMAÇÕES:_x000D_
 1 - Com relação ao Processo Licitatório realizado pela Gestão anterior e à demanda entre às construtoras, parecer jurídico do TCU._x000D_
 2 - Quais ações estão sendo tomadas com objetivo de evitar a devolução do recurso destinado a construção da nova unidade hospitalar, para que o recurso não seja devolvido aos cofres do Governo Federal._x000D_
 3 - Cronograma atualizado para início das obras da construção da nova unidade hospitalar de Pires do Rio.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/936/pedido_de_inf._n_028_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/936/pedido_de_inf._n_028_2021.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento do PEDIDO DE INFORMAÇÃO à Senhora Prefeita Maria Aparecida Marasco Tomazini. Considero que em nosso Município, atualmente, contamos com as seguintes Associações sem fins lucrativos:_x000D_
 - APAI (Instituição de ensino)_x000D_
 - APROABB (Protetores dos animais)_x000D_
 - AIPAIS (Canil)_x000D_
 - COLÉGIO BETEL (instituição de ensino)_x000D_
 - AME + (Fundação de Ensino para deficientes físicos)_x000D_
 O Princípio da isonomia visa afastar privilégios de qualquer natureza, assim REQUER as seguintes INFORMAÇÕES:_x000D_
 - Por que foi encaminhada subvenção social para Câmara apenas para a instituição LUZ DA HUMANIDADE?</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/937/pedido_de_inf._n_029_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/937/pedido_de_inf._n_029_2021.pdf</t>
   </si>
   <si>
     <t>Requer do Secretário Municipal de Saúde as seguintes informações:_x000D_
 - Quais pactuações a Secretaria de Saúde possui hoje? Especificar tipos de procedimentos pactuados, quantidades de cada um e com quais cidades.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/938/pedido_de_inf._n_030_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/938/pedido_de_inf._n_030_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Presidente desta casa, solicitando as seguintes INFORMAÇÕES:_x000D_
 1 - Quais ações foram tomadas, visando resguardar a segurança dos funcionários, vereadores e demais pessoas que frequentam o prédio da Câmara Municipal? Tendo em vista que o Presidente desta casa fez os seguintes comentários nas redes sociais: "tal reforma que se faz extremamente urgente, até pela segurança dos funcionários"._x000D_
 2 - Documento oficial desta casa, ofício, convocação ou mesmo um simples contato...oficializando alguma sessão ou reunião, tendo como objetivo discutir e analisar projetos de engenharia ou arquitetura, que por ventura seriam realizados no prédio da Câmara Municipal._x000D_
 3 - Termo de vistoria realizado por profissional de Engenharia Civil, termo de constatação, no local, do estado aparente de desempenho da edificação, apontando eventuais falhas, anomalias, etc._x000D_
 4 - Relatório, Parecer e Laudo técnico realizados no citado imóvel;_x000D_
 5 - ART dos serviços relacionados nos itens anteriores</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/939/pedido_de_inf._n_031_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/939/pedido_de_inf._n_031_2021.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo as seguintes informações:_x000D_
 - Existe algum estudo ou planejamento a respeito de realização de Concurso Público?_x000D_
 - Em caso afirmativo, qual a previsão?_x000D_
 - Seria de todas as Secretarias e Cargos?</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/940/pedido_de_inf._n_032_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/940/pedido_de_inf._n_032_2021.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo as seguintes informações:_x000D_
 - Qual o posicionamento sobre as informações solicitadas contidas nos Pedidos de Informações abaixo relacionadas?_x000D_
 Pedido de Informação n° 017/21_x000D_
 Pedido de Informação n° 018/21_x000D_
 Pedido de Informação n° 020/21_x000D_
 Pedido de Informação n° 024/21_x000D_
 Pedido de Informação n° 026/21</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/941/pedido_de_inf._n_033_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/941/pedido_de_inf._n_033_2021.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento do PEDIDO DE INFORMAÇÃO ao Diretor do Departamento de Licitação. A fim de tomar conhecimento da situação do Processo Licitatório da Obra asfáltica do Bairro Bougainville, REQUER:_x000D_
 - Cópia integral do Processo Licitatório;_x000D_
 - Indicação da situação em que se encontra o Contrato firmado;_x000D_
 - Notas de Empenho expedidas e Liquidadas.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/942/pedido_de_inf._n_034_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/942/pedido_de_inf._n_034_2021.pdf</t>
   </si>
   <si>
     <t>Solicito encaminhamento do PEDIDO DE INFORMAÇÃO à Prefeita Municipal de Pires do Rio. Ao consultar o contrato firmado com a empresa de engenharia, ENGENHARIA SANTA FÉ - CNPJ n° 26.652.942/0001-48, verifiquei que o contrato encontra-se finalizado e não identifiquei nenhum outro ato de prorrogação ou contratação, com dispensa ou não, que justificasse a continuidade da prestação e serviço por esta mesma empresa, uma vez que as empresas alegam que a mesma empresa permanece prestando os serviços em nosso Município._x000D_
 Dito isso, SOLICITO as seguintes informações:_x000D_
 1 - Medidas que poderão ser tomadas para agilizar os processos de autorização de construção e não atrapalhar o andamento da construção civil em nosso município;_x000D_
 2 - Qual ato administrativo que autoriza ou prorroga a prestação de serviço da empresa ENGENHARIA SANTA FÉ EIRELI - ME, CNPJ n° 26.652.942/0001-48;_x000D_
 3 - Acaso seja outra empresa que esteja prestando serviços, informe o ato administrativo de contratação.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/943/pedido_de_inf._n_035_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/943/pedido_de_inf._n_035_2021.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo e do Secretário Municipal de Obras as seguintes informações:_x000D_
 - Qual a previsão para execução dos serviços de limpeza e conservação da área de preservação permanente do Bairro Jardim Maratá (margem do Córrego Barro Preto), abaixo da passarela Issa Miguel?</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/944/pedido_de_inf._n_036_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/944/pedido_de_inf._n_036_2021.pdf</t>
   </si>
   <si>
     <t>À sua Exª. Prefeita Maria Aparecida Marasco Tomazini._x000D_
 Ciente da lista de emendas Parlamentares deixada pela administração da ex-Prefeita Cleide Aparecida Veloso, na qual consta Emenda parlamentar para ASFALTO DO BAIRRO NADIN SAUD, "em fase de licitação", cuja empresa vencedora é CNC CONSTRUTORA, contrato de repasse do Parlamentar Dep. Federal Adriano do Baldy, solicito as seguintes informações:_x000D_
 1 - Em que fase licitatória se encontra o CONTRATO DE REPASSE n° 873584/2018;_x000D_
 2 - Na data 25/04/2021 informa que o Dr. Adriano do Baldy entregou emenda parlamentar no valor de R$ 911.000,00, essa emenda se trata de novo valor que será adicionado à emenda pelo Governo anterior no valor de R$ 920.000,00? Ou se trata da mesma Emenda?</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/945/pedido_de_inf._n_037_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/945/pedido_de_inf._n_037_2021.pdf</t>
   </si>
   <si>
     <t>Encaminha PEDIDO DE INFORMAÇÃO à Excelentíssima Prefeita Municipal de Pires do Rio._x000D_
 Uma das Emendas Parlamentares deixadas pelo Ex-Governo da Sra. Cleide Aparecida Veloso dispõe sobre a REFORMA DO CENTRO POLIESPORTIVO, que na transição de governo constou como "ainda não licitado"._x000D_
 Assim, SOLICITO as seguintes informações:_x000D_
 1 - Qual a situação desse contrato de repasse e qual a previsão para o início de sua aplicação/execução?</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/946/pedido_de_inf._n_038_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/946/pedido_de_inf._n_038_2021.pdf</t>
   </si>
   <si>
     <t>À Sra. Prefeita do Município de Pires do Rio. Há em nosso Município Lei n° 3.234/2008, alterada pela Lei n° 3.279/2009, que cria o Fundo Municipal de Habitação de Interesse Social - FMHIS e constitui o Conselho - Gestor. A fim de analisar com mais afinco a Lei de Diretrizes Orçamentária encaminhada, visando analisar as metas prioritárias para o ano de 2022, é de grande valia obter as seguintes informações, que passo a solicitar:_x000D_
 01 - Informe quais são os membros que compõem o Conselho Gestor do FMHIS._x000D_
 02 - Acaso não esteja em funcionamento, informe a previsão de nomeação do Conselho, ante sua elevada importância para a realização de trabalhos no seguimento Habitação Social.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/947/pedido_de_inf._n_039_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/947/pedido_de_inf._n_039_2021.pdf</t>
   </si>
   <si>
     <t>Encaminha PEDIDO DE INFORMAÇÃO ao Membro da Comissão do Processo de Credenciamento da Saúde do Município de Pires do Rio, À sua Senhoria Tânia Maria Barbosa Amorim Filha._x000D_
 Por Vossa Senhoria possuir as Atas de registro dos trabalhos, situação informada pelo Membro Beatriz, a fim de exercer meu trabalho de fiscal dos atos públicos, SOLICITO: _x000D_
 01 - A apresentação dos resultados classificatórios do Credenciamento, no estágio em que esteja, relacionamento todos os habilitados e inabilitados;_x000D_
 02 - As Atas de TODOS os trabalhos realizados;_x000D_
 03 - Quaisquer outras informações que V. Senhorias entenderem pertinente.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/948/pedido_de_inf._n_040_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/948/pedido_de_inf._n_040_2021.pdf</t>
   </si>
   <si>
     <t>Requer respeitosamente, o envio de ofício à Prefeita Municipal de Pires do Rio e à Secretaria de Gestão, Planejamento e Finanças, Sra. Fernanda Jesus Barbosa, solicitando as seguintes INFORMAÇÕES:_x000D_
 1 - Quais ações (medidas) estão sendo tomadas com relação aos serviços de pavimentação que foram executados na gestão passada, final de mandato, nas Ruas Figueira Lima e Travessa 02 (ruas localizadas abaixo da UEG) e Residencial Bouganville. Ressalto que, o pavimento está sofrendo um desgaste pouco comum, ocorrendo o arrancamento progressivo do agregado do pavimento (brita e pó de brita), causando a aspereza superficial do revestimento.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>ADRIANA DO SALÃO, DENILSON CASTRO, DR. SANDRO BARBOSA, MARINA DA FARMÁCIA, NEGUIM, NENECO, WANDERLEY DO MOTO TÁXI</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/949/pedido_de_inf._n_041_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/949/pedido_de_inf._n_041_2021.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo as seguintes informações:_x000D_
 - A Empresa CANDUA EMPREENDIMENTOS - EIRELI - proprietária do Loteamento Alto da Baronesa cumpriu com todas as determinações contidas no Art. 2° da Lei n° 3.797/16, de 18 de abril de 2016, que dispõe sobre a distribuição de água potável?_x000D_
 Chegou ao nosso conhecimento de que o referido loteamento ainda não possui cadastro no sistema da SANEAGO impossibilitando assim a ligação de água.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/950/pedido_de_inf._n_042_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/950/pedido_de_inf._n_042_2021.pdf</t>
   </si>
   <si>
     <t>Requer do Secretário Municipal de Obras as seguintes informações:_x000D_
 - Já está sendo providenciado algum estudo para ampliação ou construção de um novo Cemitério em nosso município, vez que o espaço no Cemitério da Esplanada já está praticamente no limite?</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/951/pedido_de_inf._n_043_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/951/pedido_de_inf._n_043_2021.pdf</t>
   </si>
   <si>
     <t>À sua Senhoria Bruno Maia - Secretário de Saúde._x000D_
 Considerando a situação financeira de nosso Município e que a Lei determina o pagamento em caso excepcional e quando o membro do Comitê esteja em contato direto com pacientes infectados e desenvolve atividades de visitação domiciliar, devemos observar se os recursos estão sendo bem empregados. Dito isso, solicito as seguintes informações e documentos:_x000D_
 01 - Informe a relação dos membros do Comitê que atualmente recebem a gratificação de R$ 1.000,00 (um mil reais);_x000D_
 02 - Apresente os relatórios de atividades de cada membro que justifique o pagamento, especificamente: "contato direto com pacientes infectados no momento do diagnóstico e posterior acompanhamento dos mesmos em seus domicílios".</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/952/pedido_de_inf._n_044_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/952/pedido_de_inf._n_044_2021.pdf</t>
   </si>
   <si>
     <t>À sua Senhoria Bruno Maia, Secretário de Saúde. _x000D_
 Ao analisar as Atas relativas aos trabalhos do Processo de Credenciamento da Saúde Edital n° 01/2021, realizada no dia 30/03/2021, referente aos recursos da 1° Etapa, identifiquei uma ocorrência da Banca. O texto narrado na Ata dos trabalhos apresenta uma suposta tentativa em fraudar o processo licitatório, colocando em xeque a lisura dos trabalhos até então desenvolvidos pela Banca de Credenciamento. Considerando a gravidade da situação narrada e também que o credenciamento é considerado um processo licitatório, SOLICITAM-SE as seguintes informações:_x000D_
 01 - Vossa Senhoria foi notificado sobre a ocorrência apontada para tomada de providências?</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/953/pedido_de_inf._n_045_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/953/pedido_de_inf._n_045_2021.pdf</t>
   </si>
   <si>
     <t>REQUER da SANEAGO as seguintes informações:_x000D_
 - Os buracos abertos por esta empresa nas ruas, são de responsabilidade da SANEAGO ou da Prefeitura Municipal?</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/954/pedido_de_inf._n_046_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/954/pedido_de_inf._n_046_2021.pdf</t>
   </si>
   <si>
     <t>REQUER da Chefe do Poder Executivo as seguintes informações:_x000D_
 De acordo com a propositura n° 006/21, de 17 de fevereiro, ocorre a indicação para serviços de roçagem da mata verde situada na Rua JM-18, ao lado do Córrego Barro Preto. Infelizmente até a presente data o serviço não foi realizado e de lá para cá, a quantidade de lixos depositados só aumentam, assim como o matagal naquela área. Moradores reivindicam com urgência a limpeza dessa área. Diante do exposto solicito que nos informe:_x000D_
 -Qual a data precisa para iniciar tais serviços?</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/955/pedido_de_inf._n_047_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/955/pedido_de_inf._n_047_2021.pdf</t>
   </si>
   <si>
     <t>REQUER do Poder Executivo as seguintes informações:_x000D_
 - Por que os serviços de sinalização de trânsito realizados em parceria com o Detran não foram feitos em todas as vias onde se faz necessário em nosso município?</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/956/pedido_de_inf._n_048_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/956/pedido_de_inf._n_048_2021.pdf</t>
   </si>
   <si>
     <t>Requer do Secretário Municipal de Saúde as seguintes informações:_x000D_
 1 - Como estamos na fase de reprodução de escorpiões, a tendência dos acidentes com esse animal peçonhento é maior. Qual é o estoque de soro antiescorpiônico no Hospital Municipal?_x000D_
 2 - A Secretaria Municipal de Saúde tem algum Projeto em andamento no sentido de orientar a população sobre medidas para afastar esse perigo?</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/957/pedido_de_inf._n_049_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/957/pedido_de_inf._n_049_2021.pdf</t>
   </si>
   <si>
     <t>Solicito encaminhamento da presente PEDIDO DE INFORMAÇÃO ao Coordenador Municipal de Proteção de Defesa Civil - Sr. Wagner José de Almeida Souza e a Secretária de Administração Dra. Fernanda Barbosa._x000D_
 "Recebi uma diligência acerca de uma erosão existente no Bairro João Monteiro/Bougainville, Rua RB-1 com Avenida Maratá, especificamente atrás do depósito da ENEL. Conforme fotos anexas, a erosão já adentra em propriedades particulares (residências) colocando em risco a vida e a propriedade das famílias. Diante disso, INDICO que: _x000D_
 "PROMOVA, com urgência que a situação requer, o estudo e execução de obra para impedir que a erosão se alastre ainda mais e cause mais danos às pessoas e às propriedades privadas e públicas"_x000D_
 Passados 05 (cinco) meses, solicito as seguintes informações:_x000D_
 01 - Quais providências concretas foram tomadas para conter as erosões e impedir maiores danos, devendo indicar todas as providências pormenorizadamente.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/958/pedido_de_inf._n_050_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/958/pedido_de_inf._n_050_2021.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento da presente PEDIDO DE INFORMAÇÃO ao Secretário Municipal de Assistência Social Bruno Maia e à Secretária de Administração Dra. Fernanda Barbosa._x000D_
 Com os cumprimentos de estilo, a fim de promover a proteção ao princípio da impessoalidade nos atos de contratação na administração pública Municipal, passo a apontar. Foi aprovado nesta Casa Lei n° 4.083/2021 criando cargos necessários ao desenvolvimento das atividades da Assistência Social em nosso Município e posteriormente foi realizado Processo Seletivo Simplificado n° 001/2021 para contratação. Ao analisar o Portal de Transparência verifica-se contratação discricionária (comissionada) de 10 (dez) pessoas. A fim de resguardar o direito daquele que se habilitou no Processo Seletivo e até agora não foi convocado em virtude dos procedimentos das vagas por nomeação discricionária. Dito isso, SOLICITO: _x000D_
 01 - Informar quais atividades de direção, chefia e assessoramento que são prestas a todos os Comissionados nomeados.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/959/pedido_de_inf._n_051_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/959/pedido_de_inf._n_051_2021.pdf</t>
   </si>
   <si>
     <t>À Exª. Prefeita do Município de Pires do Rio. _x000D_
 Em consulta ao Portal da Transparência é possível perceber vários servidores recebendo em sua folha de pagamento GRATIFICAÇÃO DE FUNÇÃO, inclusive comissionados, em percentual que ultrapassam 100% (cem por cento) de sua base salarial. Dito isso, solicito que V. Excelência apresente as seguintes informações: _x000D_
 01 - Relacione, pormenorizadamente, todos os servidores que recebem GRATIFICAÇÃO DE FUNÇÃO, indicando o percentual recebido em suas folhas, bem como consigne a fundamentação de tal vantagem, apontando a previsão legal, a fim de que seja verificada sua legalidade.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/960/pedido_de_inf._n_052_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/960/pedido_de_inf._n_052_2021.pdf</t>
   </si>
   <si>
     <t>REQUER do Poder Executivo as seguintes informações:_x000D_
 Na gestão passada, mais precisamente no ano de 2018, a Câmara Municipal passou ao Poder Executivo uma vultosa quantia em dinheiro para que o município pudesse adquirir um imóvel em Goiânia onde seria instalada a "Casa de Apoio ao Piresino". Feito isso, ficou-se de realizar uma reforma em parceria da Câmara com a Prefeitura, o que infelizmente não aconteceu. E hoje, a Casa de Apoio, que seria de grande valia, transformou-se em um "elefante branco", pois o imóvel se encontra em situação de abandono. Diante disso, pergunto:_x000D_
 - Quais providências serão tomadas pelo Poder Executivo em relação a Casa de Apoio em Goiânia?</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/961/pedido_de_inf._n_053_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/961/pedido_de_inf._n_053_2021.pdf</t>
   </si>
   <si>
     <t>À sua Senhoria Dra. Fernanda Barbosa, SECRETÁRIA DE ADMINISTRAÇÃO._x000D_
 SOLICITO: 01 - Informe qual profissional engenheiro está contratado junto ao Município, juntando o instrumento do contrato e processo de contratação.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/962/pedido_de_inf._n_054_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/962/pedido_de_inf._n_054_2021.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento da presente PEDIDO DE INFORMAÇÃO._x000D_
 Considerando a falta de documentos no Portal da Transparência sobre o processo licitatório "Tomada de Preço n° 01/2021, que trata da Execução de Obra e Reforma no Prédio da Sede da Prefeitura Municipal", SOLICITO:_x000D_
 01 - Encaminhe cópia integral da Licitação Tomada de Preço n° 01/2021;</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/963/pedido_de_inf._n_055_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/963/pedido_de_inf._n_055_2021.pdf</t>
   </si>
   <si>
     <t>Ciente de que o descumprimento de ordem judicial de precatórios já protocolados no Tribunal de Justiça acarreta bloqueio direto nas contas do município, trazendo prejuízos das contas públicas, solicito as seguintes informações: _x000D_
 - Os valores da dotação de 2022 são objetos de novos precatórios protocolados no Tribunal de Justiça ou se trata dos mesmos precatórios que devem ser pago no ano de 2021?_x000D_
 - Acaso não se trate dos mesmos precatórios já adotados em 2021, apresente a relação de intimações da lista encaminhada pelo TJ/GO._x000D_
 - Informe quais valores pagos e qual a previsão de pagamentos dos precatórios para o Exercício de 2021.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/964/pedido_de_inf._n_056_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/964/pedido_de_inf._n_056_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM do Poder Executivo as seguintes informações:_x000D_
 - Qual a viabilidade técnica a ser informada pelo Departamento de Engenharia, de se diminuir a área mínima total das unidades de terreno - UT, localizadas em condomínios residenciais habitacionais fechados - de 180 m² (cento e oitenta metros quadrados) para 140 m² (cento e quarenta metros quadrados), conforme disposto na Lei n° 3.676 de 2015?</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/965/pedido_de_inf._n_057_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/965/pedido_de_inf._n_057_2021.pdf</t>
   </si>
   <si>
     <t>Solicito encaminhamento do PEDIDO DE INFORMAÇÃO à Secretária de Administração. , Dra. Fernanda Barbosa._x000D_
 Verifiquei no Portal da Transparência o Aditivo n° 001, no percentual de 25%, ao Contrato de n° 073/2021, que trata da contratação de empresa a Assessoria Jurídica para Comissão Permanente de Licitação, passando o valor mensal de R$ 5.950,00 para R$ 7.437,50, um aumento de R$ 1.487,50. O que   chamou a atenção é o aumento de 25% em menos de 05 (cinco) meses de contrato firmado. A justificativa do aditivo seria a ausência de servidores da Licitação em virtude de licenciamento de servidor responsável pelo setor de licitações. Dito isso, solicito as seguintes INFORMAÇÕES:_x000D_
 01 - Qual foi o servidor licenciado e qual o motivo de não substituição do servidor por outro do mesmo quadro?_x000D_
 02 - O servidor licenciado já retornou às atividades?_x000D_
 03 - Quantos dias da semana o Escritório de Assessoria Jurídica contratado disponibiliza a presença de responsável no Departamento de Compras.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/966/pedido_de_inf._n_058_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/966/pedido_de_inf._n_058_2021.pdf</t>
   </si>
   <si>
     <t>REQUER da SANEAGO as seguinte informações:_x000D_
 - Quais providências estão sendo tomadas para melhorar a qualidade da água que está chegando suja nas torneiras das residências dos Bairros São Francisco e Jardim Guanabara?</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/967/pedido_de_inf._n_059_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/967/pedido_de_inf._n_059_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de Ofício ao Exmo. Sr. Governador do Estado de Goiás Ronaldo Caiado, solicitando informações acerca da necessidade e legalidade da cobrança da "taxa de utilização potencial  do serviço de extinção de incêndio", prevista na Lei Estadual n° 8.425/78 e que está sendo cobrada dos cidadãos piresinos e possivelmente de outros espalhados pelo Estado.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/968/pedido_de_inf._n_060_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/968/pedido_de_inf._n_060_2021.pdf</t>
   </si>
   <si>
     <t>REQUER da Prefeita Municipal as seguintes informações, relativas às obras de pavimentação asfáltica e de recapeamento de vias urbanas:_x000D_
 1 - Bairro Nadim Saud: convênio Ministérios das Cidades/Caixa Econômica Federal/Município; Valor: R$ 920.000,00; pavimentação de vias ainda não pavimentadas;_x000D_
 2 - Bairro Colegial: convênio Ministérios Desenvolvimento Regional/Caixa Econômica Federal/Município;_x000D_
 Valor: R$ 248.600,00; recapeamento de vias;_x000D_
 3 - Bairro Parque Santana: convênio Ministérios Desenvolvimento Regional/Caixa Econômica Federal/Município; _x000D_
 Valor: R$ 296.500,00; recapeamento de vias;_x000D_
 a) Os recursos financeiros ainda estão disponíveis, depositados em conta específica? _x000D_
 b) Já foi determinado o processo licitatório? Se sim, juntar cópia do edital e esclarecer as fases internas, atuais do certame. Se não foi iniciado  o procedimento, quais as razões? Será deflagrado o processo? Quando?</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/969/pedido_de_inf._n_061_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/969/pedido_de_inf._n_061_2021.pdf</t>
   </si>
   <si>
     <t>REQUER do Poder Executivo as seguintes informações:_x000D_
 - Qual o valor da dívida que impede a emissão da Certidão para liberação das obras?_x000D_
 - Quais os valores de todas as emendas bloqueadas em virtude da referida Certidão - CALC?</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/970/pedido_de_inf._n_062_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/970/pedido_de_inf._n_062_2021.pdf</t>
   </si>
   <si>
     <t>REQUER do Poder Executivo as seguintes informações:_x000D_
 - Existe alguma previsão para o atendimento da Indicação n° 120/21 apresentada nesta Casa de Leis, em que solicita a recuperação dos meio-fios na Praça Francisco Felipe Machado - Praça da Biblioteca Municipal.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/971/pedido_de_inf._n_063_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/971/pedido_de_inf._n_063_2021.pdf</t>
   </si>
   <si>
     <t>Solicito encaminhamento do presente PEDIDO DE INFORMAÇÃO Dra. Fernanda Barbosa._x000D_
 Na data de 31 de Agosto de 2021 encaminhei Requerimento solicitando diligências para apurar a situação dos imóveis doados pelo Município no Bairro Dr. Wilson. Passado-se dois meses, nenhuma resposta foi encaminhada à esta Casa._x000D_
 Dito isso SOLICITA as seguintes informações:_x000D_
 01 - Qual departamento foi designado para apurar e diligenciar para cumprimento do Requerimento?_x000D_
 02 - Em que situação encontra-se a diligência e se já houver resolução, quais foram e quais providências se pretende adotar.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/972/pedido_de_inf._n_064_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/972/pedido_de_inf._n_064_2021.pdf</t>
   </si>
   <si>
     <t>REQUER do Poder Executivo as seguintes informações:_x000D_
 - A fonte instalada na Praça Central Gaudêncio Rincon Segóvia será reativada? Em caso positivo, qual a previsão para funcionamento? Se negativo, qual a justificativa.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/973/pedido_de_inf._n_065_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/973/pedido_de_inf._n_065_2021.pdf</t>
   </si>
   <si>
     <t>REQUER do Poder Executivo as seguintes informações:_x000D_
 - Por que os refletores do Estádio Edson Monteiro de Godoy - Monteirão - não estavam funcionando na final do campeonato? _x000D_
 - Quais providências serão tomadas?</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/974/pedido_de_inf._n_066_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/974/pedido_de_inf._n_066_2021.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhamento do PEDIDO DE INFORMAÇÃO à Secretária de Administração Dra. Fernanda de Jesus Barbosa e à Secretária de Educação._x000D_
 Informo que estive na Garagem dos veículos do Município e a fim de esclarecer algumas questões, passo a pontuar._x000D_
 Alguns veículos (ônibus e vans) do programa Caminho da Escola me chamaram a atenção pelas más condições que se encontram estacionados no pátio da garagem. Dito isso, solicito algumas informações:_x000D_
 01 - Quais as datas dos recebimentos ou aquisição desses veículos pelo Município?_x000D_
 02 - Quais as providências estão sendo tomadas para concertá-los?</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/975/pedido_de_inf._n_067_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/975/pedido_de_inf._n_067_2021.pdf</t>
   </si>
   <si>
     <t>AO SECRETÁRIO DE SAÚDE - Bruno Maia._x000D_
 A fim de atender demanda recebida em meu Gabinete sobre a condução dos veículos da saúde, especificamente ambulâncias, solicito que preste as seguintes INFORMAÇÕES:_x000D_
 01 -  Relacione o nome de todos os servidores (efetivos e contratados) que são designados na função de Motorista de ambulâncias em nosso Município, tanto das Unidades da Saúde quanto do Hospital;_x000D_
 02 - Juntamente com os nomes, cópia da CNH de cada condutor e o certificado ou comprovante dos cursos específicos que o habilita para tal encargo.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/976/pedido_de_inf._n_068_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/976/pedido_de_inf._n_068_2021.pdf</t>
   </si>
   <si>
     <t>AO PRESIDENTE DO CONSELHO DE ASSISTÊNCIA SOCIAL - Renata Cristina Barbosa Jacinto Silva._x000D_
 Sobre os valores destinados aos programas da COVID-19, passo a pontuar que, assim considerando que o art. 15 da Portaria n° 369/2020 dispõe que o Conselho Municipal de Assistência social deve apreciar, acompanhar e fiscalizar a implementação das ações, os resultados e a prestação de conta dos recursos repassados, FAÇO O SEGUINTE PEDIDO DE INFORMAÇÃO:_x000D_
 "QUE apresente as atas e documentos que comprovem o acompanhamento, apreciação e fiscalização das ações referentes as verbas destinadas nos termos da Portaria n° 369/2020 e 378/2020 da SNAS, bem como apresente o relatório de aprovação das contas já realizadas._x000D_
 QUE acaso ainda não tenha deliberado, manifeste-se sobre os valores gastos e seu enquadramento nos Programas determinados nas Portarias"</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>DENILSON CASTRO, NENECO, RODRIGUINHO DA ÓTICA, ZÉLIA CANHETE</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/977/pedido_de_inf._n_070_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/977/pedido_de_inf._n_070_2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM  da Chefe do Poder Executivo as seguintes informações a respeito do Senhor Paulo Henrique Alves dos Santos:_x000D_
 - Para qual cargo efetivo foi nomeado e em que data?_x000D_
 - Ele foi designado para alguma função gratificada ou nomeado em comissão para algum cargo do Poder Executivo? _x000D_
 - Houve alguma outra espécie de movimentação funcional desse servidor? e _x000D_
 - Informar a justificativa para o pagamento das parcelas constantes na folha.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/978/pedido_de_inf._n_072_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/978/pedido_de_inf._n_072_2021.pdf</t>
   </si>
   <si>
     <t>REQUER da Chefe do Poder Executivo as seguintes informações:_x000D_
 - Quais providências estão sendo tomadas para conter a cratera feita pela erosão no Bairro Sampaio?</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/979/pedido_de_inf._n_074_2021.pdf</t>
+    <t>http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/979/pedido_de_inf._n_074_2021.pdf</t>
   </si>
   <si>
     <t>REQUER da chefe do Poder Executivo as seguintes informações:_x000D_
 - Quais providências estão sendo tomadas para ampliação do Cemitério da Esplanada ou construção de uma nova necrópole, considerando que não existe mais nenhum espaço para sepultamento nos já existentes?</t>
-  </si>
-[...133 lines deleted...]
-    <t>Altera dispositivo regimental – horário das Sessões Ordinárias.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -4962,67 +4962,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/497/plo_n._001.21.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/546/plo_n._002.21.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/523/plo_n._003.21.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/535/plo_n._004.21.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/551/plo_n._005.21.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/536/plo_n._006.21.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/537/plo_n._007.21.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/539/plo_n._008.21.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/591/plo_n._009.21.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/524/plo_n._010.21.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/525/plo_n._011.21.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/540/plo_n._012.21.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/541/plo_n._013.21.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/542/plo_n._014.21.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/589/plo_n._015.21.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/590/plo_n._016.21.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/548/plo_n._017.21.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/543/plo_n._018.21.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/557/plo_n._019.21.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/544/plo_n._020.21.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/549/plo_n._021.21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/538/plo_n._022.21.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/545/plo_n._023.21.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/584/plo_n._024.21_-_plc_n._005-a.21.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/552/plo_n._025.21.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/556/plo_n._026.21.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/554/plo_n._027.21.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/558/plo_n._028.21.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/553/plo_n._029.21.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/555/plo_n._030.21.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/559/plo_n._031.21.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/562/plo_n._032.21.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/560/plo_n._033.21.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/581/plo_n._034.21.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/586/plo_n._035.21.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/565/plo_n._036.21.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/566/plo_n._037.21.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/567/plo_038.21.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/582/plo_n._039.21.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/583/plo_n._040.21.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/561/plo_n._041.21.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/550/plo_n._042.21.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/568/plo_n._043.21.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/569/plo_n._044.21.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/570/plo_n._045.21.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/571/plo_n._046.21.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/563/plo_n._047.21.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/572/plo_n._048.21.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/585/plo_n._049.21.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/573/plo_n._050.21.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/574/plo_n._051.21.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/564/plo_n._052.21.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/575/plo_n._053.21.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/587/plo_n._054.21.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/576/plo_n._055.21.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/577/plo_n._056.21.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/578/plo_n._057.21.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/580/plo_n._058.21.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/579/plo_n._059.21.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/498/plc_n._001.21.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/500/plc_n._002.21.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/502/plc_n._003.21.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/503/plc_n._004.21.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/504/plc_n._005.21.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/505/plc_n._006.21.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/506/plc_n._007.21.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/501/plc_n._008.21.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/509/plc_n._009.21.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/507/plc_n._010.21.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/499/plc_n._011.22.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/519/plc_n._012.21.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/493/pdl_00121.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/630/indicacao_n_001_2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/631/indicacao_n_002_2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/632/indicacao_n_003_2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/633/indicacao_n_004_2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/634/indicacao_n_005_2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/635/indicacao_n_006_2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/636/indicacao_n_007_2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/637/indicacao_n_008_2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/638/indicacao_n_009_2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/639/indicacao_n_010_2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/640/indicacao_n_011_2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/641/indicacao_n_012_2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/642/indicacao_n_013_2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/643/indicacao_n_014_2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/644/indicacao_n_015_2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/645/indicacao_n_016_2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/646/indicacao_n_017_2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/647/indicacao_n_018_2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/648/indicacao_n_019_2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/649/indicacao_n_020_2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/650/indicacao_n_021_2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/651/indicacao_n_022_2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/652/indicacao_n_023_2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/653/indicacao_n_025_2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/654/indicacao_n_026_2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/655/indicacao_n_027_2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/656/indicacao_n_028_2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/657/indicacao_n_029_2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/658/indicacao_n_030_2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/659/indicacao_n_031_2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/660/indicacao_n_032_2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/661/indicacao_n_033_2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/662/indicacao_n_034_2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/663/indicacao_n_036_2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/664/indicacao_n_037_2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/665/indicacao_n_039_2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/666/indicacao_n_040_2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/667/indicacao_n_041_2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/668/indicacao_n_042_2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/669/indicacao_n_043_2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/670/indicacao_n_044_2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/671/indicacao_n_045_2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/672/indicacao_n_046_2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/673/indicacao_n_047_2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/674/indicacao_n_048_2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/675/indicacao_n_049_2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/676/indicacao_n_050_2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/678/indicacao_n_052_2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/679/indicacao_n_053_2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/680/indicacao_n_054_2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/681/indicacao_n_055_2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/682/indicacao_n_056_2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/683/indicacao_n_057_2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/684/indicacao_n_058_2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/685/indicacao_n_59_2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/686/indicacao_n_60_2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/687/indicacao_n_61_2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/688/indicacao_n_62_2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/689/indicacao_n_63_2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/690/indicacao_n_64_2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/691/indicacao_n_65_2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/692/indicacao_n_66_2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/693/indicacao_n_67_2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/694/indicacao_n_68_2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/695/indicacao_n_69_2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/696/indicacao_n_70_2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/697/indicacao_n_71_2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/698/indicacao_n_72_2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/699/indicacao_n_73_2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/700/indicacao_n_74_2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/701/indicacao_n_75_2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/702/indicacao_n_76_2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/703/indicacao_n_077_2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/704/indicacao_n_078_2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/705/indicacao_n_079_2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/706/indicacao_n_080_2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/707/indicacao_n_081_2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/708/indicacao_n_082_2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/709/indicacao_n_083_2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/710/indicacao_n_084_2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/711/indicacao_n_085_2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/712/indicacao_n_086_2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/713/indicacao_n_087_2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/714/indicacao_n_088_2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/715/indicacao_n_089_2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/716/indicacao_n_090_2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/717/indicacao_n_091_2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/718/indicacao_n_092_2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/719/indicacao_n_093_2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/720/indicacao_n_094_2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/721/indicacao_n_095_2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/722/indicacao_n_096_2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/723/indicacao_n_097_2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/724/indicacao_n_098_2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/725/indicacao_n_099_2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/726/indicacao_n_100_2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/727/indicacao_n_101_2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/728/indicacao_n_102_2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/729/indicacao_n_103_2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/730/indicacao_n_104_2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/732/indicacao_n_106_2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/733/indicacao_n_107_2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/734/indicacao_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/735/indicacao_n_109_2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/736/indicacao_n_110_2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/737/indicacao_n_111_2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/738/indicacao_n_112_2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/739/indicacao_n_113_2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/740/indicacao_n_114_2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/741/indicacao_n_115_2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/742/indicacao_n_116_2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/743/indicacao_n_117_2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/744/indicacao_n_118_2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/745/indicacao_n_119_2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/746/indicacao_n_120_2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/747/indicacao_n_121_2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/748/indicacao_n_123_2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/749/indicacao_n_124_2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/750/indicacao_n_125_2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/751/indicacao_n_126_2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/752/indicacao_n_127_2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/753/indicacao_n_128_2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/754/indicacao_n_129_2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/755/indicacao_n_130_2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/756/indicacao_n_131_2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/757/indicacao_n_132_2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/758/indicacao_n_133_2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/759/indicacao_n_134_2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/760/indicacao_n_135_2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/761/indicacao_n_136_2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/762/indicacao_n_137_2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/763/indicacao_n_138_2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/764/indicacao_n_139_2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/765/indicacao_n_140_2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/766/indicacao_n_141_2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/767/indicacao_n_142_2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/768/indicacao_n_143_2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/769/indicacao_n_144_2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/770/indicacao_n_145_2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/771/indicacao_n_146_2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/772/indicacao_n_147_2021_mesclado.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/773/indicacao_n_150_2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/774/indicacao_n_151_2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/775/indicacao_n_152_2021.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/776/indicacao_n_153_2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/777/indicacao_n_154_2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/778/indicacao_n_155_2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/779/indicacao_n_156_2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/780/indicacao_n_159_2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/781/indicacao_n_160_2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/782/indicacao_n_161_2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/783/indicacao_n_162_2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1042/req._n_001_e_req._s._n_de_29_de_jan._e_04_de_fev..pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1043/req._n_002_2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1044/req._n_003_2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1045/req._n_004_2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1046/req._n_005_2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1047/req._n_006_2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1048/req._n_007_2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1049/req._n_008_2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1050/req._n_009_2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1051/req._n_010_2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1052/req._n_011_2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1053/req._n_013_2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1054/req._n_014_2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1055/req._n_015_2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1056/req._n_016_2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1057/req._n_017_2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1058/req._n_018_2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1059/req._n_019_2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1060/req._n_020_2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1061/req._n_021_2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1062/req._n_22_2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1063/req._n_24_2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1064/req._n_25_2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1065/req._n_26_2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1066/req._n_27_2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1067/req._n_028_2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1068/req._n_029_2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1069/req._n_030_2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1070/req._n_031_2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1071/req._n_032_2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1072/req._n_033_2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1073/req._n_034_2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1074/req._n_035_2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1075/req._n_036_2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1076/req._n_037_2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1077/req._n_038_2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1078/req._n_039_2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1079/req._n_41_2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1080/req._n_042_2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1081/req._n_043_2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1082/req._n_044_2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1083/req._n_45_2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1084/req._n_046_2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1085/req._n_47_2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1086/req._n_048_2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1087/req._n_049_2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1088/req._n_050_2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1089/req._n_051_2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1093/req._n_052_2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1094/req._n_053_2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1095/req._n_054_2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1096/3_req._de_mesmo_n_55_2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1097/2_req._de_mesmo_n_56_2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1098/req._n_57_2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1099/req._n_58_2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1100/req._n_60_2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1101/req._n_61_2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1102/req._n_62_2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1103/req._n_63_2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1104/req._n_65_2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1105/req._n_66_2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1106/req._n_67_2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1107/req._n_68_2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1108/req._n_69_2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1109/req._n_70_2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1110/req._n_71_2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1111/req._n_72_2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1112/req._n_74_2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1113/req._n_75_2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1114/req._n_76_2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1115/req._n_77_2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1116/req._n_78_2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1117/req._n_79_2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1118/req._n_80_2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1119/req._n_81_2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1120/req._n_82_2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1121/req._n_83_2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1122/req._n_84_2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1123/req._n_85_2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1124/req._n_86_2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1125/req._n_87_2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1126/req._n_88_2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1127/req._n_89_2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1128/req._n_90_2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1129/req._n_91_2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1130/req._n_92_2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1131/req._n_93_2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1132/req._n_94_2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1133/req._n_96_2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1134/req._n_100_2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1135/req._n_101_2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1136/req._n_102_2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1137/req._n_103_2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1138/req._n_104_2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1139/req._n_105_2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1140/req._n_106_2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1141/req._n_107_2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1142/req._n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1143/req._n_109_2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1144/req._n_110_2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/907/pedido_de_inf._n_001_2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/908/pedido_de_inf._n_002_2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/909/pedido_de_inf._n_003_2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/910/pedido_de_inf._n_004_2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/911/pedido_de_inf._n_005_2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/912/pedido_de_inf._n_006_2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/913/pedido_de_inf._n_007_2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/914/pedido_de_inf._n_008_2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/915/pedido_de_inf._n_009_2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/916/pedido_de_inf._n_010_2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/917/pedido_de_inf._n_011_2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/919/pedido_de_inf._n_012_2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/921/pedido_de_inf._n_013_2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/922/pedido_de_inf._n_014_2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/923/pedido_de_inf._n_015_2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/924/pedido_de_inf._n_016_2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/925/pedido_de_inf._n_017_2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/926/pedido_de_inf._n_018_2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/927/pedido_de_inf._n_019_2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/928/pedido_de_inf._n_020_2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/929/pedido_de_inf._n_021_2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/930/pedido_de_inf._n_022_2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/931/pedido_de_inf._n_023_2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/932/pedido_de_inf._n_024_2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/933/pedido_de_inf._n_025_2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/934/pedido_de_inf._n_026_2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/935/pedido_de_inf._n_027_2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/936/pedido_de_inf._n_028_2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/937/pedido_de_inf._n_029_2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/938/pedido_de_inf._n_030_2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/939/pedido_de_inf._n_031_2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/940/pedido_de_inf._n_032_2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/941/pedido_de_inf._n_033_2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/942/pedido_de_inf._n_034_2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/943/pedido_de_inf._n_035_2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/944/pedido_de_inf._n_036_2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/945/pedido_de_inf._n_037_2021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/946/pedido_de_inf._n_038_2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/947/pedido_de_inf._n_039_2021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/948/pedido_de_inf._n_040_2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/949/pedido_de_inf._n_041_2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/950/pedido_de_inf._n_042_2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/951/pedido_de_inf._n_043_2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/952/pedido_de_inf._n_044_2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/953/pedido_de_inf._n_045_2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/954/pedido_de_inf._n_046_2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/955/pedido_de_inf._n_047_2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/956/pedido_de_inf._n_048_2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/957/pedido_de_inf._n_049_2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/958/pedido_de_inf._n_050_2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/959/pedido_de_inf._n_051_2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/960/pedido_de_inf._n_052_2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/961/pedido_de_inf._n_053_2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/962/pedido_de_inf._n_054_2021.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/963/pedido_de_inf._n_055_2021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/964/pedido_de_inf._n_056_2021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/965/pedido_de_inf._n_057_2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/966/pedido_de_inf._n_058_2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/967/pedido_de_inf._n_059_2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/968/pedido_de_inf._n_060_2021.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/969/pedido_de_inf._n_061_2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/970/pedido_de_inf._n_062_2021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/971/pedido_de_inf._n_063_2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/972/pedido_de_inf._n_064_2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/973/pedido_de_inf._n_065_2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/974/pedido_de_inf._n_066_2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/975/pedido_de_inf._n_067_2021.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/976/pedido_de_inf._n_068_2021.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/977/pedido_de_inf._n_070_2021.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/978/pedido_de_inf._n_072_2021.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/979/pedido_de_inf._n_074_2021.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/508/pelom_001.21.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/510/pelom_002.21.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/511/pelom_003.21.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/512/pelom_004.21.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/513/pelom_005.21.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/547/pelom_n._006.21.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/514/pelom_007.21.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/515/pelom_008.21.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/516/pres_001.21.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/517/pres_002.21.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/518/pres_003.21.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/508/pelom_001.21.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/510/pelom_002.21.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/511/pelom_003.21.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/512/pelom_004.21.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/513/pelom_005.21.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/547/pelom_n._006.21.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/514/pelom_007.21.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/515/pelom_008.21.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/498/plc_n._001.21.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/500/plc_n._002.21.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/502/plc_n._003.21.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/503/plc_n._004.21.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/504/plc_n._005.21.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/505/plc_n._006.21.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/506/plc_n._007.21.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/501/plc_n._008.21.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/509/plc_n._009.21.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/507/plc_n._010.21.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/499/plc_n._011.22.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/519/plc_n._012.21.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/497/plo_n._001.21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/546/plo_n._002.21.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/523/plo_n._003.21.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/535/plo_n._004.21.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/551/plo_n._005.21.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/536/plo_n._006.21.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/537/plo_n._007.21.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/539/plo_n._008.21.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/591/plo_n._009.21.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/524/plo_n._010.21.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/525/plo_n._011.21.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/540/plo_n._012.21.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/541/plo_n._013.21.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/542/plo_n._014.21.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/589/plo_n._015.21.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/590/plo_n._016.21.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/548/plo_n._017.21.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/543/plo_n._018.21.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/557/plo_n._019.21.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/544/plo_n._020.21.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/549/plo_n._021.21.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/538/plo_n._022.21.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/545/plo_n._023.21.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/584/plo_n._024.21_-_plc_n._005-a.21.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/552/plo_n._025.21.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/556/plo_n._026.21.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/554/plo_n._027.21.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/558/plo_n._028.21.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/553/plo_n._029.21.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/555/plo_n._030.21.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/559/plo_n._031.21.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/562/plo_n._032.21.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/560/plo_n._033.21.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/581/plo_n._034.21.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/586/plo_n._035.21.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/565/plo_n._036.21.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/566/plo_n._037.21.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/567/plo_038.21.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/582/plo_n._039.21.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/583/plo_n._040.21.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/561/plo_n._041.21.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/550/plo_n._042.21.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/568/plo_n._043.21.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/569/plo_n._044.21.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/570/plo_n._045.21.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/571/plo_n._046.21.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/563/plo_n._047.21.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/572/plo_n._048.21.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/585/plo_n._049.21.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/573/plo_n._050.21.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/574/plo_n._051.21.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/564/plo_n._052.21.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/575/plo_n._053.21.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/587/plo_n._054.21.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/576/plo_n._055.21.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/577/plo_n._056.21.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/578/plo_n._057.21.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/580/plo_n._058.21.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/579/plo_n._059.21.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/493/pdl_00121.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/516/pres_001.21.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/517/pres_002.21.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/518/pres_003.21.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/630/indicacao_n_001_2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/631/indicacao_n_002_2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/632/indicacao_n_003_2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/633/indicacao_n_004_2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/634/indicacao_n_005_2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/635/indicacao_n_006_2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/636/indicacao_n_007_2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/637/indicacao_n_008_2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/638/indicacao_n_009_2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/639/indicacao_n_010_2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/640/indicacao_n_011_2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/641/indicacao_n_012_2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/642/indicacao_n_013_2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/643/indicacao_n_014_2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/644/indicacao_n_015_2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/645/indicacao_n_016_2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/646/indicacao_n_017_2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/647/indicacao_n_018_2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/648/indicacao_n_019_2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/649/indicacao_n_020_2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/650/indicacao_n_021_2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/651/indicacao_n_022_2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/652/indicacao_n_023_2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/653/indicacao_n_025_2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/654/indicacao_n_026_2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/655/indicacao_n_027_2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/656/indicacao_n_028_2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/657/indicacao_n_029_2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/658/indicacao_n_030_2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/659/indicacao_n_031_2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/660/indicacao_n_032_2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/661/indicacao_n_033_2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/662/indicacao_n_034_2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/663/indicacao_n_036_2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/664/indicacao_n_037_2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/665/indicacao_n_039_2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/666/indicacao_n_040_2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/667/indicacao_n_041_2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/668/indicacao_n_042_2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/669/indicacao_n_043_2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/670/indicacao_n_044_2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/671/indicacao_n_045_2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/672/indicacao_n_046_2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/673/indicacao_n_047_2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/674/indicacao_n_048_2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/675/indicacao_n_049_2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/676/indicacao_n_050_2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/678/indicacao_n_052_2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/679/indicacao_n_053_2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/680/indicacao_n_054_2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/681/indicacao_n_055_2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/682/indicacao_n_056_2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/683/indicacao_n_057_2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/684/indicacao_n_058_2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/685/indicacao_n_59_2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/686/indicacao_n_60_2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/687/indicacao_n_61_2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/688/indicacao_n_62_2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/689/indicacao_n_63_2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/690/indicacao_n_64_2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/691/indicacao_n_65_2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/692/indicacao_n_66_2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/693/indicacao_n_67_2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/694/indicacao_n_68_2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/695/indicacao_n_69_2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/696/indicacao_n_70_2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/697/indicacao_n_71_2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/698/indicacao_n_72_2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/699/indicacao_n_73_2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/700/indicacao_n_74_2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/701/indicacao_n_75_2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/702/indicacao_n_76_2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/703/indicacao_n_077_2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/704/indicacao_n_078_2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/705/indicacao_n_079_2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/706/indicacao_n_080_2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/707/indicacao_n_081_2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/708/indicacao_n_082_2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/709/indicacao_n_083_2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/710/indicacao_n_084_2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/711/indicacao_n_085_2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/712/indicacao_n_086_2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/713/indicacao_n_087_2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/714/indicacao_n_088_2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/715/indicacao_n_089_2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/716/indicacao_n_090_2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/717/indicacao_n_091_2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/718/indicacao_n_092_2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/719/indicacao_n_093_2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/720/indicacao_n_094_2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/721/indicacao_n_095_2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/722/indicacao_n_096_2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/723/indicacao_n_097_2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/724/indicacao_n_098_2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/725/indicacao_n_099_2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/726/indicacao_n_100_2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/727/indicacao_n_101_2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/728/indicacao_n_102_2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/729/indicacao_n_103_2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/730/indicacao_n_104_2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/732/indicacao_n_106_2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/733/indicacao_n_107_2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/734/indicacao_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/735/indicacao_n_109_2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/736/indicacao_n_110_2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/737/indicacao_n_111_2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/738/indicacao_n_112_2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/739/indicacao_n_113_2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/740/indicacao_n_114_2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/741/indicacao_n_115_2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/742/indicacao_n_116_2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/743/indicacao_n_117_2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/744/indicacao_n_118_2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/745/indicacao_n_119_2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/746/indicacao_n_120_2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/747/indicacao_n_121_2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/748/indicacao_n_123_2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/749/indicacao_n_124_2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/750/indicacao_n_125_2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/751/indicacao_n_126_2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/752/indicacao_n_127_2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/753/indicacao_n_128_2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/754/indicacao_n_129_2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/755/indicacao_n_130_2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/756/indicacao_n_131_2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/757/indicacao_n_132_2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/758/indicacao_n_133_2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/759/indicacao_n_134_2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/760/indicacao_n_135_2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/761/indicacao_n_136_2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/762/indicacao_n_137_2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/763/indicacao_n_138_2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/764/indicacao_n_139_2021.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/765/indicacao_n_140_2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/766/indicacao_n_141_2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/767/indicacao_n_142_2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/768/indicacao_n_143_2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/769/indicacao_n_144_2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/770/indicacao_n_145_2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/771/indicacao_n_146_2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/772/indicacao_n_147_2021_mesclado.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/773/indicacao_n_150_2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/774/indicacao_n_151_2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/775/indicacao_n_152_2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/776/indicacao_n_153_2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/777/indicacao_n_154_2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/778/indicacao_n_155_2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/779/indicacao_n_156_2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/780/indicacao_n_159_2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/781/indicacao_n_160_2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/782/indicacao_n_161_2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/783/indicacao_n_162_2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1042/req._n_001_e_req._s._n_de_29_de_jan._e_04_de_fev..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1043/req._n_002_2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1044/req._n_003_2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1045/req._n_004_2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1046/req._n_005_2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1047/req._n_006_2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1048/req._n_007_2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1049/req._n_008_2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1050/req._n_009_2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1051/req._n_010_2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1052/req._n_011_2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1053/req._n_013_2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1054/req._n_014_2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1055/req._n_015_2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1056/req._n_016_2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1057/req._n_017_2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1058/req._n_018_2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1059/req._n_019_2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1060/req._n_020_2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1061/req._n_021_2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1062/req._n_22_2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1063/req._n_24_2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1064/req._n_25_2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1065/req._n_26_2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1066/req._n_27_2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1067/req._n_028_2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1068/req._n_029_2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1069/req._n_030_2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1070/req._n_031_2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1071/req._n_032_2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1072/req._n_033_2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1073/req._n_034_2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1074/req._n_035_2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1075/req._n_036_2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1076/req._n_037_2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1077/req._n_038_2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1078/req._n_039_2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1079/req._n_41_2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1080/req._n_042_2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1081/req._n_043_2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1082/req._n_044_2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1083/req._n_45_2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1084/req._n_046_2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1085/req._n_47_2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1086/req._n_048_2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1087/req._n_049_2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1088/req._n_050_2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1089/req._n_051_2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1093/req._n_052_2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1094/req._n_053_2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1095/req._n_054_2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1096/3_req._de_mesmo_n_55_2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1097/2_req._de_mesmo_n_56_2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1098/req._n_57_2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1099/req._n_58_2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1100/req._n_60_2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1101/req._n_61_2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1102/req._n_62_2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1103/req._n_63_2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1104/req._n_65_2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1105/req._n_66_2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1106/req._n_67_2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1107/req._n_68_2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1108/req._n_69_2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1109/req._n_70_2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1110/req._n_71_2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1111/req._n_72_2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1112/req._n_74_2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1113/req._n_75_2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1114/req._n_76_2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1115/req._n_77_2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1116/req._n_78_2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1117/req._n_79_2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1118/req._n_80_2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1119/req._n_81_2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1120/req._n_82_2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1121/req._n_83_2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1122/req._n_84_2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1123/req._n_85_2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1124/req._n_86_2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1125/req._n_87_2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1126/req._n_88_2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1127/req._n_89_2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1128/req._n_90_2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1129/req._n_91_2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1130/req._n_92_2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1131/req._n_93_2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1132/req._n_94_2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1133/req._n_96_2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1134/req._n_100_2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1135/req._n_101_2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1136/req._n_102_2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1137/req._n_103_2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1138/req._n_104_2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1139/req._n_105_2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1140/req._n_106_2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1141/req._n_107_2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1142/req._n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1143/req._n_109_2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/1144/req._n_110_2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/907/pedido_de_inf._n_001_2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/908/pedido_de_inf._n_002_2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/909/pedido_de_inf._n_003_2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/910/pedido_de_inf._n_004_2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/911/pedido_de_inf._n_005_2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/912/pedido_de_inf._n_006_2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/913/pedido_de_inf._n_007_2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/914/pedido_de_inf._n_008_2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/915/pedido_de_inf._n_009_2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/916/pedido_de_inf._n_010_2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/917/pedido_de_inf._n_011_2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/919/pedido_de_inf._n_012_2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/921/pedido_de_inf._n_013_2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/922/pedido_de_inf._n_014_2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/923/pedido_de_inf._n_015_2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/924/pedido_de_inf._n_016_2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/925/pedido_de_inf._n_017_2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/926/pedido_de_inf._n_018_2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/927/pedido_de_inf._n_019_2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/928/pedido_de_inf._n_020_2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/929/pedido_de_inf._n_021_2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/930/pedido_de_inf._n_022_2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/931/pedido_de_inf._n_023_2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/932/pedido_de_inf._n_024_2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/933/pedido_de_inf._n_025_2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/934/pedido_de_inf._n_026_2021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/935/pedido_de_inf._n_027_2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/936/pedido_de_inf._n_028_2021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/937/pedido_de_inf._n_029_2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/938/pedido_de_inf._n_030_2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/939/pedido_de_inf._n_031_2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/940/pedido_de_inf._n_032_2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/941/pedido_de_inf._n_033_2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/942/pedido_de_inf._n_034_2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/943/pedido_de_inf._n_035_2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/944/pedido_de_inf._n_036_2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/945/pedido_de_inf._n_037_2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/946/pedido_de_inf._n_038_2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/947/pedido_de_inf._n_039_2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/948/pedido_de_inf._n_040_2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/949/pedido_de_inf._n_041_2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/950/pedido_de_inf._n_042_2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/951/pedido_de_inf._n_043_2021.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/952/pedido_de_inf._n_044_2021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/953/pedido_de_inf._n_045_2021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/954/pedido_de_inf._n_046_2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/955/pedido_de_inf._n_047_2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/956/pedido_de_inf._n_048_2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/957/pedido_de_inf._n_049_2021.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/958/pedido_de_inf._n_050_2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/959/pedido_de_inf._n_051_2021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/960/pedido_de_inf._n_052_2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/961/pedido_de_inf._n_053_2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/962/pedido_de_inf._n_054_2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/963/pedido_de_inf._n_055_2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/964/pedido_de_inf._n_056_2021.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/965/pedido_de_inf._n_057_2021.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/966/pedido_de_inf._n_058_2021.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/967/pedido_de_inf._n_059_2021.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/968/pedido_de_inf._n_060_2021.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/969/pedido_de_inf._n_061_2021.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/970/pedido_de_inf._n_062_2021.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/971/pedido_de_inf._n_063_2021.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/972/pedido_de_inf._n_064_2021.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/973/pedido_de_inf._n_065_2021.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/974/pedido_de_inf._n_066_2021.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/975/pedido_de_inf._n_067_2021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/976/pedido_de_inf._n_068_2021.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/977/pedido_de_inf._n_070_2021.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/978/pedido_de_inf._n_072_2021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piresdorio.go.leg.br/media/sapl/public/materialegislativa/2021/979/pedido_de_inf._n_074_2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H408"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="224.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="125.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="124.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -5077,10552 +5077,10552 @@
       </c>
       <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="H6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H8" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="H9" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="F10" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="H10" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11" t="s">
         <v>52</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="F11" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="H11" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="F12" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="H12" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" t="s">
+        <v>52</v>
+      </c>
+      <c r="E13" t="s">
+        <v>53</v>
+      </c>
+      <c r="F13" t="s">
         <v>62</v>
       </c>
-      <c r="D13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G13" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="H13" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="F14" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H14" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>71</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="F15" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>72</v>
       </c>
       <c r="H15" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>74</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
+        <v>42</v>
+      </c>
+      <c r="D16" t="s">
+        <v>52</v>
+      </c>
+      <c r="E16" t="s">
+        <v>53</v>
+      </c>
+      <c r="F16" t="s">
+        <v>58</v>
+      </c>
+      <c r="G16" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="D16" t="s">
-[...8 lines deleted...]
-      <c r="G16" s="1" t="s">
+      <c r="H16" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>77</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>47</v>
+      </c>
+      <c r="D17" t="s">
+        <v>52</v>
+      </c>
+      <c r="E17" t="s">
+        <v>53</v>
+      </c>
+      <c r="F17" t="s">
+        <v>62</v>
+      </c>
+      <c r="G17" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="B17" t="s">
-[...2 lines deleted...]
-      <c r="C17" t="s">
+      <c r="H17" t="s">
         <v>79</v>
-      </c>
-[...13 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>80</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>81</v>
+      </c>
+      <c r="D18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F18" t="s">
+        <v>54</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="B18" t="s">
-[...2 lines deleted...]
-      <c r="C18" t="s">
+      <c r="H18" t="s">
         <v>83</v>
-      </c>
-[...13 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>84</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>85</v>
+      </c>
+      <c r="D19" t="s">
+        <v>52</v>
+      </c>
+      <c r="E19" t="s">
+        <v>53</v>
+      </c>
+      <c r="F19" t="s">
+        <v>62</v>
+      </c>
+      <c r="G19" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="B19" t="s">
-[...2 lines deleted...]
-      <c r="C19" t="s">
+      <c r="H19" t="s">
         <v>87</v>
-      </c>
-[...13 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>88</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>89</v>
+      </c>
+      <c r="D20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F20" t="s">
+        <v>90</v>
+      </c>
+      <c r="G20" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="B20" t="s">
-[...2 lines deleted...]
-      <c r="C20" t="s">
+      <c r="H20" t="s">
         <v>92</v>
-      </c>
-[...13 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>93</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>94</v>
+      </c>
+      <c r="D21" t="s">
+        <v>52</v>
+      </c>
+      <c r="E21" t="s">
+        <v>53</v>
+      </c>
+      <c r="F21" t="s">
+        <v>62</v>
+      </c>
+      <c r="G21" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="B21" t="s">
-[...2 lines deleted...]
-      <c r="C21" t="s">
+      <c r="H21" t="s">
         <v>96</v>
-      </c>
-[...13 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>97</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>10</v>
+      </c>
+      <c r="D22" t="s">
+        <v>98</v>
+      </c>
+      <c r="E22" t="s">
         <v>99</v>
       </c>
-      <c r="B22" t="s">
-[...2 lines deleted...]
-      <c r="C22" t="s">
+      <c r="F22" t="s">
+        <v>54</v>
+      </c>
+      <c r="G22" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="D22" t="s">
-[...8 lines deleted...]
-      <c r="G22" s="1" t="s">
+      <c r="H22" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>102</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D23" t="s">
+        <v>98</v>
+      </c>
+      <c r="E23" t="s">
+        <v>99</v>
+      </c>
+      <c r="F23" t="s">
+        <v>62</v>
+      </c>
+      <c r="G23" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="H23" t="s">
         <v>104</v>
-      </c>
-[...13 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>109</v>
+        <v>22</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E24" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F24" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="H24" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E25" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F25" t="s">
-        <v>114</v>
+        <v>62</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="H25" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>118</v>
+        <v>32</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E26" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F26" t="s">
-        <v>18</v>
+        <v>112</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="H26" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>122</v>
+        <v>37</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E27" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F27" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="H27" t="s">
-        <v>124</v>
+        <v>117</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>126</v>
+        <v>42</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E28" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F28" t="s">
-        <v>127</v>
+        <v>62</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c r="H28" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>131</v>
+        <v>47</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E29" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F29" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>132</v>
+        <v>122</v>
       </c>
       <c r="H29" t="s">
-        <v>133</v>
+        <v>123</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>135</v>
+        <v>81</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E30" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F30" t="s">
-        <v>18</v>
+        <v>125</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
       <c r="H30" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>139</v>
+        <v>85</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E31" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F31" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>140</v>
+        <v>129</v>
       </c>
       <c r="H31" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>142</v>
+        <v>131</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>143</v>
+        <v>89</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E32" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F32" t="s">
-        <v>88</v>
+        <v>132</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>144</v>
+        <v>133</v>
       </c>
       <c r="H32" t="s">
-        <v>145</v>
+        <v>134</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>146</v>
+        <v>135</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>147</v>
+        <v>94</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E33" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F33" t="s">
-        <v>13</v>
+        <v>90</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>148</v>
+        <v>136</v>
       </c>
       <c r="H33" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>150</v>
+        <v>138</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>151</v>
+        <v>139</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E34" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F34" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>152</v>
+        <v>140</v>
       </c>
       <c r="H34" t="s">
-        <v>153</v>
+        <v>141</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>154</v>
+        <v>142</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>155</v>
+        <v>143</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E35" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F35" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>156</v>
+        <v>144</v>
       </c>
       <c r="H35" t="s">
-        <v>157</v>
+        <v>145</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>158</v>
+        <v>146</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>159</v>
+        <v>147</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E36" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F36" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>160</v>
+        <v>148</v>
       </c>
       <c r="H36" t="s">
-        <v>161</v>
+        <v>149</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>163</v>
+        <v>151</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E37" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F37" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>164</v>
+        <v>152</v>
       </c>
       <c r="H37" t="s">
-        <v>165</v>
+        <v>153</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>166</v>
+        <v>154</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>167</v>
+        <v>155</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E38" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F38" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>168</v>
+        <v>156</v>
       </c>
       <c r="H38" t="s">
-        <v>169</v>
+        <v>157</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>170</v>
+        <v>158</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>171</v>
+        <v>159</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E39" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F39" t="s">
-        <v>18</v>
+        <v>160</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>172</v>
+        <v>161</v>
       </c>
       <c r="H39" t="s">
-        <v>173</v>
+        <v>162</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>174</v>
+        <v>163</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E40" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F40" t="s">
-        <v>53</v>
+        <v>160</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="H40" t="s">
-        <v>177</v>
+        <v>166</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>179</v>
+        <v>168</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E41" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F41" t="s">
-        <v>88</v>
+        <v>62</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>180</v>
+        <v>169</v>
       </c>
       <c r="H41" t="s">
-        <v>181</v>
+        <v>170</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>182</v>
+        <v>171</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>183</v>
+        <v>172</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E42" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F42" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>184</v>
+        <v>173</v>
       </c>
       <c r="H42" t="s">
-        <v>185</v>
+        <v>174</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>186</v>
+        <v>175</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>187</v>
+        <v>176</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E43" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F43" t="s">
-        <v>53</v>
+        <v>177</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="H43" t="s">
-        <v>189</v>
+        <v>179</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>191</v>
+        <v>181</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E44" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F44" t="s">
-        <v>18</v>
+        <v>90</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>192</v>
+        <v>182</v>
       </c>
       <c r="H44" t="s">
-        <v>193</v>
+        <v>183</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>194</v>
+        <v>184</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>195</v>
+        <v>185</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E45" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F45" t="s">
-        <v>58</v>
+        <v>186</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="H45" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="D46" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E46" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F46" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="H46" t="s">
-        <v>201</v>
+        <v>192</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>202</v>
+        <v>193</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E47" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F47" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="H47" t="s">
-        <v>205</v>
+        <v>196</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>207</v>
+        <v>198</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E48" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F48" t="s">
-        <v>88</v>
+        <v>199</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="H48" t="s">
-        <v>209</v>
+        <v>201</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>210</v>
+        <v>202</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="D49" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E49" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F49" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="H49" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
       <c r="D50" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E50" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F50" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="H50" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>219</v>
+        <v>211</v>
       </c>
       <c r="D51" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E51" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F51" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="H51" t="s">
-        <v>221</v>
+        <v>213</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>222</v>
+        <v>214</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="D52" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E52" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F52" t="s">
-        <v>13</v>
+        <v>160</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="H52" t="s">
-        <v>225</v>
+        <v>217</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E53" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F53" t="s">
-        <v>228</v>
+        <v>54</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>229</v>
+        <v>220</v>
       </c>
       <c r="H53" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>231</v>
+        <v>222</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>232</v>
+        <v>223</v>
       </c>
       <c r="D54" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E54" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F54" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>233</v>
+        <v>224</v>
       </c>
       <c r="H54" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>235</v>
+        <v>226</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
       <c r="D55" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E55" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F55" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>237</v>
+        <v>228</v>
       </c>
       <c r="H55" t="s">
-        <v>238</v>
+        <v>229</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
       <c r="D56" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E56" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F56" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="H56" t="s">
-        <v>133</v>
+        <v>233</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E57" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F57" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="H57" t="s">
-        <v>133</v>
+        <v>237</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="D58" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E58" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F58" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
       <c r="H58" t="s">
-        <v>248</v>
+        <v>241</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>249</v>
+        <v>242</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>250</v>
+        <v>243</v>
       </c>
       <c r="D59" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E59" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F59" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="H59" t="s">
-        <v>252</v>
+        <v>245</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="D60" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E60" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="F60" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="H60" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>10</v>
+        <v>251</v>
       </c>
       <c r="D61" t="s">
-        <v>258</v>
+        <v>98</v>
       </c>
       <c r="E61" t="s">
-        <v>259</v>
+        <v>99</v>
       </c>
       <c r="F61" t="s">
-        <v>13</v>
+        <v>160</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="H61" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>262</v>
+        <v>254</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>17</v>
+        <v>255</v>
       </c>
       <c r="D62" t="s">
-        <v>258</v>
+        <v>98</v>
       </c>
       <c r="E62" t="s">
-        <v>259</v>
+        <v>99</v>
       </c>
       <c r="F62" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="H62" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>22</v>
+        <v>259</v>
       </c>
       <c r="D63" t="s">
-        <v>258</v>
+        <v>98</v>
       </c>
       <c r="E63" t="s">
-        <v>259</v>
+        <v>99</v>
       </c>
       <c r="F63" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="H63" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>26</v>
+        <v>263</v>
       </c>
       <c r="D64" t="s">
-        <v>258</v>
+        <v>98</v>
       </c>
       <c r="E64" t="s">
-        <v>259</v>
+        <v>99</v>
       </c>
       <c r="F64" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="H64" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>30</v>
+        <v>267</v>
       </c>
       <c r="D65" t="s">
-        <v>258</v>
+        <v>98</v>
       </c>
       <c r="E65" t="s">
-        <v>259</v>
+        <v>99</v>
       </c>
       <c r="F65" t="s">
-        <v>18</v>
+        <v>132</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="H65" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>35</v>
+        <v>271</v>
       </c>
       <c r="D66" t="s">
-        <v>258</v>
+        <v>98</v>
       </c>
       <c r="E66" t="s">
-        <v>259</v>
+        <v>99</v>
       </c>
       <c r="F66" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="H66" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>274</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>275</v>
+      </c>
+      <c r="D67" t="s">
+        <v>98</v>
+      </c>
+      <c r="E67" t="s">
+        <v>99</v>
+      </c>
+      <c r="F67" t="s">
+        <v>58</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="H67" t="s">
         <v>277</v>
-      </c>
-[...19 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>278</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>279</v>
+      </c>
+      <c r="D68" t="s">
+        <v>98</v>
+      </c>
+      <c r="E68" t="s">
+        <v>99</v>
+      </c>
+      <c r="F68" t="s">
+        <v>160</v>
+      </c>
+      <c r="G68" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="B68" t="s">
-[...14 lines deleted...]
-      <c r="G68" s="1" t="s">
+      <c r="H68" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>282</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
         <v>283</v>
       </c>
-      <c r="B69" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D69" t="s">
-        <v>258</v>
+        <v>98</v>
       </c>
       <c r="E69" t="s">
-        <v>259</v>
+        <v>99</v>
       </c>
       <c r="F69" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>284</v>
       </c>
       <c r="H69" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>286</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>52</v>
+        <v>287</v>
       </c>
       <c r="D70" t="s">
-        <v>258</v>
+        <v>98</v>
       </c>
       <c r="E70" t="s">
-        <v>259</v>
+        <v>99</v>
       </c>
       <c r="F70" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="H70" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>57</v>
+        <v>291</v>
       </c>
       <c r="D71" t="s">
-        <v>258</v>
+        <v>98</v>
       </c>
       <c r="E71" t="s">
-        <v>259</v>
+        <v>99</v>
       </c>
       <c r="F71" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="H71" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>62</v>
+        <v>295</v>
       </c>
       <c r="D72" t="s">
-        <v>258</v>
+        <v>98</v>
       </c>
       <c r="E72" t="s">
-        <v>259</v>
+        <v>99</v>
       </c>
       <c r="F72" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="H72" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>10</v>
+        <v>299</v>
       </c>
       <c r="D73" t="s">
-        <v>296</v>
+        <v>98</v>
       </c>
       <c r="E73" t="s">
-        <v>297</v>
+        <v>99</v>
       </c>
       <c r="F73" t="s">
-        <v>53</v>
+        <v>300</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="H73" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>10</v>
+        <v>304</v>
       </c>
       <c r="D74" t="s">
-        <v>301</v>
+        <v>98</v>
       </c>
       <c r="E74" t="s">
-        <v>302</v>
+        <v>99</v>
       </c>
       <c r="F74" t="s">
-        <v>303</v>
+        <v>62</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="H74" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>17</v>
+        <v>308</v>
       </c>
       <c r="D75" t="s">
-        <v>301</v>
+        <v>98</v>
       </c>
       <c r="E75" t="s">
-        <v>302</v>
+        <v>99</v>
       </c>
       <c r="F75" t="s">
-        <v>307</v>
+        <v>62</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H75" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>22</v>
+        <v>312</v>
       </c>
       <c r="D76" t="s">
-        <v>301</v>
+        <v>98</v>
       </c>
       <c r="E76" t="s">
-        <v>302</v>
+        <v>99</v>
       </c>
       <c r="F76" t="s">
-        <v>31</v>
+        <v>62</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="H76" t="s">
-        <v>312</v>
+        <v>205</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>26</v>
+        <v>315</v>
       </c>
       <c r="D77" t="s">
-        <v>301</v>
+        <v>98</v>
       </c>
       <c r="E77" t="s">
-        <v>302</v>
+        <v>99</v>
       </c>
       <c r="F77" t="s">
-        <v>314</v>
+        <v>62</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H77" t="s">
-        <v>316</v>
+        <v>205</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>317</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>30</v>
+        <v>318</v>
       </c>
       <c r="D78" t="s">
-        <v>301</v>
+        <v>98</v>
       </c>
       <c r="E78" t="s">
-        <v>302</v>
+        <v>99</v>
       </c>
       <c r="F78" t="s">
-        <v>228</v>
+        <v>62</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="H78" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>35</v>
+        <v>322</v>
       </c>
       <c r="D79" t="s">
-        <v>301</v>
+        <v>98</v>
       </c>
       <c r="E79" t="s">
-        <v>302</v>
+        <v>99</v>
       </c>
       <c r="F79" t="s">
-        <v>307</v>
+        <v>62</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="H79" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>39</v>
+        <v>326</v>
       </c>
       <c r="D80" t="s">
-        <v>301</v>
+        <v>98</v>
       </c>
       <c r="E80" t="s">
-        <v>302</v>
+        <v>99</v>
       </c>
       <c r="F80" t="s">
-        <v>324</v>
+        <v>62</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="H80" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="D81" t="s">
-        <v>301</v>
+        <v>330</v>
       </c>
       <c r="E81" t="s">
-        <v>302</v>
+        <v>331</v>
       </c>
       <c r="F81" t="s">
-        <v>88</v>
+        <v>58</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="H81" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="D82" t="s">
-        <v>301</v>
+        <v>335</v>
       </c>
       <c r="E82" t="s">
-        <v>302</v>
+        <v>336</v>
       </c>
       <c r="F82" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="H82" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="D83" t="s">
-        <v>301</v>
+        <v>335</v>
       </c>
       <c r="E83" t="s">
-        <v>302</v>
+        <v>336</v>
       </c>
       <c r="F83" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="H83" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>342</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>22</v>
+      </c>
+      <c r="D84" t="s">
+        <v>335</v>
+      </c>
+      <c r="E84" t="s">
         <v>336</v>
       </c>
-      <c r="B84" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F84" t="s">
-        <v>228</v>
+        <v>54</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="H84" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>62</v>
+        <v>10</v>
       </c>
       <c r="D85" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E85" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F85" t="s">
-        <v>228</v>
+        <v>348</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
       <c r="H85" t="s">
-        <v>341</v>
+        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>342</v>
+        <v>351</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="D86" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E86" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F86" t="s">
-        <v>228</v>
+        <v>352</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>343</v>
+        <v>353</v>
       </c>
       <c r="H86" t="s">
-        <v>344</v>
+        <v>354</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="D87" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E87" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F87" t="s">
-        <v>88</v>
+        <v>112</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="H87" t="s">
-        <v>347</v>
+        <v>357</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>348</v>
+        <v>358</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="D88" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E88" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F88" t="s">
-        <v>349</v>
+        <v>359</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="H88" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>352</v>
+        <v>362</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>79</v>
+        <v>32</v>
       </c>
       <c r="D89" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E89" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F89" t="s">
-        <v>353</v>
+        <v>300</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="H89" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>356</v>
+        <v>365</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>83</v>
+        <v>37</v>
       </c>
       <c r="D90" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E90" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F90" t="s">
-        <v>63</v>
+        <v>352</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="H90" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>87</v>
+        <v>42</v>
       </c>
       <c r="D91" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E91" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F91" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>361</v>
+        <v>370</v>
       </c>
       <c r="H91" t="s">
-        <v>362</v>
+        <v>371</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>363</v>
+        <v>372</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>92</v>
+        <v>47</v>
       </c>
       <c r="D92" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E92" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F92" t="s">
-        <v>364</v>
+        <v>160</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>365</v>
+        <v>373</v>
       </c>
       <c r="H92" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>367</v>
+        <v>375</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>96</v>
+        <v>81</v>
       </c>
       <c r="D93" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E93" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F93" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>368</v>
+        <v>376</v>
       </c>
       <c r="H93" t="s">
-        <v>369</v>
+        <v>377</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>100</v>
+        <v>85</v>
       </c>
       <c r="D94" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E94" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F94" t="s">
-        <v>58</v>
+        <v>112</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>371</v>
+        <v>379</v>
       </c>
       <c r="H94" t="s">
-        <v>372</v>
+        <v>380</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>373</v>
+        <v>381</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>104</v>
+        <v>89</v>
       </c>
       <c r="D95" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E95" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F95" t="s">
-        <v>58</v>
+        <v>300</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="H95" t="s">
-        <v>375</v>
+        <v>383</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>376</v>
+        <v>384</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>109</v>
+        <v>94</v>
       </c>
       <c r="D96" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E96" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F96" t="s">
-        <v>228</v>
+        <v>300</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>377</v>
+        <v>385</v>
       </c>
       <c r="H96" t="s">
-        <v>378</v>
+        <v>386</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>379</v>
+        <v>387</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="D97" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E97" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F97" t="s">
-        <v>228</v>
+        <v>300</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="H97" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>382</v>
+        <v>390</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="D98" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E98" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F98" t="s">
-        <v>53</v>
+        <v>160</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>383</v>
+        <v>391</v>
       </c>
       <c r="H98" t="s">
-        <v>384</v>
+        <v>392</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>385</v>
+        <v>393</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>126</v>
+        <v>147</v>
       </c>
       <c r="D99" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E99" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F99" t="s">
-        <v>353</v>
+        <v>394</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>386</v>
+        <v>395</v>
       </c>
       <c r="H99" t="s">
-        <v>387</v>
+        <v>396</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>388</v>
+        <v>397</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>131</v>
+        <v>151</v>
       </c>
       <c r="D100" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E100" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F100" t="s">
-        <v>228</v>
+        <v>398</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>389</v>
+        <v>399</v>
       </c>
       <c r="H100" t="s">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>135</v>
+        <v>155</v>
       </c>
       <c r="D101" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E101" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F101" t="s">
-        <v>228</v>
+        <v>90</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="H101" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>394</v>
+        <v>404</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>139</v>
+        <v>159</v>
       </c>
       <c r="D102" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E102" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F102" t="s">
-        <v>353</v>
+        <v>405</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>395</v>
+        <v>406</v>
       </c>
       <c r="H102" t="s">
-        <v>396</v>
+        <v>407</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>397</v>
+        <v>408</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="D103" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E103" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F103" t="s">
-        <v>48</v>
+        <v>409</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>398</v>
+        <v>410</v>
       </c>
       <c r="H103" t="s">
-        <v>399</v>
+        <v>411</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>400</v>
+        <v>412</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>147</v>
+        <v>168</v>
       </c>
       <c r="D104" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E104" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F104" t="s">
-        <v>58</v>
+        <v>112</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
       <c r="H104" t="s">
-        <v>402</v>
+        <v>414</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>403</v>
+        <v>415</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>151</v>
+        <v>172</v>
       </c>
       <c r="D105" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E105" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F105" t="s">
-        <v>31</v>
+        <v>132</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>404</v>
+        <v>416</v>
       </c>
       <c r="H105" t="s">
-        <v>405</v>
+        <v>417</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>406</v>
+        <v>418</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>155</v>
+        <v>176</v>
       </c>
       <c r="D106" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E106" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F106" t="s">
-        <v>407</v>
+        <v>132</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>408</v>
+        <v>419</v>
       </c>
       <c r="H106" t="s">
-        <v>409</v>
+        <v>420</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>410</v>
+        <v>421</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>163</v>
+        <v>181</v>
       </c>
       <c r="D107" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E107" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F107" t="s">
-        <v>353</v>
+        <v>300</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>411</v>
+        <v>422</v>
       </c>
       <c r="H107" t="s">
-        <v>412</v>
+        <v>423</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>167</v>
+        <v>190</v>
       </c>
       <c r="D108" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E108" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F108" t="s">
-        <v>364</v>
+        <v>300</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="H108" t="s">
-        <v>415</v>
+        <v>426</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>416</v>
+        <v>427</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>175</v>
+        <v>194</v>
       </c>
       <c r="D109" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E109" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F109" t="s">
-        <v>88</v>
+        <v>58</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>417</v>
+        <v>428</v>
       </c>
       <c r="H109" t="s">
-        <v>418</v>
+        <v>429</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>419</v>
+        <v>430</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>179</v>
+        <v>198</v>
       </c>
       <c r="D110" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E110" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F110" t="s">
-        <v>88</v>
+        <v>398</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>420</v>
+        <v>431</v>
       </c>
       <c r="H110" t="s">
-        <v>421</v>
+        <v>432</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>422</v>
+        <v>433</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>183</v>
+        <v>203</v>
       </c>
       <c r="D111" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E111" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F111" t="s">
-        <v>228</v>
+        <v>300</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>423</v>
+        <v>434</v>
       </c>
       <c r="H111" t="s">
-        <v>424</v>
+        <v>435</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>425</v>
+        <v>436</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>187</v>
+        <v>207</v>
       </c>
       <c r="D112" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E112" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F112" t="s">
-        <v>426</v>
+        <v>300</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>427</v>
+        <v>437</v>
       </c>
       <c r="H112" t="s">
-        <v>428</v>
+        <v>438</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>429</v>
+        <v>439</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>191</v>
+        <v>211</v>
       </c>
       <c r="D113" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E113" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F113" t="s">
-        <v>364</v>
+        <v>398</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>430</v>
+        <v>440</v>
       </c>
       <c r="H113" t="s">
-        <v>431</v>
+        <v>441</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>432</v>
+        <v>442</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>195</v>
+        <v>215</v>
       </c>
       <c r="D114" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E114" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F114" t="s">
-        <v>53</v>
+        <v>125</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>433</v>
+        <v>443</v>
       </c>
       <c r="H114" t="s">
-        <v>434</v>
+        <v>444</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>435</v>
+        <v>445</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>199</v>
+        <v>219</v>
       </c>
       <c r="D115" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E115" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F115" t="s">
-        <v>53</v>
+        <v>132</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>436</v>
+        <v>446</v>
       </c>
       <c r="H115" t="s">
-        <v>437</v>
+        <v>447</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>438</v>
+        <v>448</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>203</v>
+        <v>223</v>
       </c>
       <c r="D116" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E116" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F116" t="s">
-        <v>439</v>
+        <v>112</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>440</v>
+        <v>449</v>
       </c>
       <c r="H116" t="s">
-        <v>441</v>
+        <v>450</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>442</v>
+        <v>451</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>207</v>
+        <v>227</v>
       </c>
       <c r="D117" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E117" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F117" t="s">
-        <v>443</v>
+        <v>452</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="H117" t="s">
-        <v>445</v>
+        <v>454</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>446</v>
+        <v>455</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>211</v>
+        <v>235</v>
       </c>
       <c r="D118" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E118" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F118" t="s">
-        <v>88</v>
+        <v>398</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="H118" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>215</v>
+        <v>239</v>
       </c>
       <c r="D119" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E119" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F119" t="s">
-        <v>450</v>
+        <v>409</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="H119" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>219</v>
+        <v>247</v>
       </c>
       <c r="D120" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E120" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F120" t="s">
-        <v>364</v>
+        <v>160</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>454</v>
+        <v>462</v>
       </c>
       <c r="H120" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>223</v>
+        <v>251</v>
       </c>
       <c r="D121" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E121" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F121" t="s">
-        <v>353</v>
+        <v>160</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>457</v>
+        <v>465</v>
       </c>
       <c r="H121" t="s">
-        <v>458</v>
+        <v>466</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>227</v>
+        <v>255</v>
       </c>
       <c r="D122" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E122" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F122" t="s">
-        <v>353</v>
+        <v>300</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
       <c r="H122" t="s">
-        <v>461</v>
+        <v>469</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>462</v>
+        <v>470</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>232</v>
+        <v>259</v>
       </c>
       <c r="D123" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E123" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F123" t="s">
-        <v>463</v>
+        <v>471</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>464</v>
+        <v>472</v>
       </c>
       <c r="H123" t="s">
-        <v>465</v>
+        <v>473</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>466</v>
+        <v>474</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>236</v>
+        <v>263</v>
       </c>
       <c r="D124" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E124" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F124" t="s">
-        <v>463</v>
+        <v>409</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>467</v>
+        <v>475</v>
       </c>
       <c r="H124" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>469</v>
+        <v>477</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>240</v>
+        <v>267</v>
       </c>
       <c r="D125" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E125" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F125" t="s">
-        <v>228</v>
+        <v>58</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="H125" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>472</v>
+        <v>480</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>243</v>
+        <v>271</v>
       </c>
       <c r="D126" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E126" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F126" t="s">
-        <v>473</v>
+        <v>58</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>474</v>
+        <v>481</v>
       </c>
       <c r="H126" t="s">
-        <v>475</v>
+        <v>482</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>246</v>
+        <v>275</v>
       </c>
       <c r="D127" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E127" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F127" t="s">
-        <v>364</v>
+        <v>484</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>477</v>
+        <v>485</v>
       </c>
       <c r="H127" t="s">
-        <v>478</v>
+        <v>486</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>479</v>
+        <v>487</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>250</v>
+        <v>279</v>
       </c>
       <c r="D128" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E128" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F128" t="s">
-        <v>228</v>
+        <v>488</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>480</v>
+        <v>489</v>
       </c>
       <c r="H128" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>482</v>
+        <v>491</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>254</v>
+        <v>283</v>
       </c>
       <c r="D129" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E129" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F129" t="s">
-        <v>53</v>
+        <v>160</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>483</v>
+        <v>492</v>
       </c>
       <c r="H129" t="s">
-        <v>484</v>
+        <v>493</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>485</v>
+        <v>494</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>486</v>
+        <v>287</v>
       </c>
       <c r="D130" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E130" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F130" t="s">
-        <v>53</v>
+        <v>495</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="H130" t="s">
-        <v>488</v>
+        <v>497</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>489</v>
+        <v>498</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>490</v>
+        <v>291</v>
       </c>
       <c r="D131" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E131" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F131" t="s">
-        <v>53</v>
+        <v>409</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>491</v>
+        <v>499</v>
       </c>
       <c r="H131" t="s">
-        <v>492</v>
+        <v>500</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>493</v>
+        <v>501</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>494</v>
+        <v>295</v>
       </c>
       <c r="D132" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E132" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F132" t="s">
-        <v>53</v>
+        <v>398</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>495</v>
+        <v>502</v>
       </c>
       <c r="H132" t="s">
-        <v>496</v>
+        <v>503</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>497</v>
+        <v>504</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>498</v>
+        <v>299</v>
       </c>
       <c r="D133" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E133" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F133" t="s">
-        <v>353</v>
+        <v>398</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="H133" t="s">
-        <v>500</v>
+        <v>506</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>502</v>
+        <v>304</v>
       </c>
       <c r="D134" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E134" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F134" t="s">
-        <v>58</v>
+        <v>508</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="H134" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>506</v>
+        <v>308</v>
       </c>
       <c r="D135" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E135" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F135" t="s">
-        <v>88</v>
+        <v>508</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="H135" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>510</v>
+        <v>312</v>
       </c>
       <c r="D136" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E136" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F136" t="s">
-        <v>88</v>
+        <v>300</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="H136" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>514</v>
+        <v>315</v>
       </c>
       <c r="D137" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E137" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F137" t="s">
-        <v>364</v>
+        <v>518</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="H137" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>518</v>
+        <v>318</v>
       </c>
       <c r="D138" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E138" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F138" t="s">
-        <v>364</v>
+        <v>409</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="H138" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>522</v>
+        <v>322</v>
       </c>
       <c r="D139" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E139" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F139" t="s">
-        <v>353</v>
+        <v>300</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="H139" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>526</v>
+        <v>326</v>
       </c>
       <c r="D140" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E140" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F140" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="H140" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D141" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E141" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F141" t="s">
-        <v>364</v>
+        <v>58</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="H141" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D142" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E142" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F142" t="s">
-        <v>364</v>
+        <v>58</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="H142" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D143" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E143" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F143" t="s">
-        <v>88</v>
+        <v>58</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="H143" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D144" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E144" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F144" t="s">
-        <v>353</v>
+        <v>398</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="H144" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="D145" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E145" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F145" t="s">
-        <v>228</v>
+        <v>132</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="H145" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="D146" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E146" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F146" t="s">
-        <v>473</v>
+        <v>160</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="H146" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D147" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E147" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F147" t="s">
-        <v>88</v>
+        <v>160</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="H147" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D148" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E148" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F148" t="s">
-        <v>63</v>
+        <v>409</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="H148" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D149" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E149" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F149" t="s">
-        <v>63</v>
+        <v>409</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="H149" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="D150" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E150" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F150" t="s">
-        <v>31</v>
+        <v>398</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="H150" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D151" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E151" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F151" t="s">
-        <v>364</v>
+        <v>58</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="H151" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="D152" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E152" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F152" t="s">
-        <v>353</v>
+        <v>409</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="H152" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D153" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E153" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F153" t="s">
-        <v>88</v>
+        <v>409</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="H153" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="D154" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E154" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F154" t="s">
-        <v>58</v>
+        <v>160</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="H154" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D155" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E155" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F155" t="s">
-        <v>407</v>
+        <v>398</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="H155" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D156" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E156" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F156" t="s">
-        <v>31</v>
+        <v>300</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="H156" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D157" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E157" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F157" t="s">
-        <v>63</v>
+        <v>518</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="H157" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D158" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E158" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F158" t="s">
-        <v>58</v>
+        <v>160</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="H158" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="D159" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E159" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F159" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="H159" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="D160" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E160" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F160" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="H160" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D161" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E161" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F161" t="s">
-        <v>353</v>
+        <v>112</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="H161" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="D162" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E162" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F162" t="s">
-        <v>63</v>
+        <v>409</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="H162" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="D163" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E163" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F163" t="s">
-        <v>88</v>
+        <v>398</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="H163" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="D164" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E164" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F164" t="s">
-        <v>623</v>
+        <v>160</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>624</v>
       </c>
       <c r="H164" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>626</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
         <v>627</v>
       </c>
       <c r="D165" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E165" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F165" t="s">
-        <v>58</v>
+        <v>132</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>628</v>
       </c>
       <c r="H165" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>630</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
         <v>631</v>
       </c>
       <c r="D166" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E166" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F166" t="s">
-        <v>353</v>
+        <v>452</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>632</v>
       </c>
       <c r="H166" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>634</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>635</v>
       </c>
       <c r="D167" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E167" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F167" t="s">
-        <v>53</v>
+        <v>112</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>636</v>
       </c>
       <c r="H167" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>638</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>639</v>
       </c>
       <c r="D168" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E168" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F168" t="s">
-        <v>53</v>
+        <v>90</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>640</v>
       </c>
       <c r="H168" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>642</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>643</v>
       </c>
       <c r="D169" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E169" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F169" t="s">
-        <v>353</v>
+        <v>132</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>644</v>
       </c>
       <c r="H169" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>646</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
         <v>647</v>
       </c>
       <c r="D170" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E170" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F170" t="s">
-        <v>58</v>
+        <v>160</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>648</v>
       </c>
       <c r="H170" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>650</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>651</v>
       </c>
       <c r="D171" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E171" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F171" t="s">
-        <v>473</v>
+        <v>160</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>652</v>
       </c>
       <c r="H171" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>654</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>655</v>
       </c>
       <c r="D172" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E172" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F172" t="s">
-        <v>228</v>
+        <v>398</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>656</v>
       </c>
       <c r="H172" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>658</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
         <v>659</v>
       </c>
       <c r="D173" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E173" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F173" t="s">
-        <v>364</v>
+        <v>90</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>660</v>
       </c>
       <c r="H173" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>662</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>663</v>
       </c>
       <c r="D174" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E174" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F174" t="s">
-        <v>364</v>
+        <v>160</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>664</v>
       </c>
       <c r="H174" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>666</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
         <v>667</v>
       </c>
       <c r="D175" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E175" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F175" t="s">
-        <v>228</v>
+        <v>668</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="H175" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="D176" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E176" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F176" t="s">
-        <v>672</v>
+        <v>132</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>673</v>
       </c>
       <c r="H176" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>675</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>676</v>
       </c>
       <c r="D177" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E177" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F177" t="s">
-        <v>672</v>
+        <v>398</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>677</v>
       </c>
       <c r="H177" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>679</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
         <v>680</v>
       </c>
       <c r="D178" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E178" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F178" t="s">
+        <v>58</v>
+      </c>
+      <c r="G178" s="1" t="s">
         <v>681</v>
       </c>
-      <c r="G178" s="1" t="s">
+      <c r="H178" t="s">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>683</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
+        <v>683</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
         <v>684</v>
       </c>
-      <c r="B179" t="s">
-[...2 lines deleted...]
-      <c r="C179" t="s">
+      <c r="D179" t="s">
+        <v>346</v>
+      </c>
+      <c r="E179" t="s">
+        <v>347</v>
+      </c>
+      <c r="F179" t="s">
+        <v>58</v>
+      </c>
+      <c r="G179" s="1" t="s">
         <v>685</v>
       </c>
-      <c r="D179" t="s">
-[...8 lines deleted...]
-      <c r="G179" s="1" t="s">
+      <c r="H179" t="s">
         <v>686</v>
-      </c>
-[...1 lines deleted...]
-        <v>687</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
+        <v>687</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
         <v>688</v>
       </c>
-      <c r="B180" t="s">
-[...2 lines deleted...]
-      <c r="C180" t="s">
+      <c r="D180" t="s">
+        <v>346</v>
+      </c>
+      <c r="E180" t="s">
+        <v>347</v>
+      </c>
+      <c r="F180" t="s">
+        <v>398</v>
+      </c>
+      <c r="G180" s="1" t="s">
         <v>689</v>
       </c>
-      <c r="D180" t="s">
-[...8 lines deleted...]
-      <c r="G180" s="1" t="s">
+      <c r="H180" t="s">
         <v>690</v>
-      </c>
-[...1 lines deleted...]
-        <v>691</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
+        <v>691</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
         <v>692</v>
       </c>
-      <c r="B181" t="s">
-[...2 lines deleted...]
-      <c r="C181" t="s">
+      <c r="D181" t="s">
+        <v>346</v>
+      </c>
+      <c r="E181" t="s">
+        <v>347</v>
+      </c>
+      <c r="F181" t="s">
+        <v>132</v>
+      </c>
+      <c r="G181" s="1" t="s">
         <v>693</v>
       </c>
-      <c r="D181" t="s">
-[...8 lines deleted...]
-      <c r="G181" s="1" t="s">
+      <c r="H181" t="s">
         <v>694</v>
-      </c>
-[...1 lines deleted...]
-        <v>695</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
+        <v>695</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
         <v>696</v>
       </c>
-      <c r="B182" t="s">
-[...2 lines deleted...]
-      <c r="C182" t="s">
+      <c r="D182" t="s">
+        <v>346</v>
+      </c>
+      <c r="E182" t="s">
+        <v>347</v>
+      </c>
+      <c r="F182" t="s">
+        <v>518</v>
+      </c>
+      <c r="G182" s="1" t="s">
         <v>697</v>
       </c>
-      <c r="D182" t="s">
-[...8 lines deleted...]
-      <c r="G182" s="1" t="s">
+      <c r="H182" t="s">
         <v>698</v>
-      </c>
-[...1 lines deleted...]
-        <v>699</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
+        <v>699</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
         <v>700</v>
       </c>
-      <c r="B183" t="s">
-[...2 lines deleted...]
-      <c r="C183" t="s">
+      <c r="D183" t="s">
+        <v>346</v>
+      </c>
+      <c r="E183" t="s">
+        <v>347</v>
+      </c>
+      <c r="F183" t="s">
+        <v>300</v>
+      </c>
+      <c r="G183" s="1" t="s">
         <v>701</v>
       </c>
-      <c r="D183" t="s">
-[...8 lines deleted...]
-      <c r="G183" s="1" t="s">
+      <c r="H183" t="s">
         <v>702</v>
-      </c>
-[...1 lines deleted...]
-        <v>703</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
+        <v>703</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
         <v>704</v>
       </c>
-      <c r="B184" t="s">
-[...2 lines deleted...]
-      <c r="C184" t="s">
+      <c r="D184" t="s">
+        <v>346</v>
+      </c>
+      <c r="E184" t="s">
+        <v>347</v>
+      </c>
+      <c r="F184" t="s">
+        <v>409</v>
+      </c>
+      <c r="G184" s="1" t="s">
         <v>705</v>
       </c>
-      <c r="D184" t="s">
-[...8 lines deleted...]
-      <c r="G184" s="1" t="s">
+      <c r="H184" t="s">
         <v>706</v>
-      </c>
-[...1 lines deleted...]
-        <v>707</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
+        <v>707</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
         <v>708</v>
       </c>
-      <c r="B185" t="s">
-[...2 lines deleted...]
-      <c r="C185" t="s">
+      <c r="D185" t="s">
+        <v>346</v>
+      </c>
+      <c r="E185" t="s">
+        <v>347</v>
+      </c>
+      <c r="F185" t="s">
+        <v>409</v>
+      </c>
+      <c r="G185" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="D185" t="s">
-[...5 lines deleted...]
-      <c r="F185" t="s">
+      <c r="H185" t="s">
         <v>710</v>
-      </c>
-[...4 lines deleted...]
-        <v>712</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
+        <v>711</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>712</v>
+      </c>
+      <c r="D186" t="s">
+        <v>346</v>
+      </c>
+      <c r="E186" t="s">
+        <v>347</v>
+      </c>
+      <c r="F186" t="s">
+        <v>300</v>
+      </c>
+      <c r="G186" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="B186" t="s">
-[...2 lines deleted...]
-      <c r="C186" t="s">
+      <c r="H186" t="s">
         <v>714</v>
-      </c>
-[...13 lines deleted...]
-        <v>716</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
+        <v>715</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>716</v>
+      </c>
+      <c r="D187" t="s">
+        <v>346</v>
+      </c>
+      <c r="E187" t="s">
+        <v>347</v>
+      </c>
+      <c r="F187" t="s">
         <v>717</v>
       </c>
-      <c r="B187" t="s">
-[...2 lines deleted...]
-      <c r="C187" t="s">
+      <c r="G187" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="D187" t="s">
-[...8 lines deleted...]
-      <c r="G187" s="1" t="s">
+      <c r="H187" t="s">
         <v>719</v>
-      </c>
-[...1 lines deleted...]
-        <v>720</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>720</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
         <v>721</v>
       </c>
-      <c r="B188" t="s">
-[...2 lines deleted...]
-      <c r="C188" t="s">
+      <c r="D188" t="s">
+        <v>346</v>
+      </c>
+      <c r="E188" t="s">
+        <v>347</v>
+      </c>
+      <c r="F188" t="s">
+        <v>717</v>
+      </c>
+      <c r="G188" s="1" t="s">
         <v>722</v>
       </c>
-      <c r="D188" t="s">
-[...8 lines deleted...]
-      <c r="G188" s="1" t="s">
+      <c r="H188" t="s">
         <v>723</v>
-      </c>
-[...1 lines deleted...]
-        <v>724</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
+        <v>724</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
         <v>725</v>
       </c>
-      <c r="B189" t="s">
-[...2 lines deleted...]
-      <c r="C189" t="s">
+      <c r="D189" t="s">
+        <v>346</v>
+      </c>
+      <c r="E189" t="s">
+        <v>347</v>
+      </c>
+      <c r="F189" t="s">
         <v>726</v>
-      </c>
-[...7 lines deleted...]
-        <v>473</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>727</v>
       </c>
       <c r="H189" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>729</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>730</v>
       </c>
       <c r="D190" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E190" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F190" t="s">
-        <v>88</v>
+        <v>518</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>731</v>
       </c>
       <c r="H190" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>733</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>734</v>
       </c>
       <c r="D191" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E191" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F191" t="s">
-        <v>473</v>
+        <v>398</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>735</v>
       </c>
       <c r="H191" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>737</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
         <v>738</v>
       </c>
       <c r="D192" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E192" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F192" t="s">
-        <v>364</v>
+        <v>398</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>739</v>
       </c>
       <c r="H192" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>741</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
         <v>742</v>
       </c>
       <c r="D193" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E193" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F193" t="s">
-        <v>88</v>
+        <v>58</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>743</v>
       </c>
       <c r="H193" t="s">
         <v>744</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>745</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
         <v>746</v>
       </c>
       <c r="D194" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E194" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F194" t="s">
-        <v>228</v>
+        <v>160</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>747</v>
       </c>
       <c r="H194" t="s">
         <v>748</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>749</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
         <v>750</v>
       </c>
       <c r="D195" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E195" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F195" t="s">
-        <v>473</v>
+        <v>409</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>751</v>
       </c>
       <c r="H195" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>753</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
         <v>754</v>
       </c>
       <c r="D196" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E196" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F196" t="s">
-        <v>473</v>
+        <v>755</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="H196" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="D197" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E197" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F197" t="s">
-        <v>759</v>
+        <v>300</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>760</v>
       </c>
       <c r="H197" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>762</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
         <v>763</v>
       </c>
       <c r="D198" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E198" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F198" t="s">
-        <v>53</v>
+        <v>518</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>764</v>
       </c>
       <c r="H198" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>766</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
         <v>767</v>
       </c>
       <c r="D199" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E199" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F199" t="s">
-        <v>58</v>
+        <v>518</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>768</v>
       </c>
       <c r="H199" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>770</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
         <v>771</v>
       </c>
       <c r="D200" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E200" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F200" t="s">
-        <v>473</v>
+        <v>518</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>772</v>
       </c>
       <c r="H200" t="s">
         <v>773</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>774</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
         <v>775</v>
       </c>
       <c r="D201" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E201" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F201" t="s">
-        <v>473</v>
+        <v>160</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>776</v>
       </c>
       <c r="H201" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>778</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
         <v>779</v>
       </c>
       <c r="D202" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E202" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F202" t="s">
-        <v>473</v>
+        <v>518</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>780</v>
       </c>
       <c r="H202" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>782</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
         <v>783</v>
       </c>
       <c r="D203" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E203" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F203" t="s">
-        <v>473</v>
+        <v>409</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>784</v>
       </c>
       <c r="H203" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>786</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
         <v>787</v>
       </c>
       <c r="D204" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E204" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F204" t="s">
-        <v>53</v>
+        <v>160</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>788</v>
       </c>
       <c r="H204" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>790</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>791</v>
       </c>
       <c r="D205" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E205" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F205" t="s">
-        <v>53</v>
+        <v>300</v>
       </c>
       <c r="G205" s="1" t="s">
         <v>792</v>
       </c>
       <c r="H205" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>794</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
         <v>795</v>
       </c>
       <c r="D206" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E206" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F206" t="s">
-        <v>88</v>
+        <v>518</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>796</v>
       </c>
       <c r="H206" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>798</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
         <v>799</v>
       </c>
       <c r="D207" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E207" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F207" t="s">
-        <v>353</v>
+        <v>518</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>800</v>
       </c>
       <c r="H207" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>802</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>803</v>
       </c>
       <c r="D208" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E208" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F208" t="s">
-        <v>228</v>
+        <v>804</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="H208" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D209" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E209" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F209" t="s">
-        <v>88</v>
+        <v>58</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="H209" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="D210" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E210" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F210" t="s">
-        <v>48</v>
+        <v>132</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="H210" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="D211" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E211" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F211" t="s">
-        <v>88</v>
+        <v>518</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="H211" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="D212" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E212" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F212" t="s">
-        <v>353</v>
+        <v>518</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="H212" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="D213" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E213" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F213" t="s">
-        <v>105</v>
+        <v>518</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="H213" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="D214" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E214" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F214" t="s">
-        <v>407</v>
+        <v>518</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="H214" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="D215" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E215" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F215" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="H215" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="D216" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E216" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F216" t="s">
-        <v>353</v>
+        <v>58</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="H216" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="D217" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E217" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F217" t="s">
-        <v>473</v>
+        <v>160</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="H217" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="D218" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E218" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F218" t="s">
-        <v>473</v>
+        <v>398</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="H218" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="D219" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E219" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F219" t="s">
-        <v>473</v>
+        <v>300</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="H219" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="D220" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E220" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F220" t="s">
-        <v>473</v>
+        <v>160</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="H220" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="D221" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E221" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F221" t="s">
-        <v>473</v>
+        <v>125</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="H221" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="D222" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E222" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F222" t="s">
-        <v>473</v>
+        <v>160</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="H222" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="D223" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E223" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F223" t="s">
-        <v>48</v>
+        <v>398</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="H223" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="D224" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E224" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F224" t="s">
-        <v>353</v>
+        <v>177</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="H224" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="D225" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E225" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F225" t="s">
-        <v>407</v>
+        <v>452</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="H225" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="D226" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="E226" t="s">
-        <v>302</v>
+        <v>347</v>
       </c>
       <c r="F226" t="s">
-        <v>88</v>
+        <v>58</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="H226" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>10</v>
+        <v>880</v>
       </c>
       <c r="D227" t="s">
-        <v>879</v>
+        <v>346</v>
       </c>
       <c r="E227" t="s">
-        <v>880</v>
+        <v>347</v>
       </c>
       <c r="F227" t="s">
-        <v>228</v>
+        <v>398</v>
       </c>
       <c r="G227" s="1" t="s">
         <v>881</v>
       </c>
       <c r="H227" t="s">
         <v>882</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>883</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>17</v>
+        <v>884</v>
       </c>
       <c r="D228" t="s">
-        <v>879</v>
+        <v>346</v>
       </c>
       <c r="E228" t="s">
-        <v>880</v>
+        <v>347</v>
       </c>
       <c r="F228" t="s">
-        <v>58</v>
+        <v>518</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="H228" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>22</v>
+        <v>888</v>
       </c>
       <c r="D229" t="s">
-        <v>879</v>
+        <v>346</v>
       </c>
       <c r="E229" t="s">
-        <v>880</v>
+        <v>347</v>
       </c>
       <c r="F229" t="s">
-        <v>58</v>
+        <v>518</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="H229" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>26</v>
+        <v>892</v>
       </c>
       <c r="D230" t="s">
-        <v>879</v>
+        <v>346</v>
       </c>
       <c r="E230" t="s">
-        <v>880</v>
+        <v>347</v>
       </c>
       <c r="F230" t="s">
-        <v>53</v>
+        <v>518</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="H230" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>30</v>
+        <v>896</v>
       </c>
       <c r="D231" t="s">
-        <v>879</v>
+        <v>346</v>
       </c>
       <c r="E231" t="s">
-        <v>880</v>
+        <v>347</v>
       </c>
       <c r="F231" t="s">
-        <v>364</v>
+        <v>518</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="H231" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>35</v>
+        <v>900</v>
       </c>
       <c r="D232" t="s">
-        <v>879</v>
+        <v>346</v>
       </c>
       <c r="E232" t="s">
-        <v>880</v>
+        <v>347</v>
       </c>
       <c r="F232" t="s">
-        <v>31</v>
+        <v>518</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>896</v>
+        <v>901</v>
       </c>
       <c r="H232" t="s">
-        <v>897</v>
+        <v>902</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>898</v>
+        <v>903</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>39</v>
+        <v>904</v>
       </c>
       <c r="D233" t="s">
-        <v>879</v>
+        <v>346</v>
       </c>
       <c r="E233" t="s">
-        <v>880</v>
+        <v>347</v>
       </c>
       <c r="F233" t="s">
-        <v>48</v>
+        <v>518</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>899</v>
+        <v>905</v>
       </c>
       <c r="H233" t="s">
-        <v>900</v>
+        <v>906</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>901</v>
+        <v>907</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>43</v>
+        <v>908</v>
       </c>
       <c r="D234" t="s">
-        <v>879</v>
+        <v>346</v>
       </c>
       <c r="E234" t="s">
-        <v>880</v>
+        <v>347</v>
       </c>
       <c r="F234" t="s">
-        <v>360</v>
+        <v>125</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>902</v>
+        <v>909</v>
       </c>
       <c r="H234" t="s">
-        <v>903</v>
+        <v>910</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>904</v>
+        <v>911</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>47</v>
+        <v>912</v>
       </c>
       <c r="D235" t="s">
-        <v>879</v>
+        <v>346</v>
       </c>
       <c r="E235" t="s">
-        <v>880</v>
+        <v>347</v>
       </c>
       <c r="F235" t="s">
-        <v>58</v>
+        <v>398</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>905</v>
+        <v>913</v>
       </c>
       <c r="H235" t="s">
-        <v>906</v>
+        <v>914</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>907</v>
+        <v>915</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>52</v>
+        <v>916</v>
       </c>
       <c r="D236" t="s">
-        <v>879</v>
+        <v>346</v>
       </c>
       <c r="E236" t="s">
-        <v>880</v>
+        <v>347</v>
       </c>
       <c r="F236" t="s">
-        <v>360</v>
+        <v>452</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>908</v>
+        <v>917</v>
       </c>
       <c r="H236" t="s">
-        <v>909</v>
+        <v>918</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>910</v>
+        <v>919</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>57</v>
+        <v>920</v>
       </c>
       <c r="D237" t="s">
-        <v>879</v>
+        <v>346</v>
       </c>
       <c r="E237" t="s">
-        <v>880</v>
+        <v>347</v>
       </c>
       <c r="F237" t="s">
-        <v>88</v>
+        <v>160</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>911</v>
+        <v>921</v>
       </c>
       <c r="H237" t="s">
-        <v>912</v>
+        <v>922</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>913</v>
+        <v>923</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>67</v>
+        <v>10</v>
       </c>
       <c r="D238" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E238" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F238" t="s">
-        <v>914</v>
+        <v>300</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>915</v>
+        <v>926</v>
       </c>
       <c r="H238" t="s">
-        <v>916</v>
+        <v>927</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>917</v>
+        <v>928</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>71</v>
+        <v>17</v>
       </c>
       <c r="D239" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E239" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F239" t="s">
-        <v>918</v>
+        <v>132</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>919</v>
+        <v>929</v>
       </c>
       <c r="H239" t="s">
-        <v>920</v>
+        <v>930</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>921</v>
+        <v>931</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="D240" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E240" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F240" t="s">
-        <v>918</v>
+        <v>132</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>922</v>
+        <v>932</v>
       </c>
       <c r="H240" t="s">
-        <v>923</v>
+        <v>933</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
+        <v>934</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>27</v>
+      </c>
+      <c r="D241" t="s">
         <v>924</v>
       </c>
-      <c r="B241" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E241" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F241" t="s">
         <v>58</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>925</v>
+        <v>935</v>
       </c>
       <c r="H241" t="s">
-        <v>926</v>
+        <v>936</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>927</v>
+        <v>937</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>83</v>
+        <v>32</v>
       </c>
       <c r="D242" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E242" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F242" t="s">
-        <v>48</v>
+        <v>409</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>928</v>
+        <v>938</v>
       </c>
       <c r="H242" t="s">
-        <v>929</v>
+        <v>939</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>930</v>
+        <v>940</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>87</v>
+        <v>37</v>
       </c>
       <c r="D243" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E243" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F243" t="s">
-        <v>931</v>
+        <v>112</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>932</v>
+        <v>941</v>
       </c>
       <c r="H243" t="s">
-        <v>933</v>
+        <v>942</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>934</v>
+        <v>943</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>92</v>
+        <v>42</v>
       </c>
       <c r="D244" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E244" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F244" t="s">
-        <v>935</v>
+        <v>125</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>936</v>
+        <v>944</v>
       </c>
       <c r="H244" t="s">
-        <v>937</v>
+        <v>945</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>938</v>
+        <v>946</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>96</v>
+        <v>47</v>
       </c>
       <c r="D245" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E245" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F245" t="s">
-        <v>939</v>
+        <v>405</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>940</v>
+        <v>947</v>
       </c>
       <c r="H245" t="s">
-        <v>941</v>
+        <v>948</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>942</v>
+        <v>949</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>100</v>
+        <v>81</v>
       </c>
       <c r="D246" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E246" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F246" t="s">
-        <v>360</v>
+        <v>132</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>943</v>
+        <v>950</v>
       </c>
       <c r="H246" t="s">
-        <v>944</v>
+        <v>951</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>945</v>
+        <v>952</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>104</v>
+        <v>85</v>
       </c>
       <c r="D247" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E247" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F247" t="s">
-        <v>360</v>
+        <v>405</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>946</v>
+        <v>953</v>
       </c>
       <c r="H247" t="s">
-        <v>947</v>
+        <v>954</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>113</v>
+        <v>89</v>
       </c>
       <c r="D248" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E248" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F248" t="s">
-        <v>48</v>
+        <v>160</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>949</v>
+        <v>956</v>
       </c>
       <c r="H248" t="s">
-        <v>950</v>
+        <v>957</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>951</v>
+        <v>958</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="D249" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E249" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F249" t="s">
-        <v>360</v>
+        <v>959</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>952</v>
+        <v>960</v>
       </c>
       <c r="H249" t="s">
-        <v>953</v>
+        <v>961</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>954</v>
+        <v>962</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="D250" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E250" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F250" t="s">
-        <v>360</v>
+        <v>963</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>955</v>
+        <v>964</v>
       </c>
       <c r="H250" t="s">
-        <v>956</v>
+        <v>965</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>957</v>
+        <v>966</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>126</v>
+        <v>147</v>
       </c>
       <c r="D251" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E251" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F251" t="s">
-        <v>364</v>
+        <v>963</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>958</v>
+        <v>967</v>
       </c>
       <c r="H251" t="s">
-        <v>959</v>
+        <v>968</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>960</v>
+        <v>969</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>131</v>
+        <v>151</v>
       </c>
       <c r="D252" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E252" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F252" t="s">
-        <v>961</v>
+        <v>132</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>962</v>
+        <v>970</v>
       </c>
       <c r="H252" t="s">
-        <v>963</v>
+        <v>971</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>964</v>
+        <v>972</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>135</v>
+        <v>155</v>
       </c>
       <c r="D253" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E253" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F253" t="s">
-        <v>961</v>
+        <v>125</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>965</v>
+        <v>973</v>
       </c>
       <c r="H253" t="s">
-        <v>966</v>
+        <v>974</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>967</v>
+        <v>975</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>139</v>
+        <v>159</v>
       </c>
       <c r="D254" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E254" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F254" t="s">
-        <v>968</v>
+        <v>976</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>969</v>
+        <v>977</v>
       </c>
       <c r="H254" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>971</v>
+        <v>979</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="D255" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E255" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F255" t="s">
-        <v>759</v>
+        <v>980</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>972</v>
+        <v>981</v>
       </c>
       <c r="H255" t="s">
-        <v>973</v>
+        <v>982</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>974</v>
+        <v>983</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>147</v>
+        <v>168</v>
       </c>
       <c r="D256" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E256" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F256" t="s">
-        <v>975</v>
+        <v>984</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>976</v>
+        <v>985</v>
       </c>
       <c r="H256" t="s">
-        <v>977</v>
+        <v>986</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>978</v>
+        <v>987</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>151</v>
+        <v>172</v>
       </c>
       <c r="D257" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E257" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F257" t="s">
-        <v>360</v>
+        <v>405</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>979</v>
+        <v>988</v>
       </c>
       <c r="H257" t="s">
-        <v>980</v>
+        <v>989</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>981</v>
+        <v>990</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>155</v>
+        <v>176</v>
       </c>
       <c r="D258" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E258" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F258" t="s">
-        <v>360</v>
+        <v>405</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>982</v>
+        <v>991</v>
       </c>
       <c r="H258" t="s">
-        <v>983</v>
+        <v>992</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>984</v>
+        <v>993</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>159</v>
+        <v>185</v>
       </c>
       <c r="D259" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E259" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F259" t="s">
-        <v>360</v>
+        <v>125</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>985</v>
+        <v>994</v>
       </c>
       <c r="H259" t="s">
-        <v>986</v>
+        <v>995</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>987</v>
+        <v>996</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>163</v>
+        <v>190</v>
       </c>
       <c r="D260" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E260" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F260" t="s">
-        <v>53</v>
+        <v>405</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>988</v>
+        <v>997</v>
       </c>
       <c r="H260" t="s">
-        <v>989</v>
+        <v>998</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>990</v>
+        <v>999</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>167</v>
+        <v>194</v>
       </c>
       <c r="D261" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E261" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F261" t="s">
-        <v>53</v>
+        <v>405</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>991</v>
+        <v>1000</v>
       </c>
       <c r="H261" t="s">
-        <v>992</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>993</v>
+        <v>1002</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>171</v>
+        <v>198</v>
       </c>
       <c r="D262" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E262" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F262" t="s">
-        <v>63</v>
+        <v>409</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>994</v>
+        <v>1003</v>
       </c>
       <c r="H262" t="s">
-        <v>995</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>996</v>
+        <v>1005</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>175</v>
+        <v>203</v>
       </c>
       <c r="D263" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E263" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F263" t="s">
-        <v>997</v>
+        <v>1006</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>998</v>
+        <v>1007</v>
       </c>
       <c r="H263" t="s">
-        <v>999</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>1000</v>
+        <v>1009</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>183</v>
+        <v>207</v>
       </c>
       <c r="D264" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E264" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F264" t="s">
-        <v>53</v>
+        <v>1006</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>1001</v>
+        <v>1010</v>
       </c>
       <c r="H264" t="s">
-        <v>1002</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>1003</v>
+        <v>1012</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>187</v>
+        <v>211</v>
       </c>
       <c r="D265" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E265" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F265" t="s">
-        <v>360</v>
+        <v>1013</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>1004</v>
+        <v>1014</v>
       </c>
       <c r="H265" t="s">
-        <v>1005</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>191</v>
+        <v>215</v>
       </c>
       <c r="D266" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E266" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F266" t="s">
-        <v>53</v>
+        <v>804</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>1007</v>
+        <v>1017</v>
       </c>
       <c r="H266" t="s">
-        <v>1008</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>1009</v>
+        <v>1019</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>195</v>
+        <v>219</v>
       </c>
       <c r="D267" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E267" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F267" t="s">
-        <v>759</v>
+        <v>1020</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>1010</v>
+        <v>1021</v>
       </c>
       <c r="H267" t="s">
-        <v>1011</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>1012</v>
+        <v>1023</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>199</v>
+        <v>223</v>
       </c>
       <c r="D268" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E268" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F268" t="s">
-        <v>63</v>
+        <v>405</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>1013</v>
+        <v>1024</v>
       </c>
       <c r="H268" t="s">
-        <v>1014</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>1015</v>
+        <v>1026</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>203</v>
+        <v>227</v>
       </c>
       <c r="D269" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E269" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F269" t="s">
-        <v>931</v>
+        <v>405</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>1016</v>
+        <v>1027</v>
       </c>
       <c r="H269" t="s">
-        <v>1017</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>1018</v>
+        <v>1029</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>207</v>
+        <v>231</v>
       </c>
       <c r="D270" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E270" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F270" t="s">
-        <v>1019</v>
+        <v>405</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>1020</v>
+        <v>1030</v>
       </c>
       <c r="H270" t="s">
-        <v>1021</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>1022</v>
+        <v>1032</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>211</v>
+        <v>235</v>
       </c>
       <c r="D271" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E271" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F271" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>1023</v>
+        <v>1033</v>
       </c>
       <c r="H271" t="s">
-        <v>1024</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>1025</v>
+        <v>1035</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>215</v>
+        <v>239</v>
       </c>
       <c r="D272" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E272" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F272" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>1026</v>
+        <v>1036</v>
       </c>
       <c r="H272" t="s">
-        <v>1027</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>1028</v>
+        <v>1038</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>219</v>
+        <v>243</v>
       </c>
       <c r="D273" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E273" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F273" t="s">
-        <v>931</v>
+        <v>90</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>1029</v>
+        <v>1039</v>
       </c>
       <c r="H273" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1031</v>
+        <v>1041</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>223</v>
+        <v>247</v>
       </c>
       <c r="D274" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E274" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F274" t="s">
-        <v>1032</v>
+        <v>1042</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1033</v>
+        <v>1043</v>
       </c>
       <c r="H274" t="s">
-        <v>1034</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1035</v>
+        <v>1045</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>227</v>
+        <v>255</v>
       </c>
       <c r="D275" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E275" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F275" t="s">
-        <v>759</v>
+        <v>58</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1036</v>
+        <v>1046</v>
       </c>
       <c r="H275" t="s">
-        <v>1037</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1038</v>
+        <v>1048</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>232</v>
+        <v>259</v>
       </c>
       <c r="D276" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E276" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F276" t="s">
-        <v>1039</v>
+        <v>405</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1040</v>
+        <v>1049</v>
       </c>
       <c r="H276" t="s">
-        <v>1041</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1042</v>
+        <v>1051</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>236</v>
+        <v>263</v>
       </c>
       <c r="D277" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E277" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F277" t="s">
-        <v>228</v>
+        <v>58</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1043</v>
+        <v>1052</v>
       </c>
       <c r="H277" t="s">
-        <v>1024</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1044</v>
+        <v>1054</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>240</v>
+        <v>267</v>
       </c>
       <c r="D278" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E278" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F278" t="s">
-        <v>53</v>
+        <v>804</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1045</v>
+        <v>1055</v>
       </c>
       <c r="H278" t="s">
-        <v>1046</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1047</v>
+        <v>1057</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>243</v>
+        <v>271</v>
       </c>
       <c r="D279" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E279" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F279" t="s">
-        <v>364</v>
+        <v>90</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1048</v>
+        <v>1058</v>
       </c>
       <c r="H279" t="s">
-        <v>1049</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1050</v>
+        <v>1060</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>246</v>
+        <v>275</v>
       </c>
       <c r="D280" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E280" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F280" t="s">
-        <v>1051</v>
+        <v>976</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1052</v>
+        <v>1061</v>
       </c>
       <c r="H280" t="s">
-        <v>1053</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1054</v>
+        <v>1063</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>250</v>
+        <v>279</v>
       </c>
       <c r="D281" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E281" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F281" t="s">
-        <v>1051</v>
+        <v>1064</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1055</v>
+        <v>1065</v>
       </c>
       <c r="H281" t="s">
-        <v>1056</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1057</v>
+        <v>1067</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>486</v>
+        <v>283</v>
       </c>
       <c r="D282" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E282" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F282" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1058</v>
+        <v>1068</v>
       </c>
       <c r="H282" t="s">
-        <v>1059</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1060</v>
+        <v>1070</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>490</v>
+        <v>287</v>
       </c>
       <c r="D283" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E283" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F283" t="s">
-        <v>1061</v>
+        <v>58</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1062</v>
+        <v>1071</v>
       </c>
       <c r="H283" t="s">
-        <v>1063</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1064</v>
+        <v>1073</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>494</v>
+        <v>291</v>
       </c>
       <c r="D284" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E284" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F284" t="s">
-        <v>1065</v>
+        <v>976</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1066</v>
+        <v>1074</v>
       </c>
       <c r="H284" t="s">
-        <v>1067</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1068</v>
+        <v>1076</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>498</v>
+        <v>295</v>
       </c>
       <c r="D285" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E285" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F285" t="s">
-        <v>58</v>
+        <v>1077</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1069</v>
+        <v>1078</v>
       </c>
       <c r="H285" t="s">
-        <v>1070</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1071</v>
+        <v>1080</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>506</v>
+        <v>299</v>
       </c>
       <c r="D286" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E286" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F286" t="s">
-        <v>53</v>
+        <v>804</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1072</v>
+        <v>1081</v>
       </c>
       <c r="H286" t="s">
-        <v>1073</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1074</v>
+        <v>1083</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>510</v>
+        <v>304</v>
       </c>
       <c r="D287" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E287" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F287" t="s">
-        <v>58</v>
+        <v>1084</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1075</v>
+        <v>1085</v>
       </c>
       <c r="H287" t="s">
-        <v>1076</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1077</v>
+        <v>1087</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>514</v>
+        <v>308</v>
       </c>
       <c r="D288" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E288" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F288" t="s">
-        <v>1078</v>
+        <v>300</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1079</v>
+        <v>1088</v>
       </c>
       <c r="H288" t="s">
-        <v>1080</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1081</v>
+        <v>1089</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>518</v>
+        <v>312</v>
       </c>
       <c r="D289" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E289" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F289" t="s">
-        <v>88</v>
+        <v>58</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1082</v>
+        <v>1090</v>
       </c>
       <c r="H289" t="s">
-        <v>1083</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1084</v>
+        <v>1092</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>522</v>
+        <v>315</v>
       </c>
       <c r="D290" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E290" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F290" t="s">
-        <v>473</v>
+        <v>409</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1085</v>
+        <v>1093</v>
       </c>
       <c r="H290" t="s">
-        <v>1086</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1087</v>
+        <v>1095</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>526</v>
+        <v>318</v>
       </c>
       <c r="D291" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E291" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F291" t="s">
-        <v>53</v>
+        <v>1096</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1088</v>
+        <v>1097</v>
       </c>
       <c r="H291" t="s">
-        <v>1089</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1090</v>
+        <v>1099</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>530</v>
+        <v>322</v>
       </c>
       <c r="D292" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E292" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F292" t="s">
-        <v>58</v>
+        <v>1096</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1091</v>
+        <v>1100</v>
       </c>
       <c r="H292" t="s">
-        <v>1092</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1093</v>
+        <v>1102</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="D293" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E293" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F293" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1094</v>
+        <v>1103</v>
       </c>
       <c r="H293" t="s">
-        <v>1095</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1096</v>
+        <v>1105</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>542</v>
+        <v>535</v>
       </c>
       <c r="D294" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E294" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F294" t="s">
-        <v>53</v>
+        <v>1106</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1097</v>
+        <v>1107</v>
       </c>
       <c r="H294" t="s">
-        <v>1098</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1099</v>
+        <v>1109</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>546</v>
+        <v>539</v>
       </c>
       <c r="D295" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E295" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F295" t="s">
-        <v>53</v>
+        <v>1110</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1100</v>
+        <v>1111</v>
       </c>
       <c r="H295" t="s">
-        <v>1101</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1102</v>
+        <v>1113</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>550</v>
+        <v>543</v>
       </c>
       <c r="D296" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E296" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F296" t="s">
-        <v>360</v>
+        <v>132</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1103</v>
+        <v>1114</v>
       </c>
       <c r="H296" t="s">
-        <v>1104</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1105</v>
+        <v>1116</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="D297" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E297" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F297" t="s">
-        <v>360</v>
+        <v>58</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1106</v>
+        <v>1117</v>
       </c>
       <c r="H297" t="s">
-        <v>1107</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1108</v>
+        <v>1119</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>558</v>
+        <v>555</v>
       </c>
       <c r="D298" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E298" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F298" t="s">
-        <v>360</v>
+        <v>132</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1109</v>
+        <v>1120</v>
       </c>
       <c r="H298" t="s">
-        <v>1110</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1111</v>
+        <v>1122</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>562</v>
+        <v>559</v>
       </c>
       <c r="D299" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E299" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F299" t="s">
-        <v>1112</v>
+        <v>1123</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1113</v>
+        <v>1124</v>
       </c>
       <c r="H299" t="s">
-        <v>1114</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1115</v>
+        <v>1126</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="D300" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E300" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F300" t="s">
-        <v>53</v>
+        <v>160</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1116</v>
+        <v>1127</v>
       </c>
       <c r="H300" t="s">
-        <v>1117</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1118</v>
+        <v>1129</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
       <c r="D301" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E301" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F301" t="s">
-        <v>53</v>
+        <v>518</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1119</v>
+        <v>1130</v>
       </c>
       <c r="H301" t="s">
-        <v>1120</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1121</v>
+        <v>1132</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="D302" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E302" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F302" t="s">
-        <v>450</v>
+        <v>58</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1122</v>
+        <v>1133</v>
       </c>
       <c r="H302" t="s">
-        <v>1123</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1124</v>
+        <v>1135</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="D303" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E303" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F303" t="s">
-        <v>53</v>
+        <v>132</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1125</v>
+        <v>1136</v>
       </c>
       <c r="H303" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="D304" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E304" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F304" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1128</v>
+        <v>1139</v>
       </c>
       <c r="H304" t="s">
-        <v>1129</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1130</v>
+        <v>1141</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D305" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E305" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F305" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1131</v>
+        <v>1142</v>
       </c>
       <c r="H305" t="s">
-        <v>1132</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1133</v>
+        <v>1144</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D306" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E306" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F306" t="s">
-        <v>931</v>
+        <v>58</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1134</v>
+        <v>1145</v>
       </c>
       <c r="H306" t="s">
-        <v>1135</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1136</v>
+        <v>1147</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D307" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E307" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F307" t="s">
-        <v>228</v>
+        <v>405</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1137</v>
+        <v>1148</v>
       </c>
       <c r="H307" t="s">
-        <v>1101</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1138</v>
+        <v>1150</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D308" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E308" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F308" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1139</v>
+        <v>1151</v>
       </c>
       <c r="H308" t="s">
-        <v>1140</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1141</v>
+        <v>1153</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="D309" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E309" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F309" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1142</v>
+        <v>1154</v>
       </c>
       <c r="H309" t="s">
-        <v>1143</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1144</v>
+        <v>1156</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="D310" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E310" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F310" t="s">
-        <v>228</v>
+        <v>1157</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1145</v>
+        <v>1158</v>
       </c>
       <c r="H310" t="s">
-        <v>1101</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1146</v>
+        <v>1160</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D311" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E311" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F311" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1147</v>
+        <v>1161</v>
       </c>
       <c r="H311" t="s">
-        <v>1148</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1149</v>
+        <v>1163</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="D312" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E312" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F312" t="s">
-        <v>228</v>
+        <v>58</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1150</v>
+        <v>1164</v>
       </c>
       <c r="H312" t="s">
-        <v>1101</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1151</v>
+        <v>1166</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="D313" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E313" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F313" t="s">
-        <v>228</v>
+        <v>495</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1152</v>
+        <v>1167</v>
       </c>
       <c r="H313" t="s">
-        <v>1153</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1154</v>
+        <v>1169</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="D314" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E314" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F314" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1155</v>
+        <v>1170</v>
       </c>
       <c r="H314" t="s">
-        <v>1156</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1157</v>
+        <v>1172</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>631</v>
+        <v>627</v>
       </c>
       <c r="D315" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E315" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F315" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1158</v>
+        <v>1173</v>
       </c>
       <c r="H315" t="s">
-        <v>1159</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1160</v>
+        <v>1175</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>647</v>
+        <v>631</v>
       </c>
       <c r="D316" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E316" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F316" t="s">
         <v>58</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1161</v>
+        <v>1176</v>
       </c>
       <c r="H316" t="s">
-        <v>1162</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1163</v>
+        <v>1178</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>651</v>
+        <v>635</v>
       </c>
       <c r="D317" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E317" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F317" t="s">
-        <v>58</v>
+        <v>976</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1164</v>
+        <v>1179</v>
       </c>
       <c r="H317" t="s">
-        <v>1165</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1166</v>
+        <v>1181</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>655</v>
+        <v>639</v>
       </c>
       <c r="D318" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E318" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F318" t="s">
-        <v>58</v>
+        <v>300</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1167</v>
+        <v>1182</v>
       </c>
       <c r="H318" t="s">
-        <v>1168</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1169</v>
+        <v>1183</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>659</v>
+        <v>643</v>
       </c>
       <c r="D319" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E319" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F319" t="s">
-        <v>53</v>
+        <v>452</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1170</v>
+        <v>1184</v>
       </c>
       <c r="H319" t="s">
-        <v>1171</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1172</v>
+        <v>1186</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>663</v>
+        <v>647</v>
       </c>
       <c r="D320" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E320" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F320" t="s">
-        <v>53</v>
+        <v>452</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1173</v>
+        <v>1187</v>
       </c>
       <c r="H320" t="s">
-        <v>1174</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1175</v>
+        <v>1189</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>1176</v>
+        <v>651</v>
       </c>
       <c r="D321" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E321" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F321" t="s">
-        <v>918</v>
+        <v>300</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1177</v>
+        <v>1190</v>
       </c>
       <c r="H321" t="s">
-        <v>1178</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1179</v>
+        <v>1191</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>667</v>
+        <v>655</v>
       </c>
       <c r="D322" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E322" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F322" t="s">
-        <v>53</v>
+        <v>90</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1180</v>
+        <v>1192</v>
       </c>
       <c r="H322" t="s">
-        <v>1181</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1182</v>
+        <v>1194</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="D323" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E323" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F323" t="s">
-        <v>53</v>
+        <v>300</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="H323" t="s">
-        <v>1184</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1185</v>
+        <v>1196</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>676</v>
+        <v>663</v>
       </c>
       <c r="D324" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E324" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F324" t="s">
-        <v>58</v>
+        <v>300</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1186</v>
+        <v>1197</v>
       </c>
       <c r="H324" t="s">
-        <v>1187</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1188</v>
+        <v>1199</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>680</v>
+        <v>667</v>
       </c>
       <c r="D325" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E325" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F325" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1189</v>
+        <v>1200</v>
       </c>
       <c r="H325" t="s">
-        <v>1190</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1191</v>
+        <v>1202</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>685</v>
+        <v>676</v>
       </c>
       <c r="D326" t="s">
-        <v>879</v>
+        <v>924</v>
       </c>
       <c r="E326" t="s">
-        <v>880</v>
+        <v>925</v>
       </c>
       <c r="F326" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1192</v>
+        <v>1203</v>
       </c>
       <c r="H326" t="s">
-        <v>1193</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1194</v>
+        <v>1205</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>10</v>
+        <v>692</v>
       </c>
       <c r="D327" t="s">
-        <v>1195</v>
+        <v>924</v>
       </c>
       <c r="E327" t="s">
-        <v>1196</v>
+        <v>925</v>
       </c>
       <c r="F327" t="s">
-        <v>53</v>
+        <v>132</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1197</v>
+        <v>1206</v>
       </c>
       <c r="H327" t="s">
-        <v>1198</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1199</v>
+        <v>1208</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>17</v>
+        <v>696</v>
       </c>
       <c r="D328" t="s">
-        <v>1195</v>
+        <v>924</v>
       </c>
       <c r="E328" t="s">
-        <v>1196</v>
+        <v>925</v>
       </c>
       <c r="F328" t="s">
-        <v>1200</v>
+        <v>132</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1201</v>
+        <v>1209</v>
       </c>
       <c r="H328" t="s">
-        <v>1202</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1203</v>
+        <v>1211</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>22</v>
+        <v>700</v>
       </c>
       <c r="D329" t="s">
-        <v>1195</v>
+        <v>924</v>
       </c>
       <c r="E329" t="s">
-        <v>1196</v>
+        <v>925</v>
       </c>
       <c r="F329" t="s">
-        <v>1200</v>
+        <v>132</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1204</v>
+        <v>1212</v>
       </c>
       <c r="H329" t="s">
-        <v>1205</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1206</v>
+        <v>1214</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>26</v>
+        <v>704</v>
       </c>
       <c r="D330" t="s">
-        <v>1195</v>
+        <v>924</v>
       </c>
       <c r="E330" t="s">
-        <v>1196</v>
+        <v>925</v>
       </c>
       <c r="F330" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1207</v>
+        <v>1215</v>
       </c>
       <c r="H330" t="s">
-        <v>1208</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1209</v>
+        <v>1217</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>30</v>
+        <v>708</v>
       </c>
       <c r="D331" t="s">
-        <v>1195</v>
+        <v>924</v>
       </c>
       <c r="E331" t="s">
-        <v>1196</v>
+        <v>925</v>
       </c>
       <c r="F331" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1210</v>
+        <v>1218</v>
       </c>
       <c r="H331" t="s">
-        <v>1211</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1212</v>
+        <v>1220</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>35</v>
+        <v>1221</v>
       </c>
       <c r="D332" t="s">
-        <v>1195</v>
+        <v>924</v>
       </c>
       <c r="E332" t="s">
-        <v>1196</v>
+        <v>925</v>
       </c>
       <c r="F332" t="s">
-        <v>353</v>
+        <v>963</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1213</v>
+        <v>1222</v>
       </c>
       <c r="H332" t="s">
-        <v>1214</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1215</v>
+        <v>1224</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>39</v>
+        <v>712</v>
       </c>
       <c r="D333" t="s">
-        <v>1195</v>
+        <v>924</v>
       </c>
       <c r="E333" t="s">
-        <v>1196</v>
+        <v>925</v>
       </c>
       <c r="F333" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1216</v>
+        <v>1225</v>
       </c>
       <c r="H333" t="s">
-        <v>1217</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1218</v>
+        <v>1227</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>43</v>
+        <v>716</v>
       </c>
       <c r="D334" t="s">
-        <v>1195</v>
+        <v>924</v>
       </c>
       <c r="E334" t="s">
-        <v>1196</v>
+        <v>925</v>
       </c>
       <c r="F334" t="s">
-        <v>353</v>
+        <v>58</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1219</v>
+        <v>1228</v>
       </c>
       <c r="H334" t="s">
-        <v>1220</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1221</v>
+        <v>1230</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>47</v>
+        <v>721</v>
       </c>
       <c r="D335" t="s">
-        <v>1195</v>
+        <v>924</v>
       </c>
       <c r="E335" t="s">
-        <v>1196</v>
+        <v>925</v>
       </c>
       <c r="F335" t="s">
-        <v>353</v>
+        <v>132</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1222</v>
+        <v>1231</v>
       </c>
       <c r="H335" t="s">
-        <v>1223</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1224</v>
+        <v>1233</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>52</v>
+        <v>725</v>
       </c>
       <c r="D336" t="s">
-        <v>1195</v>
+        <v>924</v>
       </c>
       <c r="E336" t="s">
-        <v>1196</v>
+        <v>925</v>
       </c>
       <c r="F336" t="s">
-        <v>353</v>
+        <v>58</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1225</v>
+        <v>1234</v>
       </c>
       <c r="H336" t="s">
-        <v>1226</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1227</v>
+        <v>1236</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>57</v>
+        <v>730</v>
       </c>
       <c r="D337" t="s">
-        <v>1195</v>
+        <v>924</v>
       </c>
       <c r="E337" t="s">
-        <v>1196</v>
+        <v>925</v>
       </c>
       <c r="F337" t="s">
-        <v>53</v>
+        <v>90</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1228</v>
+        <v>1237</v>
       </c>
       <c r="H337" t="s">
-        <v>1229</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1230</v>
+        <v>1239</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>62</v>
+        <v>10</v>
       </c>
       <c r="D338" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E338" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F338" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1231</v>
+        <v>1242</v>
       </c>
       <c r="H338" t="s">
-        <v>1232</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1233</v>
+        <v>1244</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="D339" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E339" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F339" t="s">
-        <v>353</v>
+        <v>1245</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1234</v>
+        <v>1246</v>
       </c>
       <c r="H339" t="s">
-        <v>1235</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1236</v>
+        <v>1248</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="D340" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E340" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F340" t="s">
-        <v>58</v>
+        <v>1245</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="H340" t="s">
-        <v>1238</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1239</v>
+        <v>1251</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="D341" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E341" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F341" t="s">
         <v>58</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1240</v>
+        <v>1252</v>
       </c>
       <c r="H341" t="s">
-        <v>1241</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1242</v>
+        <v>1254</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>79</v>
+        <v>32</v>
       </c>
       <c r="D342" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E342" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F342" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1243</v>
+        <v>1255</v>
       </c>
       <c r="H342" t="s">
-        <v>1244</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1245</v>
+        <v>1257</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>83</v>
+        <v>37</v>
       </c>
       <c r="D343" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E343" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F343" t="s">
-        <v>353</v>
+        <v>398</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1246</v>
+        <v>1258</v>
       </c>
       <c r="H343" t="s">
-        <v>1247</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1248</v>
+        <v>1260</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>87</v>
+        <v>42</v>
       </c>
       <c r="D344" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E344" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F344" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1249</v>
+        <v>1261</v>
       </c>
       <c r="H344" t="s">
-        <v>1250</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1251</v>
+        <v>1263</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>92</v>
+        <v>47</v>
       </c>
       <c r="D345" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E345" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F345" t="s">
-        <v>53</v>
+        <v>398</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1252</v>
+        <v>1264</v>
       </c>
       <c r="H345" t="s">
-        <v>1253</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1254</v>
+        <v>1266</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>96</v>
+        <v>81</v>
       </c>
       <c r="D346" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E346" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F346" t="s">
-        <v>53</v>
+        <v>398</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1255</v>
+        <v>1267</v>
       </c>
       <c r="H346" t="s">
-        <v>1256</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1257</v>
+        <v>1269</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>100</v>
+        <v>85</v>
       </c>
       <c r="D347" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E347" t="s">
-        <v>1196</v>
+        <v>1241</v>
+      </c>
+      <c r="F347" t="s">
+        <v>398</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1258</v>
+        <v>1270</v>
       </c>
       <c r="H347" t="s">
-        <v>1259</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1260</v>
+        <v>1272</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>104</v>
+        <v>89</v>
       </c>
       <c r="D348" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E348" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F348" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1261</v>
+        <v>1273</v>
       </c>
       <c r="H348" t="s">
-        <v>1262</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1263</v>
+        <v>1275</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>109</v>
+        <v>94</v>
       </c>
       <c r="D349" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E349" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F349" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1264</v>
+        <v>1276</v>
       </c>
       <c r="H349" t="s">
-        <v>1265</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1266</v>
+        <v>1278</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>113</v>
+        <v>139</v>
       </c>
       <c r="D350" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E350" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F350" t="s">
-        <v>53</v>
+        <v>398</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1267</v>
+        <v>1279</v>
       </c>
       <c r="H350" t="s">
-        <v>1268</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1269</v>
+        <v>1281</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>118</v>
+        <v>143</v>
       </c>
       <c r="D351" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E351" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F351" t="s">
-        <v>53</v>
+        <v>132</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1270</v>
+        <v>1282</v>
       </c>
       <c r="H351" t="s">
-        <v>1271</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1272</v>
+        <v>1284</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>122</v>
+        <v>147</v>
       </c>
       <c r="D352" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E352" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F352" t="s">
-        <v>353</v>
+        <v>132</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1273</v>
+        <v>1285</v>
       </c>
       <c r="H352" t="s">
-        <v>1274</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1275</v>
+        <v>1287</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>126</v>
+        <v>151</v>
       </c>
       <c r="D353" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E353" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F353" t="s">
-        <v>364</v>
+        <v>125</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1276</v>
+        <v>1288</v>
       </c>
       <c r="H353" t="s">
-        <v>1277</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1278</v>
+        <v>1290</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>131</v>
+        <v>155</v>
       </c>
       <c r="D354" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E354" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F354" t="s">
-        <v>53</v>
+        <v>398</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1279</v>
+        <v>1291</v>
       </c>
       <c r="H354" t="s">
-        <v>1280</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1281</v>
+        <v>1293</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>135</v>
+        <v>159</v>
       </c>
       <c r="D355" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E355" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F355" t="s">
         <v>58</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1282</v>
+        <v>1294</v>
       </c>
       <c r="H355" t="s">
-        <v>1283</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1284</v>
+        <v>1296</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>139</v>
+        <v>164</v>
       </c>
       <c r="D356" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E356" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F356" t="s">
-        <v>364</v>
+        <v>58</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1285</v>
+        <v>1297</v>
       </c>
       <c r="H356" t="s">
-        <v>1286</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1287</v>
+        <v>1299</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>143</v>
+        <v>168</v>
       </c>
       <c r="D357" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E357" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F357" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1288</v>
+        <v>1300</v>
       </c>
       <c r="H357" t="s">
-        <v>1289</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1290</v>
+        <v>1302</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>147</v>
+        <v>172</v>
       </c>
       <c r="D358" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E358" t="s">
-        <v>1196</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>1241</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1291</v>
+        <v>1303</v>
       </c>
       <c r="H358" t="s">
-        <v>1292</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1293</v>
+        <v>1305</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>151</v>
+        <v>176</v>
       </c>
       <c r="D359" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E359" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F359" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1294</v>
+        <v>1306</v>
       </c>
       <c r="H359" t="s">
-        <v>1295</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1296</v>
+        <v>1308</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>155</v>
+        <v>181</v>
       </c>
       <c r="D360" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E360" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F360" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1297</v>
+        <v>1309</v>
       </c>
       <c r="H360" t="s">
-        <v>1298</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1299</v>
+        <v>1311</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>159</v>
+        <v>185</v>
       </c>
       <c r="D361" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E361" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F361" t="s">
-        <v>463</v>
+        <v>58</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1300</v>
+        <v>1312</v>
       </c>
       <c r="H361" t="s">
-        <v>1301</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1302</v>
+        <v>1314</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>163</v>
+        <v>190</v>
       </c>
       <c r="D362" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E362" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F362" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1303</v>
+        <v>1315</v>
       </c>
       <c r="H362" t="s">
-        <v>1304</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1305</v>
+        <v>1317</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>167</v>
+        <v>194</v>
       </c>
       <c r="D363" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E363" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F363" t="s">
-        <v>53</v>
+        <v>398</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1306</v>
+        <v>1318</v>
       </c>
       <c r="H363" t="s">
-        <v>1307</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1308</v>
+        <v>1320</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>171</v>
+        <v>198</v>
       </c>
       <c r="D364" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E364" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F364" t="s">
-        <v>53</v>
+        <v>409</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1309</v>
+        <v>1321</v>
       </c>
       <c r="H364" t="s">
-        <v>1310</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1311</v>
+        <v>1323</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>175</v>
+        <v>203</v>
       </c>
       <c r="D365" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E365" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F365" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1312</v>
+        <v>1324</v>
       </c>
       <c r="H365" t="s">
-        <v>1313</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1314</v>
+        <v>1326</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>179</v>
+        <v>207</v>
       </c>
       <c r="D366" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E366" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F366" t="s">
-        <v>364</v>
+        <v>132</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1315</v>
+        <v>1327</v>
       </c>
       <c r="H366" t="s">
-        <v>1316</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1317</v>
+        <v>1329</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>183</v>
+        <v>211</v>
       </c>
       <c r="D367" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E367" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F367" t="s">
-        <v>1318</v>
+        <v>409</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1319</v>
+        <v>1330</v>
       </c>
       <c r="H367" t="s">
-        <v>1320</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1321</v>
+        <v>1332</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>187</v>
+        <v>215</v>
       </c>
       <c r="D368" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E368" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F368" t="s">
-        <v>58</v>
+        <v>112</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1322</v>
+        <v>1333</v>
       </c>
       <c r="H368" t="s">
-        <v>1323</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1324</v>
+        <v>1335</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>191</v>
+        <v>219</v>
       </c>
       <c r="D369" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E369" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F369" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1325</v>
+        <v>1336</v>
       </c>
       <c r="H369" t="s">
-        <v>1326</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1327</v>
+        <v>1338</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>195</v>
+        <v>223</v>
       </c>
       <c r="D370" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E370" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F370" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1328</v>
+        <v>1339</v>
       </c>
       <c r="H370" t="s">
-        <v>1329</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1330</v>
+        <v>1341</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>199</v>
+        <v>227</v>
       </c>
       <c r="D371" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E371" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F371" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1331</v>
+        <v>1342</v>
       </c>
       <c r="H371" t="s">
-        <v>1332</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1333</v>
+        <v>1344</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>203</v>
+        <v>231</v>
       </c>
       <c r="D372" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E372" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F372" t="s">
-        <v>473</v>
+        <v>508</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1334</v>
+        <v>1345</v>
       </c>
       <c r="H372" t="s">
-        <v>1335</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1336</v>
+        <v>1347</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>207</v>
+        <v>235</v>
       </c>
       <c r="D373" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E373" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F373" t="s">
-        <v>353</v>
+        <v>58</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1337</v>
+        <v>1348</v>
       </c>
       <c r="H373" t="s">
-        <v>1338</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1339</v>
+        <v>1350</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>211</v>
+        <v>239</v>
       </c>
       <c r="D374" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E374" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F374" t="s">
-        <v>353</v>
+        <v>58</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1340</v>
+        <v>1351</v>
       </c>
       <c r="H374" t="s">
-        <v>1341</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1342</v>
+        <v>1353</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>215</v>
+        <v>243</v>
       </c>
       <c r="D375" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E375" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F375" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1343</v>
+        <v>1354</v>
       </c>
       <c r="H375" t="s">
-        <v>1344</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1345</v>
+        <v>1356</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>219</v>
+        <v>247</v>
       </c>
       <c r="D376" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E376" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F376" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1346</v>
+        <v>1357</v>
       </c>
       <c r="H376" t="s">
-        <v>1347</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1348</v>
+        <v>1359</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>223</v>
+        <v>251</v>
       </c>
       <c r="D377" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E377" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F377" t="s">
-        <v>53</v>
+        <v>409</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1349</v>
+        <v>1360</v>
       </c>
       <c r="H377" t="s">
-        <v>1350</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1351</v>
+        <v>1362</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>227</v>
+        <v>255</v>
       </c>
       <c r="D378" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E378" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F378" t="s">
-        <v>473</v>
+        <v>1363</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1352</v>
+        <v>1364</v>
       </c>
       <c r="H378" t="s">
-        <v>1353</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1354</v>
+        <v>1366</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>232</v>
+        <v>259</v>
       </c>
       <c r="D379" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E379" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F379" t="s">
-        <v>53</v>
+        <v>132</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1355</v>
+        <v>1367</v>
       </c>
       <c r="H379" t="s">
-        <v>1356</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1357</v>
+        <v>1369</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>236</v>
+        <v>263</v>
       </c>
       <c r="D380" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E380" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F380" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1358</v>
+        <v>1370</v>
       </c>
       <c r="H380" t="s">
-        <v>1359</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1360</v>
+        <v>1372</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>240</v>
+        <v>267</v>
       </c>
       <c r="D381" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E381" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F381" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1361</v>
+        <v>1373</v>
       </c>
       <c r="H381" t="s">
-        <v>1362</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1363</v>
+        <v>1375</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>243</v>
+        <v>271</v>
       </c>
       <c r="D382" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E382" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F382" t="s">
-        <v>31</v>
+        <v>90</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1364</v>
+        <v>1376</v>
       </c>
       <c r="H382" t="s">
-        <v>1365</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1366</v>
+        <v>1378</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>246</v>
+        <v>275</v>
       </c>
       <c r="D383" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E383" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F383" t="s">
-        <v>53</v>
+        <v>518</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1367</v>
+        <v>1379</v>
       </c>
       <c r="H383" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1369</v>
+        <v>1381</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>250</v>
+        <v>279</v>
       </c>
       <c r="D384" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E384" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F384" t="s">
-        <v>58</v>
+        <v>398</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1370</v>
+        <v>1382</v>
       </c>
       <c r="H384" t="s">
-        <v>1371</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1372</v>
+        <v>1384</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>254</v>
+        <v>283</v>
       </c>
       <c r="D385" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E385" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F385" t="s">
-        <v>63</v>
+        <v>398</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1373</v>
+        <v>1385</v>
       </c>
       <c r="H385" t="s">
-        <v>1374</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1375</v>
+        <v>1387</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>486</v>
+        <v>287</v>
       </c>
       <c r="D386" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E386" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F386" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1376</v>
+        <v>1388</v>
       </c>
       <c r="H386" t="s">
-        <v>1377</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1378</v>
+        <v>1390</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>490</v>
+        <v>291</v>
       </c>
       <c r="D387" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E387" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F387" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1379</v>
+        <v>1391</v>
       </c>
       <c r="H387" t="s">
-        <v>1380</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1381</v>
+        <v>1393</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>494</v>
+        <v>295</v>
       </c>
       <c r="D388" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E388" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F388" t="s">
-        <v>473</v>
+        <v>58</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1382</v>
+        <v>1394</v>
       </c>
       <c r="H388" t="s">
-        <v>1383</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1384</v>
+        <v>1396</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>498</v>
+        <v>299</v>
       </c>
       <c r="D389" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E389" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F389" t="s">
-        <v>53</v>
+        <v>518</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1385</v>
+        <v>1397</v>
       </c>
       <c r="H389" t="s">
-        <v>1386</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1387</v>
+        <v>1399</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>502</v>
+        <v>304</v>
       </c>
       <c r="D390" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E390" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F390" t="s">
-        <v>353</v>
+        <v>58</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="H390" t="s">
-        <v>1389</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1390</v>
+        <v>1402</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>506</v>
+        <v>308</v>
       </c>
       <c r="D391" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E391" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F391" t="s">
         <v>58</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1391</v>
+        <v>1403</v>
       </c>
       <c r="H391" t="s">
-        <v>1392</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1393</v>
+        <v>1405</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>510</v>
+        <v>312</v>
       </c>
       <c r="D392" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E392" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F392" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1394</v>
+        <v>1406</v>
       </c>
       <c r="H392" t="s">
-        <v>1395</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1396</v>
+        <v>1408</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>514</v>
+        <v>315</v>
       </c>
       <c r="D393" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E393" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F393" t="s">
-        <v>53</v>
+        <v>112</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1397</v>
+        <v>1409</v>
       </c>
       <c r="H393" t="s">
-        <v>1398</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1399</v>
+        <v>1411</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>518</v>
+        <v>318</v>
       </c>
       <c r="D394" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E394" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F394" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1400</v>
+        <v>1412</v>
       </c>
       <c r="H394" t="s">
-        <v>1401</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1402</v>
+        <v>1414</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>526</v>
+        <v>322</v>
       </c>
       <c r="D395" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E395" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F395" t="s">
-        <v>1403</v>
+        <v>132</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1404</v>
+        <v>1415</v>
       </c>
       <c r="H395" t="s">
-        <v>1405</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1406</v>
+        <v>1417</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>534</v>
+        <v>326</v>
       </c>
       <c r="D396" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E396" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F396" t="s">
-        <v>228</v>
+        <v>90</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1407</v>
+        <v>1418</v>
       </c>
       <c r="H396" t="s">
-        <v>1408</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1409</v>
+        <v>1420</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>542</v>
+        <v>531</v>
       </c>
       <c r="D397" t="s">
-        <v>1195</v>
+        <v>1240</v>
       </c>
       <c r="E397" t="s">
-        <v>1196</v>
+        <v>1241</v>
       </c>
       <c r="F397" t="s">
-        <v>353</v>
+        <v>125</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1410</v>
+        <v>1421</v>
       </c>
       <c r="H397" t="s">
-        <v>1411</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1412</v>
+        <v>1423</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>10</v>
+        <v>535</v>
       </c>
       <c r="D398" t="s">
-        <v>1413</v>
+        <v>1240</v>
       </c>
       <c r="E398" t="s">
-        <v>1414</v>
+        <v>1241</v>
       </c>
       <c r="F398" t="s">
-        <v>1415</v>
+        <v>58</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1416</v>
+        <v>1424</v>
       </c>
       <c r="H398" t="s">
-        <v>1417</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1418</v>
+        <v>1426</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>17</v>
+        <v>539</v>
       </c>
       <c r="D399" t="s">
-        <v>1413</v>
+        <v>1240</v>
       </c>
       <c r="E399" t="s">
-        <v>1414</v>
+        <v>1241</v>
       </c>
       <c r="F399" t="s">
-        <v>1419</v>
+        <v>518</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1420</v>
+        <v>1427</v>
       </c>
       <c r="H399" t="s">
-        <v>1421</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1422</v>
+        <v>1429</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>22</v>
+        <v>543</v>
       </c>
       <c r="D400" t="s">
-        <v>1413</v>
+        <v>1240</v>
       </c>
       <c r="E400" t="s">
-        <v>1414</v>
+        <v>1241</v>
       </c>
       <c r="F400" t="s">
-        <v>1423</v>
+        <v>58</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1424</v>
+        <v>1430</v>
       </c>
       <c r="H400" t="s">
-        <v>1425</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1426</v>
+        <v>1432</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>26</v>
+        <v>547</v>
       </c>
       <c r="D401" t="s">
-        <v>1413</v>
+        <v>1240</v>
       </c>
       <c r="E401" t="s">
-        <v>1414</v>
+        <v>1241</v>
       </c>
       <c r="F401" t="s">
-        <v>1427</v>
+        <v>398</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1428</v>
+        <v>1433</v>
       </c>
       <c r="H401" t="s">
-        <v>1429</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1430</v>
+        <v>1435</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>30</v>
+        <v>551</v>
       </c>
       <c r="D402" t="s">
-        <v>1413</v>
+        <v>1240</v>
       </c>
       <c r="E402" t="s">
-        <v>1414</v>
+        <v>1241</v>
       </c>
       <c r="F402" t="s">
-        <v>1431</v>
+        <v>132</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1432</v>
+        <v>1436</v>
       </c>
       <c r="H402" t="s">
-        <v>1433</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1434</v>
+        <v>1438</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>35</v>
+        <v>555</v>
       </c>
       <c r="D403" t="s">
-        <v>1413</v>
+        <v>1240</v>
       </c>
       <c r="E403" t="s">
-        <v>1414</v>
+        <v>1241</v>
       </c>
       <c r="F403" t="s">
-        <v>1435</v>
+        <v>58</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1436</v>
+        <v>1439</v>
       </c>
       <c r="H403" t="s">
-        <v>1437</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1438</v>
+        <v>1441</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>39</v>
+        <v>559</v>
       </c>
       <c r="D404" t="s">
-        <v>1413</v>
+        <v>1240</v>
       </c>
       <c r="E404" t="s">
-        <v>1414</v>
+        <v>1241</v>
       </c>
       <c r="F404" t="s">
-        <v>1439</v>
+        <v>58</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="H404" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>43</v>
+        <v>563</v>
       </c>
       <c r="D405" t="s">
-        <v>1413</v>
+        <v>1240</v>
       </c>
       <c r="E405" t="s">
-        <v>1414</v>
+        <v>1241</v>
       </c>
       <c r="F405" t="s">
-        <v>1443</v>
+        <v>58</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="H405" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>10</v>
+        <v>571</v>
       </c>
       <c r="D406" t="s">
-        <v>1447</v>
+        <v>1240</v>
       </c>
       <c r="E406" t="s">
+        <v>1241</v>
+      </c>
+      <c r="F406" t="s">
         <v>1448</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G406" s="1" t="s">
         <v>1449</v>
       </c>
       <c r="H406" t="s">
         <v>1450</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
         <v>1451</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>17</v>
+        <v>579</v>
       </c>
       <c r="D407" t="s">
-        <v>1447</v>
+        <v>1240</v>
       </c>
       <c r="E407" t="s">
-        <v>1448</v>
+        <v>1241</v>
       </c>
       <c r="F407" t="s">
-        <v>53</v>
+        <v>300</v>
       </c>
       <c r="G407" s="1" t="s">
         <v>1452</v>
       </c>
       <c r="H407" t="s">
         <v>1453</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
         <v>1454</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>22</v>
+        <v>587</v>
       </c>
       <c r="D408" t="s">
-        <v>1447</v>
+        <v>1240</v>
       </c>
       <c r="E408" t="s">
-        <v>1448</v>
+        <v>1241</v>
       </c>
       <c r="F408" t="s">
-        <v>13</v>
+        <v>398</v>
       </c>
       <c r="G408" s="1" t="s">
         <v>1455</v>
       </c>
       <c r="H408" t="s">
         <v>1456</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>